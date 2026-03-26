--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -609,252 +609,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04615246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La MDBC e-hryvnia : une monnaie banque centrale en projet</w:t>
+                <w:t xml:space="preserve">Bitcoin : les trois âges d'un objet inclassable (OI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie financière</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal des anthropologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 170-171, pp.175-194</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03937410v1</w:t>
+                <w:t xml:space="preserve">hal-04097050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les objets encombrants de la croissance verte et inclusive</w:t>
+                <w:t xml:space="preserve">La MDBC e-hryvnia : une monnaie banque centrale en projet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Homme et la Société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lhs.216.0089⟩</w:t>
+              <w:t xml:space="preserve">Revue d'économie financière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, N° 147 (3), pp.101-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ecofi.147.0101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03933208v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03937410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bitcoin : les trois âges d'un objet inclassable (OI)</w:t>
+                <w:t xml:space="preserve">Les objets encombrants de la croissance verte et inclusive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal des anthropologues</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Homme et la Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, N° 216 (1), pp.89-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lhs.216.0089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04097050v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03933208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WILL THE BRICS BE THE LEADERS IN CENTRAL BANK DIGITAL CURRENCIES?</w:t>
               </w:r>
@@ -903,165 +903,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment penser la désintégration économique régionale ?</w:t>
+                <w:t xml:space="preserve">Bulgarie : une cohabitation intenable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
+              <w:t xml:space="preserve">Regard sur l'Est - RSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518267v1</w:t>
+                <w:t xml:space="preserve">hal-04723043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bulgarie : une cohabitation intenable</w:t>
+                <w:t xml:space="preserve">Comment penser la désintégration économique régionale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regard sur l'Est - RSE</w:t>
+              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04723043v1</w:t>
+                <w:t xml:space="preserve">hal-03518267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bulgaria: the Asparoukh bridge, between socialism and capitalism</w:t>
               </w:r>
@@ -1421,165 +1421,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01271881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Instrument d'Aide de Préadhésion (2007-2013) de l'UE aux Balkans occidentaux est-il un instrument d'intégration ?</w:t>
+                <w:t xml:space="preserve">Compte-rendu de l'ouvrage de Milica Uvalic, Serbia’s transition, Towards a Better Future, Palgrave Macmillan, Studies in Economic transition, 2010, 326 pages.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Etudes Comparatives Est-Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 42 (4), pp.149-184</w:t>
+              <w:t xml:space="preserve">, 2011, 42 (3), pp.221-223</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01271901v1</w:t>
+                <w:t xml:space="preserve">hal-04839040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte-rendu de l'ouvrage de Milica Uvalic, Serbia’s transition, Towards a Better Future, Palgrave Macmillan, Studies in Economic transition, 2010, 326 pages.</w:t>
+                <w:t xml:space="preserve">L'Instrument d'Aide de Préadhésion (2007-2013) de l'UE aux Balkans occidentaux est-il un instrument d'intégration ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Etudes Comparatives Est-Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 42 (3), pp.221-223</w:t>
+              <w:t xml:space="preserve">, 2011, 42 (4), pp.149-184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04839040v1</w:t>
+                <w:t xml:space="preserve">hal-01271901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formes de la pauvreté en Europe de l'Est : évolution et causes de 1989 à nos jours</w:t>
               </w:r>
@@ -1628,187 +1628,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01276473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des actifs environnementaux : quels prix pour quelles valeurs ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le commerce intra-branche peut-il être mesuré ? Les limites des méthodes existantes dans le cas de la République tchèque et l’UE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management &amp; Avenir Santé</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, LXII (2), pp.105-138</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01273549v1</w:t>
+                <w:t xml:space="preserve">hal-01275990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le commerce intra-branche peut-il être mesuré ? Les limites des méthodes existantes dans le cas de la République tchèque et l’UE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évaluation des actifs environnementaux : quels prix pour quelles valeurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Prieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Management &amp; Avenir Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28, pp.20-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mav.028.0018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01275990v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01273549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macédoine, alternance politique sans alternative économique</w:t>
               </w:r>
@@ -3289,171 +3289,158 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04575658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paradoxes « Kornaïens », 1959-1988 : planification et déséquilibre économique / Kornaïan Paradoxes, 1959-1988: planning and economic imbalance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mutations économiques en Europe de l'Est, entretien avec Assen Slim (Inalco)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Raphaëlle Herve</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Gimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miharitiana Rakotonirina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kexin Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03722013v1</w:t>
+                <w:t xml:space="preserve">hal-03539030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socialisme et capitalisme comparés selon Kornai / Compared Socialism and capitalism according to Kornai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Chavance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3487,93 +3474,93 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Herve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03722070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kornai et le paradigme systémique (théorie et implication pour le système socialisme) / Kornai and the systemic paradigm (theory and implication for the socialist system)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehrdad Vahabi</w:t>
+                <w:t xml:space="preserve">Paradoxes « Kornaïens », 1959-1988 : planification et déséquilibre économique / Kornaïan Paradoxes, 1959-1988: planning and economic imbalance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Andreff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3601,93 +3588,93 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Herve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03722027v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03722013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les théories de János Kornai et d'un économiste hongrois moins connu, Ferenc Jánossy, sur la croissance économique déséquilibrée / The Theories of János Kornai and a Less-known Hungarian Economist, Ferenc Jánossy, on Unbalanced Economic Growth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peter Mihalyi</w:t>
+                <w:t xml:space="preserve">Kornai et le paradigme systémique (théorie et implication pour le système socialisme) / Kornai and the systemic paradigm (theory and implication for the socialist system)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Vahabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3715,194 +3702,207 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Herve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03722053v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03722027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations économiques en Europe de l'Est, entretien avec Assen Slim (Inalco)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les théories de János Kornai et d'un économiste hongrois moins connu, Ferenc Jánossy, sur la croissance économique déséquilibrée / The Theories of János Kornai and a Less-known Hungarian Economist, Ferenc Jánossy, on Unbalanced Economic Growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Mihalyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Vigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unité Tice-Dsirn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miharitiana Rakotonirina</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-03539030v1</w:t>
+                <w:t xml:space="preserve">hal-03722053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What lessons can economists learn from the transition thirty years later ?</w:t>
+                <w:t xml:space="preserve">La fin des démocraties populaires et la désintégration yougoslave, point opaques du récit sur l’Europe dans l’histoire scolaire française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saul Estrin</w:t>
+                <w:t xml:space="preserve">Anne Madelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3936,87 +3936,87 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03428646v1</w:t>
+                <w:t xml:space="preserve">hal-03428186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effondrement et renaissance de la littérature en Bulgarie</w:t>
+                <w:t xml:space="preserve">Trente ans après la disparition de l’URSS, que nous dit le champ littéraire russe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Vrinat-Nikolov</w:t>
+                <w:t xml:space="preserve">Hélène Mélat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4050,87 +4050,87 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03428462v1</w:t>
+                <w:t xml:space="preserve">hal-03428343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La politique mémorielle face au communisme en République tchèque et en Hongrie (1990-2020) : tentative de comparaison</w:t>
+                <w:t xml:space="preserve">What lessons can economists learn from the transition thirty years later ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agata Tatarenko</w:t>
+                <w:t xml:space="preserve">Saul Estrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4164,87 +4164,87 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03428237v1</w:t>
+                <w:t xml:space="preserve">hal-03428646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition of the post-Communist Transition Concept</w:t>
+                <w:t xml:space="preserve">La politique mémorielle face au communisme en République tchèque et en Hongrie (1990-2020) : tentative de comparaison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minakov Mikhail</w:t>
+                <w:t xml:space="preserve">Agata Tatarenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4278,87 +4278,87 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03428412v1</w:t>
+                <w:t xml:space="preserve">hal-03428237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three decades of European (dis-) integration: comparative visions from Poland, Ukraine and Belarus</w:t>
+                <w:t xml:space="preserve">Effondrement et renaissance de la littérature en Bulgarie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ostap Kushnir</w:t>
+                <w:t xml:space="preserve">Marie Vrinat-Nikolov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4392,205 +4392,201 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03428572v1</w:t>
+                <w:t xml:space="preserve">hal-03428462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’État, ça ne sert à rien : L'expérience de la transition post-socialiste en Europe de l'Est</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three decades of European (dis-) integration: comparative visions from Poland, Ukraine and Belarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ostap Kushnir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Vigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unité Tice-Dsirn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Herve</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03377614v1</w:t>
+                <w:t xml:space="preserve">hal-03428572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multinational companies from transition economies and their outward foreign direct investment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wladimir Andreff</w:t>
+                <w:t xml:space="preserve">Transition of the post-Communist Transition Concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minakov Mikhail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4618,93 +4614,93 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Herve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03428696v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trente ans après la disparition de l’URSS, que nous dit le champ littéraire russe ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Mélat</w:t>
+                <w:t xml:space="preserve">Multinational companies from transition economies and their outward foreign direct investment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wladimir Andreff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assen Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4738,165 +4734,169 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03428343v1</w:t>
+                <w:t xml:space="preserve">hal-03428696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fin des démocraties populaires et la désintégration yougoslave, point opaques du récit sur l’Europe dans l’histoire scolaire française</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’État, ça ne sert à rien : L'expérience de la transition post-socialiste en Europe de l'Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assen Slim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Durand-Dastès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Madelain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Assen Slim</w:t>
+                <w:t xml:space="preserve">Hélène de Penanros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jean Vigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unité Tice-Dsirn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03428186v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03377614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId101"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4972,51 +4972,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0E116CD3"/>
+    <w:nsid w:val="FD28B05C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5203,51 +5203,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/assen-slim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1453-5826" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057428581" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520661v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assen Slim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15926037" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527783v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17849230" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615246v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937410v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.147.0101" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933208v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.216.0089" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097050v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518463v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518267v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723043v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374925v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518274v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Austermann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Shen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10308-020-00577-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854685v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269864v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271881v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271901v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839040v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276473v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273549v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prieto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.028.0018" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275990v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147603v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Ragaru" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147607v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147610v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464538v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Hapiot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02018853v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Besozzi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle De Maison Rouge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Marchal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620135v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rowman.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518472v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-23824-7_6" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518474v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421653v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04309607v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tichit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615204v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04842547v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853910v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evane Grossemy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stockinger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04637831v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04575658v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Andreff" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Vigny" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unit&#233; Tice-Dsirn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Herve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03722013v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03722070v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chavance" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03722027v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Vahabi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03722053v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mihalyi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03539030v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gimenez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miharitiana Rakotonirina" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428646v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saul Estrin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428462v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vrinat-Nikolov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428237v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Tatarenko" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428412v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minakov Mikhail" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428572v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ostap Kushnir" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03377614v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Durand-Dast&#232;s" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne de Penanros" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428696v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428343v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne M&#233;lat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428186v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Madelain" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/assen-slim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1453-5826" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057428581" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520661v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assen Slim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15926037" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527783v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17849230" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615246v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097050v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937410v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.147.0101" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933208v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.216.0089" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518463v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723043v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518267v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374925v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518274v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Austermann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Shen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10308-020-00577-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854685v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269864v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271881v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839040v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271901v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276473v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275990v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273549v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prieto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.028.0018" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147603v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Ragaru" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147607v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00147610v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464538v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Hapiot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02018853v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Besozzi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle De Maison Rouge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Marchal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620135v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rowman.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518472v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-23824-7_6" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518474v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421653v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04309607v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tichit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615204v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04842547v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853910v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evane Grossemy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stockinger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04637831v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04575658v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Andreff" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Vigny" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unit&#233; Tice-Dsirn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Herve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03539030v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gimenez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miharitiana Rakotonirina" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03722070v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chavance" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03722013v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03722027v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Vahabi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03722053v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mihalyi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428186v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Madelain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428343v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne M&#233;lat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428646v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saul Estrin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428237v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Tatarenko" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428462v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vrinat-Nikolov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428572v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ostap Kushnir" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428412v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minakov Mikhail" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03428696v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03377614v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Durand-Dast&#232;s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne de Penanros" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>