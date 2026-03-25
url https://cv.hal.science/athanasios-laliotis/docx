--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,13314 +66,13314 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (75)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectroscopic probing of Rydberg atoms close to dielectric surfaces: Parasitic electric fields and Casimir-Polder interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Butery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biplab Dutta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Boldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Pedri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Scheel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Long-Range Interactions Workshop 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Stuttgart, Sep 2025, Stuttgart (Germany), Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05355925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectroscopic measurements of the Rydberg-surface Casimir-Polder interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Butery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biplab Dutta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Boldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephany Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Pedri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECAMP 15, 15th European Conference on Atoms Molecules and Photons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Innsbruck, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atom-Surface Interaction Turned into a Diagnostics of Spectrally Sharp Near-Field Thermal Emission by a Surface Polariton – Comparison with Predictions of Far-Field Emissivity and with Ellipsometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIII th International Conference and School on Quantum Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bulgarian Academy of Sciences _ Institite of Electronics, Sep 2024, Ravda, Bulgaria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04719927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Near-Field Thermal and Vacuum Fluctuations at an Interface: Experimental Attempts for a Precise Determination of Surface Resonances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domingos de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Fluctuations across Systems and Scales. 823. WE-Heraeus-Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WE Heraeus Foundation; Kurt Busch; Salvatore Butera; Francesco Intravaia, Dec 2024, Bad Honnef, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thin Cell Spectroscopy at Telecommunication Wavelengths: Towards Acetylene based Compact Frequency References</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Garcia Arellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Mouhanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Duburck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Munich (Allemagne), Germany. pp.1-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10232528⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaz moléculaires confinés en cellules minces micrométriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guadalupe Garcia-Arellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Butery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Billeton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hippolyte Mouhanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optique Nice 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03866323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Near-field Thermal emission of sapphire at high-T: precisely locating the T dependent polariton resonances in view of energy conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domingos de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on Thermal radiation to electrical energy conversion TREE 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS-INSI IESèMontpellier et ESIEE, Nov 2022, Noisy-le-Grand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03856658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High resolution molecular spectroscopy in micrometric thin cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arellano G. Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carvalho J. C. de Aquino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Butery E.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhanna H.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Billeton T.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22nd International Conference and School on Quantum Electronics: Laser Physics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut of Electronics, Bulgarian Academy of Sciences, Sep 2022, Sofia, Bulgaria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03943187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emission thermique en champ proche : une résonance aiguë du saphir sondée avec une interaction Casimir-Polder très résonnante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domingos de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4ème réunion annuelle du GDR Tamarys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03863152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High resolution molecular spectroscopy in micrometric thin cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guadalupe Garcia-Arellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Butery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hippolyte Mouhanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Billeton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICSLS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Caserta, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03860135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectrally narrow near-field thermal emission of sapphire: a Casimir-Polder atomic sensor vs. emissivity spectrum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domingos de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EOSAM (European Optival Society Annual Meeting) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03863135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing molecules next to surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lukusa Mudiayi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mashimo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FRISNO 15 (French Israelian Symposium on Nonlinear and Quantum Optics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing Molecules next to Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junior Lukusa Mudiayi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taro Mashimo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th European Conference on Atoms Molecules and Photons (ECAMP13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing Molecules next to Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junior Lukusa Mudiayi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taro Mashimo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CLEO/Europe-EQEC 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectroscopic probing of retardation effects in the thermal Casimir-Polder interaction: a theoretical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Pedri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CLEO/Europe-EQEC 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les atomes pour sonder les modes de surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée du LABEX "SEAM"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HIGH-RESOLUTION LINEAR SPECTROSCOPY ON A MICROMETRIC LAYER OF MOLECULAR VAPOR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junior Lukusa Mudiayi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean K. Tokunaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Shelkovnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">73rd International Symposium on Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Urbana-Champaign, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01868067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Maxwell-Boltzmann velocity distribution and other limiting conditions at the boundary of a gas vapor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petko Todorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hot vapor workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de SDtuttgart _ I; Gerhardt and R Low, May 2018, Stuittgart, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01805088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When atom and surface fluctuations couple : Casimir-Polder interaction for atoms resonantly coupled to thermally populated surface polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Fluctuation-induced Phenomena in Complex Systems"- 671. WEH Seminar </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Bad Honnef, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01791542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexion sélective sur un gaz moléculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junior Lukusa Mudiayi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean K. Tokunaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optique Toulouse 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFO, Jul 2018, toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01844738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atom probing of thermally populated surface polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICOLS 2017 (International Conference on laser Spectroscopy)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Arcachon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01561365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atom probing of thermally excited surface polaritons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EQEC and CLEO'Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01561344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Direct energy transfer from thermally excited polaritons to atoms: A quantum analogue to near field heat transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NANOMETA2017 (6th International Topical Meeting on Nanophotonics and Metamaterials)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EP.S, Jan 2017, Seefeld, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01441915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards miniaturized molecular spectroscopy and measurements of the Casimir-Polder interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lukusa Mudiayi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. de Aquino Carvaho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Darquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tokunaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kick-off meeting du DIM SIRT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Palaiseau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01659620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectroscopic Measurements of the Casimir-Polder Interaction with Atoms and Molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Casimir and Van der Waals physics: Progress and Prospects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Hong Kong, Hong Kong SAR China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01333572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation de la réflexion d'une opale ou d'une monocouche de billes et extension à une infiltration résonnante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Zabkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasily Klimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLOQ /Optique-Bretagne 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFO, Jul 2015, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectroscopic measurements of the Casimir-Polder interaction with atoms or molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segoundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop on Quantum Manipulation of Atoms and Photons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Shanghai, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01250003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub--Doppler linear spectroscopy in an opal infiltrated with a resonant vapour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FRISNO 13 (13th French Israelian Symposium on Nonlinear Optics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01169964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casimir-Polder interaction as a highly-selective probe of the near-field thermal emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Oriá</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CLEO'Europe -EQEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EPS, EOS, Photonics Society, Jun 2015, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01167334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de la température sur l’interaction Casimir-Polder en champ proche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Passerat De Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. de Aquino Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLOQ /Optique-Bretagne 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFO, Jul 2015, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casimir-Polder in the Near-Field van der Waals regime : Experimental Observation of Temperature effects for Cs*/sapphire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QuantArm 2014 International Conference &amp; Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Tsaghkadzor, Armenia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01069767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonlinear atomic spectroscopy inside a random porous medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Villalba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Lenci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Lezama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Latin America Optics and Photonics Conference (LAOP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OSA, Nov 2014, Cancun, Mexico</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01090083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing near field thermal emission with atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGAS 46 (46th Conference of European Group on atomic Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01022458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casimir-Polder in the Near-Field van der Waals regime Experimental Observation of Temperature effects for Cs*/sapphire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Casimir Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Les Houches, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00977915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infiltrating an artificial opal with an atomic vapour: observation of sub-Doppler signals in linear spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">META14 (5th International Conference on Metamaterials, Photonic Crystals and Plasmonics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Singapour, Singapore</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00997857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A 1D stratified model applied to the reflection spectra of an opal as a prototype of a photonic crystal and extension to a resonant infiltration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EOSAM 2014 (European Optical Society, Annual meeting).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Optical Society, Sep 2014, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01077837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-Doppler Spectroscopy in a confined vapour: towards three-dimensional confinement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QuantArm 2014 International Conference and Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Tsaghkadzor, Armenia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01069772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-Doppler linear spectroscopy in a vapour confined in an opal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGAS 46 ( 46th Conference of the European Group for atomic Spectroscopy)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01022492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casimir-Polder forces in the presence of thermally excited surface modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PSAS 14 ( International Conference on Precision Physics of Simple Atomic Systems)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Rio de Janeiro, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confining a vapour in nanostructures for sub-Doppler linear spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Zabkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Laser Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Berkely, CA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00836897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temperature dependence of the atom-surface interaction in thermal equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Quantum Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00825773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optical probing of atoms with a sub­wavelength confinement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QMAP 2013 3rd workshop of the Sino-French Research Network on "Quantum Manipulation of Atoms and Photons" (GDRI QMAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Palaiseau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00866931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dépendance en température de l'interaction longue distance atome-surface dans les conditions de l'équilibre thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OPTIQUE2013 / Coloq13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00846266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectroscopie sub-Doppler d'une vapeur confinée en opale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Zabkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optique 2013 /Coloq13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00846258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental observations of temperature effects in the near-field regime of the Casimir-Polder interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MPLP' 2013 6 th International Symposium on Modern Problem of Laser Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Novosibirsk, Russia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00858033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atoms feel the near field of thermal radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Laser Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Berkely, CA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00836906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-Doppler optical resolution by confining a vapour in a nanostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17th International School on Quantum Electronics: Laser Physics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Nessebar, Bulgaria. pp.87700J, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2014735⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00833295v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sub-Doppler optical resolution by confining a vapour in a nanostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVII IQSE (seventeenth international school on quantum electronics: laser physics and applications)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Nessebar, Bulgaria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00989961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transitions optiques dans des vapeurs confinées de façon mésoscopique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J3N Journée nationale nanosciences et nanotechnologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00989967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-Doppler spectroscopy with a vapour confined in an opal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICOLS 2011 (International Conference on Laser Spetroscopy)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Hameln, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vapour confined in an opal of nanospheres: observation of sub-Doppler optical resonances reminiscent of the Dicke narrowing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées C'Nano Ile-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First observation of the temperature dependence of the van der Waals Casimir-Polder interaction in the condition of thermal equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EQEC2011 (European Conference on Quantum Electronics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observing a temperature dependence in fundamental atom-surface interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FRISNO 11 (Eleventh French Israeli Symposium on Nnonlinear Optics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observing a temperature dependence in fundamental atom-surface interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées C'Nano Ile-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observing the temperature dependence of the atom-surface interaction in the van der Waals Casimir-Polder regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICOLS 2011 (International Conference on Laser Spectroscopy)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Hameln, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laser spectroscopy of atoms with a sub-wavelength confinement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second France Japan workshop on Nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Toba, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de température sur l'interaction Casimir-Polder : observation en champ proche et a l'équilibre thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLOQ12-Optique 2011 (Douzième Colloque National sur les Lasers et l'Optique Quantique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vapour confined in an opal of nanospheres: observation of sub-Doppler optical resonances reminiscent of the Dicke narrowing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FRISNO 11 (Eleventh French Israeli Symposium on Nnonlinear Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vapeur confinée dans une opale de nanobilles de silice : observation d'un rétrécissement spectral de type Dicke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLOQ12-Optique 2011 (Douzième Colloque National sur les Lasers et l'Optique Quantique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vapour confined in an opal of nanospheres: observation of sub-Doppler optical resonances reminiscent of the Dicke narrowing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EQEC2011 (European Conference on Quantum Electronics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temperature dependence of vdW forces between an atom and a dispersive surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Ducloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Laser-Physics-2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Ashtarak, Armenia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atomic Spectroscopy in an opal of glass nanospheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Young scientists meeting in nanophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atomic spectroscopy and nano-optics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">France-Japan workhop on nanophotonics,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Villetaneuse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00553079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High resolution spectroscopy of an atomic vapour confined in an opal of glass nanosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EOS 2010 Annual meeting of the European Optical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectroscopie à haute résolution avec une vapeur atomique confinée dans une opale de nanobilles en verre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horacio Failache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JNOG 2010, Journées Nationales de l'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Besaçon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-Doppler extra-lines in the vicinity of the 388 nm line of Cs: a signature for dimer photoassociation in a thermal vapour ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EQEC09 (European Quantum Electronics Conference)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00411682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résonances sub-Doppler supplémentaires autour des transitions d'absorption saturée de Cs à 388 nm : des dimères photo-associés en vapeur thermique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLOQ11, 11ème Colloque National sur les Lasers et l'Optique Quantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Nice-Mouans-Sartoux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00411686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards selective heat transfer between a hot surface and an atom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FRISNO 10 (10th French Israelian Symposium on Nonlinear Optics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2009, Ein Gedi, Israel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00411678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche d'une signature de spectroscopie atomique dans des opales de nanobilles de silice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLOQ11, 11ème Colloque National sur les Lasers et l'Optique Quantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Nice-Mouans-Sartoux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00411690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interacao de van der Waals entre um atomo excitado e uma superfcie dieletrica a temperatura termicamente emissiva.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXVII Encontro de Fisicos Norte e Nordeste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Belem, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00421533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dépendance en température de l'interaction de van der Waals entre atome et surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLOQ11, 11ème Colloque National sur les Lasers et l'Optique Quantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Nice-Mouans-Sartoux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00411695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temperature-dependent van der Waals atom-surface interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EQEC09 (European Quantum Electronics Conference)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00411681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observacao de ressonancias adicionais em torno da transi»c~ao 6S-8P do Cs. Criacao de Cs2 induzidos por fotons em vapor quente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXVII Encontro de Fisicos Norte e Nordeste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00421540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interaction van der Waals entre un atome et une surface à température non nulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PAMO-JSM2008, Congrès de la division de Physique Atomique, Moléculaire et Optique de la S.F.P. et Journées de Spectrosopie Moléculaire,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Villeneuve d'Ascq, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00327409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vapour spectroscopy close to an interface : confined optical frequency references</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Dutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pascale Gorza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RF-YS2008 (Russian French Young Scientist symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Saint Petersbourg, Russia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00327378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multipole expansion for dispersion forces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jivesh Kaushal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Boldt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Scheel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Pedri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 7 (4), pp.L042038. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/1q4p-stl6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05375529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doppler-free selective reflection spectroscopy of electric-quadrupole transitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eng Aik Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syed Abdullah Aljunid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wilkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Ducloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 50 (5), pp.1601. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OL.542352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective reflection Casimir-Polder spectroscopy in vapor cells: The influence of the thermal velocity distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boldt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Garcia-Arellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ducloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pedri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 112 (1), pp.012815. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/pygs-cvr9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-Doppler spectroscopy of Rydberg atoms via velocity selection memory in a hot vapor cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Butery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biplab Dutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephany Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Barreiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weliton Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 50 (2), pp.578. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OL.542755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooperative atomic emission from a line of atoms interacting with a resonant plane surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Courteille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Laliotis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 110 (3), pp.032813. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.110.032813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing molecules in gas cells of subwavelength thickness with high frequency resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guadalupe Garcia-Arellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hippolyte Mouhanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Butery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Billeton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15 (1), pp.1862. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-024-45830-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04527676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comb-Referenced Doppler-Free Spectrometry of the Hg 200 and Hg 202 Intercombination Line at 254 nm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Gravina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naveed Chishti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Di Bernardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugenio Fasci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Castrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 132 (21), pp.213001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.132.213001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04588127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectrally Sharp Near-Field Thermal Emission: Revealing Some Disagreements between a Casimir-Polder Sensor and Predictions from Far-Field Emittance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chaves de Souza Segundo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. de Sousa Meneses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 131 (14), pp.143801. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.143801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simple fabrication of miniaturized glass cells for atomic vapor spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Villalba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horacio Failache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03668740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Velocity preserving transfer between highly excited atomic states: Black Body Radiation and Collisions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Failache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics B: Atomic and Molecular Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 54 (3), pp.035203. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6455/abd532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03177192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atom-surface physics: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bing-Sui Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Ducloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wilkowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AVS Quantum Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 3 (4), pp.043501. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1116/5.0063701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03376518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear probing of molecules at micrometric distances from a surface with sub-Doppler frequency resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junior Lukusa Mudiayi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Mashimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 127 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.127.043201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03376506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailoring optical metamaterials to tune the atom-surface Casimir-Polder interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eng Aik Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syed Abdullah Aljunid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Ducloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 4 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/sciadv.aao4223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01719081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retardation effects in spectroscopic measurements of the Casimir-Polder interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pedri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ducloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Laliotis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 97 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.97.023806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01719087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Backward-emitted sub-Doppler fluorescence from an optically thick atomic vapor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Chevrollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Oriá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.96.043405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01610869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir-Polder effect with thermally excited surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Ducloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Online Archive (PROLA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.91.052506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01153740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optics of an opal modeled with a stratified effective index and the effect of the interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I.M. Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Moufarej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 32 (8), pp.1761. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/JOSAB.32.001761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01182328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir-Polder interactions in the presence of thermally excited surface modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Ducloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, pp./ncomms5364. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/ncomms5364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01022440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infiltrating a thin or single layer opal with an atomic vapour: sub-doppler signals and crystal optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Moufarej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Zabkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ballin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 108, pp.17008. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1209/0295-5075/108/17008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01064748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental observations of temperature effects in the near-field regime of the Casimir-Polder interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pascale Gorza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Laser Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 6th International Symposium on Modern Problems of Laser Physics (MPLP'2013), 24 (7), pp.074009. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1054-660X/24/7/074009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00943451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-Doppler resonances in the back-scattered light from random porous media infused with Rb vapor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Villalba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lenci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lezama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 89, pp.023422</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00942723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional confinement of vapor in nanostructures for sub-Doppler optical resolution</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Rb otical resonance inside a random porous medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Villalba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horacio Failache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Lenci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Barreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 38 (2), pp.193-195</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00833205v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00793852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rb otical resonance inside a random porous medium</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional confinement of vapor in nanostructures for sub-Doppler optical resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ballin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Moufarej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 102 (23), pp.231115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4809668⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00793852v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00833205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ICP polishing of silicon for high quality optical resonators on a chip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Trupke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe C. Cotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gareth Lewis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Kraft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 22 (12), pp.125011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00796166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EXTRA SUB-DOPPLER LINES IN THE VICINITY OF THE THIRD RESONANCE 6S-8P OF ATOMIC Cs ATTRIBUTED TO OPTICALLY INDUCED Cs DIMERS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 83 (04), pp.043402 1-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.83.043402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00573155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics of integrated magneto-optical traps for atom chips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Pollock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe C. Cotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Ramirez-Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. A. Hinds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 13, pp.043029</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00795273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated magneto-optical traps on a chip using silicon pyramid structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Pollock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe C. Cotter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. A. Hinds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 17 (16), pp.14109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00795786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication of Magneto-Optical Atom Traps on a Chip</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gareth N. Lewis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Moktadir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten O. Gollasch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Kraft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Pollock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Microelectromechanical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 18 (2), pp.347-353</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00796203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SELECTIVE REFLECTION SPECTROSCOPY AT THE INTERFACE BETWEEN A CALCIUM FLUORIDE WINDOW AND Cs VAPOUR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Fichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Ducloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 90, pp.415-420. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00340-007-2927-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00180713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilayered Waveguides for Increasing the Gain Bandwidth of Integrated Amplifiers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Selective reflection spectroscopy of a vapour at a calcium fluoride interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Passerat de Silans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Romanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales de Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 32 (2-3), pp.191</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04695071v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00186979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective reflection spectroscopy of a vapour at a calcium fluoride interface</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Multilayered Waveguides for Increasing the Gain Bandwidth of Integrated Amplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Yeatman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Physique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 25 (6), pp.1613-1620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JLT.2007.895561⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00186979v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling signal and ASE evolution in erbium-doped amplifiers with the method of lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.M. Yeatman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.J. Al-Bader</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 24 (3), pp.1589-1600. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JLT.2005.863242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04695074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular homogeneity in erbium-doped sol-gel waveguide amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.M. Yeatman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.M. Ahmad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 40 (6), pp.805-814. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JQE.2004.828272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04695073v1</w:t>
-              </w:r>
-[...9194 lines deleted...]
-                <w:t xml:space="preserve">hal-00327378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13391,103 +13391,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopic measurements of the Rydberg-surface Casimir-Polder interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Butery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biplab Dutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Boldt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephany Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Pedri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICOLS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Elba Island, Italy</w:t>
@@ -13510,230 +13510,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05124639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir-Polder interaction as an accurate probe of the spectrally narrow near-field thermal emission</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Measuring the Casimir-Polder interaction of Rydberg atoms by vapour cell spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biplab Dutta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guadalupe Garcia-Arellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECAMP 14</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, vilnius, Lithuania</w:t>
+              <w:t xml:space="preserve">Optique Nice 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03863171v1</w:t>
+                <w:t xml:space="preserve">hal-03863238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emission thermique en champ proche : une résonance aigüe du saphir sondée avec une interaction Casimir-Polder très résonnante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domingos de Sousa Meneses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optique Nice 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13752,359 +13756,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03863215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring the Casimir-Polder interaction of Rydberg atoms by vapour cell spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">High resolution molecular spectroscopy in micrometric thin cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guadalupe Garcia-Arellano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Daniel Bloch</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Butery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Billeton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hippolyte Mouhanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optique Nice 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Nice, France</w:t>
+              <w:t xml:space="preserve">ECAMP 14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Vilnius, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03863238v1</w:t>
+                <w:t xml:space="preserve">hal-03863193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution molecular spectroscopy in micrometric thin cells</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Casimir-Polder interaction as an accurate probe of the spectrally narrow near-field thermal emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Laliotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domingos de Sousa Meneses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECAMP 14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Vilnius, Lithuania</w:t>
+              <w:t xml:space="preserve">, Nov 2022, vilnius, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03863193v1</w:t>
+                <w:t xml:space="preserve">hal-03863171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring the Casimir-Polder interaction of Rydberg atoms by vapour cell spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biplab Dutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guadalupe Garcia-Arellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th International Conference of Spectral Line Shapes (ICSL 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Caserta, Italy</w:t>
@@ -14133,103 +14133,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring the Casimir-Polder Rydberg-surface interaction by vapour cell spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biplab Dutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guadalupe Garcia-Arellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECAMP 14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Vilnius, Lithuania</w:t>
@@ -14258,103 +14258,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coherence resonances of spatially confined atomic vapors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Villalba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Lenci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arturo Lezama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horacio Failache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECAMP13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14379,90 +14379,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopic probing of retardation effects in the thermal Casimir-Polder interaction: a theoretical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Pedri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Ducloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th European Conference on Atoms Molecules and Photons (ECAMP13)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14519,103 +14519,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning the surface Casimir-Polder interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eng Aik Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syed Abdullah Aljunid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ducloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -14669,51 +14669,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing atoms and molecules close to macroscopic bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Quantum Physics [quant-ph]. Université Paris13, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14763,103 +14763,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for deviations from the ideal Maxwell-Boltzmann distribution for a gas at an interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petko Todorov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Carlos de Aquino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14909,51 +14909,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis and Fabrication of Homogeneous High Concentration Erbium Doped Waveguide Amplifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Laliotis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Engineering Sciences [physics]. Imperal College London, 2005. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -15149,51 +15149,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375529v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jivesh Kaushal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Boldt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Scheel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Laliotis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pedri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/1q4p-stl6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972545v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eng Aik Chan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Abdullah Aljunid" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wilkowski" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Ducloy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.542352" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191953v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dutta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boldt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garcia-Arellano" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ducloy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pedri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/pygs-cvr9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941654v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Butery" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biplab Dutta" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephany Santos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Barreiro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weliton Martins" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.542755" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700727v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carvalho" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Courteille" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laliotis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.110.032813" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527676v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Garcia-Arellano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Mouhanna" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Billeton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45830-x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588127v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Gravina" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveed Chishti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Di Bernardo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Fasci" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Castrillo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.213001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228219v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Maurin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. de Sousa Meneses" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.143801" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668740v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Villalba" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Failache" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177192v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Maurin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Failache" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bloch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/abd532" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376518v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing-Sui Lu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/5.0063701" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376506v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junior Lukusa Mudiayi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maurin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Mashimo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bloch" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.043201" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719081v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Adamo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao4223" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719087v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.023806" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610869v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chevrollier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Ori&#225;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.043405" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153740v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.052506" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182328v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I.M. Maurin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Moufarej" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.32.001761" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022440v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Passerat de Silans" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5364" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064748v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Zabkov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ballin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/108/17008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943451v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale Gorza" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1054-660X/24/7/074009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942723v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Villalba" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lenci" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lezama" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833205v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4809668" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793852v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Lenci" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796166v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Trupke" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe C. Cotter" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Lewis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kraft" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573155v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.043402" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795273v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pollock" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ramirez-Martinez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Hinds" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795786v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796203v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth N. Lewis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Moktadir" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten O. Gollasch" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180713v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Fichet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-007-2927-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695071v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Yeatman" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2007.895561" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186979v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695074v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Yeatman" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Al-Bader" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2005.863242" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695073v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Ahmad" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2004.828272" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146348v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355925v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719927v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943472v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingos de Sousa Meneses" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294294v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garcia Arellano" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Mouhanna" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Duburck" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Darqui&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bloch" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232528" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866323v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Billeton" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856658v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943187v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arellano G. Garcia" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carvalho J. C. de Aquino" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Butery E." TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhanna H." TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billeton T." TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860135v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863152v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863135v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086807v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lukusa Mudiayi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mashimo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Darqui&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172488v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405738v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172486v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172474v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868067v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean K. Tokunaga" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Shelkovnikov" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805088v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petko Todorov" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791542v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844738v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561365v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561344v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441915v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659620v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. de Aquino Carvaho" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tokunaga" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333572v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Carlos de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178660v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Klimov" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169964v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250003v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Chaves de Souza Segoundo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167334v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178634v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Passerat De Silans" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090083v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Villalba" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lenci" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lezama" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069767v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022458v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977915v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997857v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077837v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069772v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016669v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022492v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866931v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825773v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Gorza" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846266v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836897v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846258v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858033v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836906v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833295v2" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2014735" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989961v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989967v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645605v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645664v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645646v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645611v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645672v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645649v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645599v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645682v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645644v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645677v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645651v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520778v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520449v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553079v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520453v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520459v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411682v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411686v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411678v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411690v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411695v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421533v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411681v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421540v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327409v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327378v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Dutier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124639v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863171v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863215v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863238v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863193v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860746v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863174v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02948830v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Lezama" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172482v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02948863v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03141738v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894421v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04049871v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05355925v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Butery" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biplab Dutta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Boldt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pedri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Scheel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146348v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephany Santos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719927v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Maurin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laliotis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. de Sousa Meneses" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943472v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maurin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Laliotis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingos de Sousa Meneses" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294294v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garcia Arellano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Mouhanna" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Duburck" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Darqui&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bloch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232528" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866323v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Garcia-Arellano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Billeton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Mouhanna" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856658v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bloch" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943187v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arellano G. Garcia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carvalho J. C. de Aquino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Butery E." TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhanna H." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billeton T." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863152v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860135v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Billeton" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863135v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086807v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lukusa Mudiayi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mashimo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Darqui&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172488v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junior Lukusa Mudiayi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Mashimo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172486v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172474v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Ducloy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405738v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean K. Tokunaga" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Shelkovnikov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805088v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petko Todorov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791542v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ducloy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844738v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561365v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561344v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441915v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659620v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. de Aquino Carvaho" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tokunaga" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333572v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Carlos de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178660v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Zabkov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Moufarej" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Klimov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250003v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Chaves de Souza Segoundo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Passerat de Silans" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169964v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ballin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167334v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Ori&#225;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178634v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Passerat De Silans" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069767v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090083v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Villalba" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lenci" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bloch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lezama" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022458v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977915v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997857v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077837v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069772v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022492v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016669v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836897v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825773v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Gorza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866931v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846266v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846258v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858033v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836906v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833295v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2014735" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989961v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989967v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645664v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645605v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645649v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645646v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645611v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645672v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645599v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645682v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645644v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645677v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645651v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520778v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520449v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553079v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520459v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520453v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Failache" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411682v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411686v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411678v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411690v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421533v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411695v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411681v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421540v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327409v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327378v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Dutier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375529v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jivesh Kaushal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/1q4p-stl6" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972545v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eng Aik Chan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Abdullah Aljunid" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wilkowski" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.542352" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191953v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dutta" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boldt" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garcia-Arellano" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pedri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/pygs-cvr9" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941654v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Barreiro" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weliton Martins" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.542755" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700727v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carvalho" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Courteille" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.110.032813" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527676v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45830-x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588127v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Gravina" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveed Chishti" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Di Bernardo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Fasci" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Castrillo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.213001" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228219v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.143801" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668740v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Villalba" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177192v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Maurin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Failache" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/abd532" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376518v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing-Sui Lu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/5.0063701" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376506v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.043201" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719081v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Adamo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao4223" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719087v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C de Aquino Carvalho" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.023806" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610869v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chevrollier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.043405" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153740v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.052506" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182328v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I.M. Maurin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.32.001761" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022440v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5364" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064748v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/108/17008" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943451v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale Gorza" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1054-660X/24/7/074009" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942723v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Villalba" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lenci" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lezama" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793852v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Lenci" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833205v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4809668" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796166v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Trupke" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe C. Cotter" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Lewis" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kraft" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573155v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.043402" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795273v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pollock" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ramirez-Martinez" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Hinds" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795786v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796203v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth N. Lewis" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Moktadir" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten O. Gollasch" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180713v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Fichet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-007-2927-9" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186979v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695071v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Yeatman" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2007.895561" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695074v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Yeatman" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Al-Bader" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2005.863242" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695073v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Ahmad" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2004.828272" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124639v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863238v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863215v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863193v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863171v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860746v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863174v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02948830v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Lezama" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172482v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02948863v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03141738v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894421v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04049871v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>