--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:97.135416666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Aude Beauger </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scientific response to the 2021–2022 seismic swarm in the Monts Dore volcanic province (France): dynamic insights from temporal surveys (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Boudoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Gailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 357, pp.79 - 103. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Successional patterns of diatom communities in a restored thermo-mineral spring: a fifteen-month study in the Massif Central, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Theveniaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gassama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 172 (1), pp.42-57. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2025.2450801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05303714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources and fates of NO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;&amp;lt;sup&amp;gt;−&amp;lt;/sup&amp;gt; and PO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;&amp;lt;sup&amp;gt;3−&amp;lt;/sup&amp;gt; in an alluvial plain wetland - Insights from the Auzon oxbow and the alluvial aquifer of the Allier (Auvergne, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Aumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Quenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 179, pp.106270. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeochem.2024.106270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the knowledge of diatom ecology by coupling geochemistry, radioactivity and taxa inventory in thermo-mineral springs of a volcanic and upland area in south-central France, the Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 171, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2023.2268203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new heteropolar Staurosirella species (Staurosiraceae, Bacillariophyceae), widely distributed in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart van de Vijver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iris Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2024.2391300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom-based paleolimnology of Lake Pavin over the past 7000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Chassiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Arricau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Paleolimnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 72, pp.299 - 315. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10933-024-00330-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom metacommunity processes in thermo-mineral springs in the Auvergne Region, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gosseaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-024-05512-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofrustulum fogedii sp. nov., a new araphid diatom (Staurosiraceae, Bacillariophyta) from Spitsbergen (Svalbard archipelago)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart van De Vijver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Pottiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 675 (2), pp.177-184. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.675.2.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les diatomées: passé, présent et futur du lac d'Issarlès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Mézenc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new species of Staurosirella (Bacillariophyta) observed in a spring of the catchment of the Regional Natural Reserve of Jolan and Gazelle Peatlands, French Massif Central, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Caillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nova Hedwigia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 117, pp.45-59. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/nova_hedwigia/2023/0860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom DNA metabarcoding to assess the effect of natural radioactivity in mineral springs on ASV of benthic diatom communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 873, pp.162270. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.162270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04033005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity and Environmental Factors Structuring Diatom Assemblages of Mineral Saline Springs in the French Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gosseaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (2), pp.283. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/d15020283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing radiation dosimetry for microorganisms in naturally radioactive mineral springs using GATE and Geant4-DNA Monte Carlo simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanna-Rosa Fois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Lanouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Miallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (10), pp.e0292608. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0292608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virus-to-prokaryote ratio in spring waters along a gradient of natural radioactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David G Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 850 (Mars 2023), pp.1109-1121. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-023-05146-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chamaepinnularia salina (Bacillariophyta), a new diatom species from French mineral springs (Massif Central)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 538 (1), pp.55-73. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.538.1.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6700 years of diatom changes related to land use and climatic fluctuations in the Lake Aydat catchment (Auvergne, France): Coupling with cyanobacteria akinetes, pollen and non-pollen palynomorphs data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Latour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 636, pp.167-179. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2022.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03567987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontina Gen. nov. (Bacillariophyta): a new diatom genus from a thermo-mineral spring of the French Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diatom Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (1), pp.51-61. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0269249X.2022.2033327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatomées fossiles et actuelles du lac d’Issarlès (Ardèche, France) : premiers enseignements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOM - Revue scientifique pour la biodiversité du Massif central</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (1), pp.68-81. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52497/biom.v3i1.319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The substrate, a key factor or not, to explain the species diversity of diatom communities in mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David G Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 169 (2), pp.155-165. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2022.2028186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gomphosphenia vallei (Bacillariophyta), a new diatom species from a stream in the “Réserve Naturelle Nationale de la Vallée de Chaudefour”, Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 542 (2), pp.167-179. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.542.2.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brackish diatom species observed at the bituminous Poix spring: an island of curiosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOM - Revue scientifique pour la biodiversité du Massif central</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (1), pp.40 - 51. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52497/biom.v3i1.304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration de la flore des prés salés continentaux : expérimentation sur le marais de Saint-Beauzire (Puy-de-Dôme, 63)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Pouvaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cordonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carrère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOM - Revue scientifique pour la biodiversité du Massif central</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52497/biom.v2i1.270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03301887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-Mineral Springs, Old and Unique Aquatic Ecosystems to Survey and Preserve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Ector</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Biron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Online Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (4), </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31031/BOJ.2021.01.000519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03300137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescence analysis allows to predict the oxidative capacity of humic quinones in dissolved organic matter: implication for pollutant degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Palma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Parlanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahaut Sourzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (2), pp.1857-1863. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10311-020-01137-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03036129v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the dissolved organic matter (DOM) of the Auzon cut-off meander (Allier River, France) by spectral and photoreactivity approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Palma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Parlanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27 (21), pp.26385-26394. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-020-09005-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02954173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Evolution of Diatoms in a Temporary Pond Situated in the Massif du Sancy Mountains (Massif Central, France) and Description of a New Pinnularia Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Ector</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (10), pp.367. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/d12100367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of natural radioactivity on diatom communities in mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheilla Izere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 167, pp.95-113. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2019.1691051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02396650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cocconeis rouxii Héribaud & Brun a forgotten, but common benthic diatom species from the Massif Central, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 166 (2), pp.221-233. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2019.1584865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craticula widouensis, a new diatom (Bacillariophyta) species of a Sahelian temporary pond (North Senegal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 166 (2), pp.254-267. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2019.1623715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity, ecology and distribution of benthic diatoms in thermo-mineral springs in Auvergne (France) and Sardinia (Italy).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppina G. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wetzel Carlos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachisio M. Padedda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7, pp.e7238. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.7238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akinetes and ancient DNA reveal toxic cyanobacterial recurrences and their potential for resurrection in a 6700-year-old core from a eutrophic lake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Dussauze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Latour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 687, pp.1369-1380. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.07.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudostaurosira bardii (Fragilariaceae, Bacillariophyta), a new species from a saline hydrothermal spring of the Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 36th AdLAF Symposium, 166 (1), pp.3-13. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2018.1460278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphology and ecology of Craticula lecohui sp. nov. (Bacillariophyceae) from hydrothermal springs (Puy-de-Dôme, Massif Central, France) and comparison with similar Craticula species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nova Hedwigia, Beihefte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 146, pp.7 - 22. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/1438-9134/2017/007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux hydro-sédimentaires dans le bassin supérieur du fleuve Loire (Massif Central, France) au cours des trois derniers millénaires : archives séquentielles, chronologie et corrélations régionales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‑françois Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Bouvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (3), pp.373-388. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.8304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01670720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom Diversity and Ecology of the Sebou Watershed (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafida Jaghror</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Loukili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Fadli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biolife International Quarterly Journal of Biology &amp; Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17812/blj.2017.5423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sellaphora labernardierei (Sellaphoraceae, Bacillariophyta), a new epilithic species from French spring and four new combinations within the genus Sellaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 260 (3), </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.260.3.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution of Diatom, Macrophyte and Benthic Macroinvertebrate Communities Related to Spatial and Environmental Characteristics: The Example of a Cut-Off Meander of the River Allier (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delcoigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryptogamie Algologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (3), pp.323 - 355. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7872/crya/v36.iss3.2015.323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two new Navicula species (Bacillariophyceae) from Western Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrienne Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Le-Cohu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart van de Vijver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 230 (2), pp.172-182. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.230.2.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking long-term human impacts on landscape, vegetal biodiversity and water quality in the Lake Aydat catchment (Auvergne, France) using pollen, non-pollen palynomorphs and diatom assemblages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 424, pp.76-90. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2015.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Géologie du Creux de Soucy: un gouffre inexpliqué en milieu volcanique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Miallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charley Merciecca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Naturelles d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Recent progress in diatom’s taxonomy and freshwater ecology.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Schoefs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryptogamie Algologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (3), pp.241-244. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7872/crya/v36.iss3.2015.241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical fluvial palaeodynamics and multi-proxy palaeoenvironmental analyses of a palaeochannel, Allier River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.10.1080/09853111.2013.877232. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09853111.2013.877232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01059249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological characterization of natural and impacted meander cut-offs of the River Allier using benthic macroinvertebrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ephemera : Theory and Politics in Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (2), pp.83-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des principales méthodes de bio-évaluation basées sur les macroinvertébrés benthiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société linnéenne de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Bulletin hors série n° 4, pp.15-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom distribution in natural and impacted cut-off meanders of the Allier River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diatom Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 29 (2), pp.119-145. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0269249X.2013.863224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keeping it simple: benefits of targeting riffle-pool macroinvertebrate communities over multi-substratum sampling protocols in the preparation of a new European biotic index.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8/5, pp.555-563</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00267391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la capture d’un chenal fluviatile par une ancienne gravière, sur la distribution des macroinvertébrés benthiques dans trois seuils successifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences de l'Eau / Journal of Water Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 21 (1), pp.87-98. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/017933ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The distribution of macroinvertebrates assemblages in a reach of the River Allier (France), in relation to riverbed characteristics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 571 (1), pp.63-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00267388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The distribution of macroinvertebrate assemblages in a reach of the River Allier (France), in relation to riverbed characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reyes-Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 571 (1), pp.63-76. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-006-0217-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des communautés de diatomées des sources minérales : première synthèse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OFB; ADLAF, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richesse diatomique de la Réserve Naturelle Nationale de la Vallée de Chaudefour: influence de l’altitude sur la distribution des espèces.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OFB; ADLAF, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de l’histoire environnementale 3 maars (Lac du Bouchet, Lac Pavin et Gour de Tazenat) avec l’étude des diatomées fossiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e ADLAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des communautés de diatomées observées dans les tourbières de la Plaine Jacquot (RNN des Sagnes de la Godivelle) et de la Guette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandoval Elliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ragot Angèle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OFB; ADLAF, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire environnementale comparée de trois maars du Massif central français à partir des diatomées fossiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Quaternaire dans tous ses états: terre, mer, glace (Q14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État écologique de 4 maars du Massif central français : ce que disent les diatomées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e ADLAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Première tentative de carottage intégral des sédiments du lac d’Issarlès - juin 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Jouve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Chassiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution des diatomées fossiles à la reconstruction de l’histoire paléo-environnementale du Gour de Tazenat (63)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41e ADLAF 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diving into the thermo-mineral springs: meta-community dynamics in extreme ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gosseaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Symposium for European Freshwater Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Newcastle Upon Tyne, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04571245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence relative des processus locaux et régionaux sur la diversité des communautés de diatomées des sources thermo-minérales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gosseaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Jamoneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Clermont - Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversité diatomique de la Réserve Naturelle Nationale (RNN) de la Vallée de Chaudefour : présence d'espèces inscrites sur la Liste Rouge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème Colloque de l’Association des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB; LMGE, Sep 2022, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMPACT OF RADIOACTIVITY ON MICROORGANISMS LIVING IN MINERAL SPRINGS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pradeep Angia Siriam Ram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICHLERA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/rpd/nc0000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membres du comité scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soizic Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Schoefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Chalié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème colloque de l'Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Clermont- Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiation exposure of microorganisms living in radioactive mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanna-Rosa Fois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Lanouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Miallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Nuclear Physics Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Prague, Czech Republic. pp.04001, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/202226104001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03863954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l’étude des diatomées fossiles à la reconstruction de l’histoire paléo-environnementale du lac d’Issarlès (07)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40e ADLAF 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Clermont - Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiation exposure of microorganisms living in radioactive mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanna-Rosa Fois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Lanouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Miallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Symposium of the Hellenic Nuclear Physics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Athens, Greece. pp.68-74, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12681/hnps.3585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration d'une source minérale : évolution spatio-temporelle des diatomées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterning Holocene lake dynamics and detecting human impacts as far back as Prehistory: palaeoecological and data mining key tools for eutrophic lake management.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lonlac Konlac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Latour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.Quaternaire12 Paris 2020, Colloque Q12 sur le Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of bacterial communities in several naturally radioactive mineral sources in Auvergne (Massif Central, France) and their role in uranium biogeochemistry.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Holub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Vesvres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5éme colloque des Zones Ateliers – CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, En distanciel, cause Covid-19, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03313886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the natural radioactivity on the diatom communities living in mineral spring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Central European Diatom Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Belvaux, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of radioactivity on microorganisms living in mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Davídková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Goliáš</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second French-Czech « Barrande » Nuclear Research Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Honfleur, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02113361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de Motifs Graduels Fermés Fréquents Sous Contrainte de la Temporalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerry Lonlac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Négrevergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engelbert Mephu Nguifo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France. pp.383--384</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02134343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lac Pavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pavin. 37ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Meise, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une espèce méconnue, typique des sources minérales : Navicula sanctamargaritae.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppina Grazia Lai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Meise, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake Aydat.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLI International Moor Excursion (IME 2017). Massif Central (France) : Monts du Forez – chaîne des Puys – Aubrac – Devès – Mézenc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aydat, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Approche d'Extraction de Motifs Graduels (Fermés) Fréquents Sous Contrainte de la Temporalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerry Lonlac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pailloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">conférence Extraction et Gestion des Connaissances (EGC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02103661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des 6700 ans d’évolution enregistrée dans les sédiments du lac d’Aydat (Massif Central, France) par le couplage des diatomées, pollen, microfossiles non polliniques et akinètes de cyanobactéries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Latour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transdisciplinary study of an abandoned channel of the Allier River (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Long Term Ecological Research Network &amp; LTER-France (Zones Ateliers Network &amp; Critical Zone Observatories) joint conference.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatoms in mineral springs of the Massif Central, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th CE diatom meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution des diatomées dans un tronçon de rivière de 21km impacté par le barrage hydroélectrique de Poutès (Massif central, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benthic diatom and macroinvertebrate communities from the impacted bypass channel of Poutès, upper Allier River (France): preliminary results before the dam removal.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l’étude des diatomées de tourbières à l’identification des activités humaines et des impacts paysagers de haute altitude dans les Pyrénées orientales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Riera Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Julia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolanda Llergo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33e colloque AdLAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB (UMR 6042), AdLAF, MSH-Clermont-Ferrand, Oct 2014, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse des têtes de bassin aux fluctuations environnementales, du Tardiglaciaire à l’Actuel : l’exemple du bassin supérieur de la Loire dans le massif du Mézenc (Velay-Vivarais, Sud-Est du Massif central, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Virmoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sanial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque AFEQ-CNF INQUA Q9 « Le Quaternaire : marqueurs, traçeurs et chronomètres »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEQ-CNF INQUA, Mar 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6700 ans d’évolution enregistrée dans les sédiments du lac d’Aydat (Massif central français) observée grâce à une étude multi-proxies : couplage diatomées, pollen et fossiles non polliniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Colloque de l’Association des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB (UMR 6042), AdLAF, MSH-Clermont-Ferrand, Oct 2014, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake Pavin paleolimnology and sedimentary records of regional Natural Hazards over the last 7000 years (French Massif Central)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Chassiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Albéric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress of Sedimentology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of environmental changes on lacustrine dynamics in the Lake Pavin over the last 7,000 years (French Massif Central)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Chassiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Albéric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5 th International MAAR Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Santiago de Querétaro, Mexico. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking long-term human impacts on landscape, vegetal biodiversity and water quality in the Lake Aydat catchment (Auvergne, France) using pollen, NPP and diatom assemblages.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">QuickLakeH2014, an international workshop on Lakes and Human interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Ankara, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage température / diatomées / macroinvertébrés comme indicateur des différences physico-chimiques et hydroécologiques dans les bras morts de la rivière Allier (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Casado Casado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Colloque de l’Association des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB, Oct 2014, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l’étude des diatomées de tourbières à l’identification des activités humaines et des impacts paysagers de haute altitude dans les Pyrénées orientales.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Riera Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Julia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolanda Llergo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Colloque de l’Association des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB, Oct 2014, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of a study done on a cut-off meander deepened at its confluence using diatom community approach (Allier River, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Central European Diatom Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRA de Thonon, Sep 2013, Thonon-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom distribution in six natural and impacted cut-off meanders of the Allier River (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd international diatom symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l’étude des diatomées d’un bras mort de la plaine alluviale de l’Allier: approche physico-chimique et sédimentologique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements fluviaux et dynamique du paysage dans la plaine alluviale inférieure de l’Allier : apport des bio-indicateurs à la géomorphologie fluviale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international AFEQ Quaternaire n°8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flux hydrosédimentaires, indicateurs diatomiques et implications pour les services écosystémiques d’un bras mort de la rivière Allier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Limnologie et d’Océanographie (JILO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléodynamique fluviale et analyses paléoenvironnementales multi-proxies d'un paléochenal de l'Allier, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers, 1E conférence internationale, Recherches et Actions au service des fleuves et grandes rivières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’épave du Veurdre: Un exemple de bateau de rivière d’époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Yeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Régionale d’Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution spatiale des diatomées et macroinvertébrés benthiques dans deux annexes hydrauliques de la rivière Allier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de restitution ANR INbioprocess. Rôle de la biodiversité dans les processus écologiques aux interfaces eau-sédiments.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des diatomées benthiques pour retracer l’histoire des annexes hydrauliques d’une rivière : analyse floristique comparée de six bras morts et d’un paléo-chenal de la rivière Allier (Massif central, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Boulogne-sur-mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude pluridisciplinaire de la distribution spatiale des macro-invertébrés et diatomées benthiques dans deux annexes hydrauliques de la rivière Allier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rôle de la Biodiversité dans les processus écologiques aux interfaces eau-sédiments.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 1, Jan 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les populations de macroinvertébrés des annexes hydrauliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire axe Paysage et Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR CITERES, Nov 2010, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of two oxbow lakes of the Allier River (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Floodplain Lake Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Fayetteville, Arkansas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution des diatomées de deux bras morts de la rivière Allier présentant un atterrissement élevé (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de la faune benthique des annexes hydrauliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire sur le patrimoine naturel ligérien.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, La charité-sur-Loire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution des diatomées de deux bras morts de la rivière Allier recreusés artificiellement à des fins piscicoles (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom distribution in two impacted oxbow lakes of the Allier River (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Diatom Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, St. Paul, Minnesota, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benthic macroinvertebrates assemblages into units on a gravel-bed river: example of the river Allier (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th international Symposium on Ecohydraulics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Madrid, Spain. pp.1097-1100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00267405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MeSCAL project: mobility & cultural contact in the shaping of southern California landscapes: palaeoecological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Luelmo-Lautenschlaeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Scott Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Combourieu-Nebout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Simms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Health Paestum, 5th Medpalynos Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paestum, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité et écologie des diatomées de sources thermo-minérales de France et de Sardaigne (Italie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppina Grazia Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachisio M. Padedda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Meise, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouveau genre de diatomées présent dans une source thermo-minérale du Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Meise, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the long-term recurrence of nostocalean cyanobacteria through a 6 700 years core in a eutrophic Lake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences, Sfécologie 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle espèce de Pseudostaurosira (Fragilariaceae, Bacillariophyta) observée dans une source minérale salée du Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrements holocènes des flux hydro-sédimentaires dans les têtes de réseau du bassin supérieur de la Loire (Massif central, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q10 – AFEQ – CNF INQUA « Paléoclimats et environnements quaternaires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle espèce de Craticula observée dans les sources chaudes d’Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux nouvelles espèces de Navicula trouvées en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrienne Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Le-Cohu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart van de Vijver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOHAL : système d'observation d'une annexe hydraulique de l'Allier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle-Jeanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Casado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de restitution du CPER Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Clermont Ferrand, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2000 ans de paléodynamique fluviale et d’histoire du paysage dans la plaine alluviale de l’Allier révélés par l’analyse multi-proxy de 2 paléochenaux (Auvergne, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe Symposium de l’APLF, Meudon Bellevue-Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom distribution in two cut-off meanders of the River Allier impacted by former gravel extraction (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Diatom Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, St. Paul, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between physicochemical variables and macroinvertebrate community along a 145 km longitudinal reach of the River Loire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interactions between physico-chemical and microbiological processes in the environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Clermont-Ferrand, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benthic macroinvertebrates assemblages into units on a gravel-bed river: example of the river Allier (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore diatomique et assemblages des invertébrés de quelques cours d’eau peu ou pas anthropisés des Aspres, du Vallespir et du Massif du Canigou (Pyrénées Orientales –France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Eulin-Garrigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème colloque de l’association des diatomistes de langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Espot, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme et livre des résumés. 36ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF). Dijon, France, 12-14 septembre 2017. DREAL Bourgogne-Franche-Comté, Dijon,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Peeters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soizic Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Schoefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, 978-2-11-152144-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach for Extracting Frequent (Closed) Gradual Patterns Under Temporal Constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerry Lonlac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mazenod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Fuzzy Systems (FUZZ-IEEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01924145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l’analyse multi-temporelle pour la gestion et restauration des cours d’eau : végétation riveraine et résilience (projet GALE&T)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dov Jean-François Corenblit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Arrignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P-A Dejaifve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Goeldner-Gianella, L.; Barreteau, O.; Euzen, A.; Pinon-Leconte, M.; Gautier, Q.; Arnould, P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concilier la gestion de l’eau et des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Johanet, pp.41-55, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01576295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroinvertebrate Distributions on Erosional and Depositional Areas Including Former Gravel-Pit: Biodiversity and Ecological Functioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alisa N. Souter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Nova Sciences Publishers, pp.1657-1671, 2011, Environmental Science, Engineering and Technology, 978-1-61761-927-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroinvertebrate Distribution on Erosional and Depositional Areas Including a Former Gravel-Pit: Biodiversity and Ecological Functioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vittore Rescigno &amp; Savario Maletta. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Hotspots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nova Sciences Publishers, pp.153-167, 2010, 978-1-60876-458-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of a study done on a cut-off meander deepened at its confluence using diatom community approach (Allier River, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit Quentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sampling Method to Assess Water Quality Based on Benthic Macroinvertebrates Living in Geomorphological Unit Riffles Typical of Gravel-bed Rivers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveau Poutès. Suivi hydrogéomorphologique de l’effacement partiel de l’aménagement hydroélectrique : traitement des données de la campagne de terrain des 17 au 20 septembre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chabanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Université Clermont Auvergne UMR 6042 GEOLAB. 2019, 49 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caune de l’Arago (Tautavel, Pyrénées-Orientales). Rapport de fouilles 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Perrenoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armengaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Boulbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service Régional d'Archéologie, DRAC Occitanie. 2018, pp.145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04026061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-évaluation de la qualité de l'eau: établissement d'un protocole d'échantillonnage simplifié, basé sur la collecte des macroinvertébrés benthiques sur les seuils des rivières à charge de fond graveleuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biodiversité et Ecologie. Université Blaise Pascal - Clermont-Ferrand II; Université d'Auvergne - Clermont-Ferrand I, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2008CLF21860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00730658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId334"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:97.135416666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Aude Beauger </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scientific response to the 2021–2022 seismic swarm in the Monts Dore volcanic province (France): dynamic insights from temporal surveys (2/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Boudoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Gailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Battaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 357, pp.79 - 103. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Successional patterns of diatom communities in a restored thermo-mineral spring: a fifteen-month study in the Massif Central, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Theveniaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gassama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 172 (1), pp.42-57. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2025.2450801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05303714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources and fates of NO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;&amp;lt;sup&amp;gt;−&amp;lt;/sup&amp;gt; and PO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;&amp;lt;sup&amp;gt;3−&amp;lt;/sup&amp;gt; in an alluvial plain wetland - Insights from the Auzon oxbow and the alluvial aquifer of the Allier (Auvergne, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Aumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Quenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 179, pp.106270. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeochem.2024.106270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the knowledge of diatom ecology by coupling geochemistry, radioactivity and taxa inventory in thermo-mineral springs of a volcanic and upland area in south-central France, the Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 171, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2023.2268203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new heteropolar Staurosirella species (Staurosiraceae, Bacillariophyceae), widely distributed in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart van de Vijver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iris Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2024.2391300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom-based paleolimnology of Lake Pavin over the past 7000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Chassiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Arricau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Paleolimnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 72, pp.299 - 315. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10933-024-00330-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom metacommunity processes in thermo-mineral springs in the Auvergne Region, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gosseaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-024-05512-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofrustulum fogedii sp. nov., a new araphid diatom (Staurosiraceae, Bacillariophyta) from Spitsbergen (Svalbard archipelago)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart van De Vijver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Pottiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 675 (2), pp.177-184. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.675.2.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les diatomées: passé, présent et futur du lac d'Issarlès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Mézenc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new species of Staurosirella (Bacillariophyta) observed in a spring of the catchment of the Regional Natural Reserve of Jolan and Gazelle Peatlands, French Massif Central, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Caillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nova Hedwigia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 117, pp.45-59. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/nova_hedwigia/2023/0860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom DNA metabarcoding to assess the effect of natural radioactivity in mineral springs on ASV of benthic diatom communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 873, pp.162270. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.162270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04033005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity and Environmental Factors Structuring Diatom Assemblages of Mineral Saline Springs in the French Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gosseaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (2), pp.283. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/d15020283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing radiation dosimetry for microorganisms in naturally radioactive mineral springs using GATE and Geant4-DNA Monte Carlo simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanna-Rosa Fois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Lanouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Miallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (10), pp.e0292608. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0292608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virus-to-prokaryote ratio in spring waters along a gradient of natural radioactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David G Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 850 (Mars 2023), pp.1109-1121. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-023-05146-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chamaepinnularia salina (Bacillariophyta), a new diatom species from French mineral springs (Massif Central)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 538 (1), pp.55-73. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.538.1.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6700 years of diatom changes related to land use and climatic fluctuations in the Lake Aydat catchment (Auvergne, France): Coupling with cyanobacteria akinetes, pollen and non-pollen palynomorphs data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Latour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 636, pp.167-179. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2022.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03567987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontina Gen. nov. (Bacillariophyta): a new diatom genus from a thermo-mineral spring of the French Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diatom Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (1), pp.51-61. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0269249X.2022.2033327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The substrate, a key factor or not, to explain the species diversity of diatom communities in mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David G Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 169 (2), pp.155-165. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2022.2028186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatomées fossiles et actuelles du lac d’Issarlès (Ardèche, France) : premiers enseignements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOM - Revue scientifique pour la biodiversité du Massif central</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (1), pp.68-81. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52497/biom.v3i1.319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gomphosphenia vallei (Bacillariophyta), a new diatom species from a stream in the “Réserve Naturelle Nationale de la Vallée de Chaudefour”, Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 542 (2), pp.167-179. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.542.2.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brackish diatom species observed at the bituminous Poix spring: an island of curiosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOM - Revue scientifique pour la biodiversité du Massif central</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (1), pp.40 - 51. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52497/biom.v3i1.304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration de la flore des prés salés continentaux : expérimentation sur le marais de Saint-Beauzire (Puy-de-Dôme, 63)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Pouvaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cordonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carrère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOM - Revue scientifique pour la biodiversité du Massif central</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.52497/biom.v2i1.270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03301887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-Mineral Springs, Old and Unique Aquatic Ecosystems to Survey and Preserve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Ector</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Biron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Online Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (4), </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31031/BOJ.2021.01.000519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03300137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescence analysis allows to predict the oxidative capacity of humic quinones in dissolved organic matter: implication for pollutant degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Palma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Parlanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahaut Sourzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (2), pp.1857-1863. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10311-020-01137-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03036129v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the dissolved organic matter (DOM) of the Auzon cut-off meander (Allier River, France) by spectral and photoreactivity approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Palma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Parlanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27 (21), pp.26385-26394. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-020-09005-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02954173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Evolution of Diatoms in a Temporary Pond Situated in the Massif du Sancy Mountains (Massif Central, France) and Description of a New Pinnularia Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Ector</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (10), pp.367. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/d12100367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of natural radioactivity on diatom communities in mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheilla Izere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 167, pp.95-113. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2019.1691051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02396650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cocconeis rouxii Héribaud & Brun a forgotten, but common benthic diatom species from the Massif Central, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 166 (2), pp.221-233. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2019.1584865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craticula widouensis, a new diatom (Bacillariophyta) species of a Sahelian temporary pond (North Senegal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 166 (2), pp.254-267. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2019.1623715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akinetes and ancient DNA reveal toxic cyanobacterial recurrences and their potential for resurrection in a 6700-year-old core from a eutrophic lake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Dussauze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Latour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 687, pp.1369-1380. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.07.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity, ecology and distribution of benthic diatoms in thermo-mineral springs in Auvergne (France) and Sardinia (Italy).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppina G. Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wetzel Carlos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachisio M. Padedda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7, pp.e7238. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.7238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudostaurosira bardii (Fragilariaceae, Bacillariophyta), a new species from a saline hydrothermal spring of the Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botany Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 36th AdLAF Symposium, 166 (1), pp.3-13. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23818107.2018.1460278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphology and ecology of Craticula lecohui sp. nov. (Bacillariophyceae) from hydrothermal springs (Puy-de-Dôme, Massif Central, France) and comparison with similar Craticula species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nova Hedwigia, Beihefte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 146, pp.7 - 22. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/1438-9134/2017/007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux hydro-sédimentaires dans le bassin supérieur du fleuve Loire (Massif Central, France) au cours des trois derniers millénaires : archives séquentielles, chronologie et corrélations régionales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‑françois Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Bouvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28 (3), pp.373-388. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.8304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01670720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom Diversity and Ecology of the Sebou Watershed (Morocco)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafida Jaghror</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Loukili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Fadli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biolife International Quarterly Journal of Biology &amp; Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17812/blj.2017.5423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sellaphora labernardierei (Sellaphoraceae, Bacillariophyta), a new epilithic species from French spring and four new combinations within the genus Sellaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 260 (3), </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.260.3.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution of Diatom, Macrophyte and Benthic Macroinvertebrate Communities Related to Spatial and Environmental Characteristics: The Example of a Cut-Off Meander of the River Allier (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delcoigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryptogamie Algologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (3), pp.323 - 355. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7872/crya/v36.iss3.2015.323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two new Navicula species (Bacillariophyceae) from Western Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrienne Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Le-Cohu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart van de Vijver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 230 (2), pp.172-182. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.230.2.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking long-term human impacts on landscape, vegetal biodiversity and water quality in the Lake Aydat catchment (Auvergne, France) using pollen, non-pollen palynomorphs and diatom assemblages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 424, pp.76-90. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2015.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Géologie du Creux de Soucy: un gouffre inexpliqué en milieu volcanique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Miallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charley Merciecca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences Naturelles d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Recent progress in diatom’s taxonomy and freshwater ecology.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Schoefs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryptogamie Algologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (3), pp.241-244. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7872/crya/v36.iss3.2015.241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Historical fluvial palaeodynamics and multi-proxy palaeoenvironmental analyses of a palaeochannel, Allier River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geodinamica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.10.1080/09853111.2013.877232. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09853111.2013.877232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01059249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological characterization of natural and impacted meander cut-offs of the River Allier using benthic macroinvertebrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ephemera : Theory and Politics in Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (2), pp.83-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des principales méthodes de bio-évaluation basées sur les macroinvertébrés benthiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société linnéenne de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Bulletin hors série n° 4, pp.15-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom distribution in natural and impacted cut-off meanders of the Allier River, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diatom Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 29 (2), pp.119-145. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0269249X.2013.863224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keeping it simple: benefits of targeting riffle-pool macroinvertebrate communities over multi-substratum sampling protocols in the preparation of a new European biotic index.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8/5, pp.555-563</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00267391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la capture d’un chenal fluviatile par une ancienne gravière, sur la distribution des macroinvertébrés benthiques dans trois seuils successifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences de l'Eau / Journal of Water Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 21 (1), pp.87-98. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/017933ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The distribution of macroinvertebrates assemblages in a reach of the River Allier (France), in relation to riverbed characteristics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 571 (1), pp.63-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00267388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The distribution of macroinvertebrate assemblages in a reach of the River Allier (France), in relation to riverbed characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Reyes-Marchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 571 (1), pp.63-76. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-006-0217-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des communautés de diatomées des sources minérales : première synthèse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OFB; ADLAF, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richesse diatomique de la Réserve Naturelle Nationale de la Vallée de Chaudefour: influence de l’altitude sur la distribution des espèces.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OFB; ADLAF, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de l’histoire environnementale 3 maars (Lac du Bouchet, Lac Pavin et Gour de Tazenat) avec l’étude des diatomées fossiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e ADLAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des communautés de diatomées observées dans les tourbières de la Plaine Jacquot (RNN des Sagnes de la Godivelle) et de la Guette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandoval Elliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ragot Angèle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OFB; ADLAF, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire environnementale comparée de trois maars du Massif central français à partir des diatomées fossiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Quaternaire dans tous ses états: terre, mer, glace (Q14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État écologique de 4 maars du Massif central français : ce que disent les diatomées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e ADLAF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Première tentative de carottage intégral des sédiments du lac d’Issarlès - juin 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Jouve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Chassiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Congrès Français de Sédimentologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution des diatomées fossiles à la reconstruction de l’histoire paléo-environnementale du Gour de Tazenat (63)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41e ADLAF 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diving into the thermo-mineral springs: meta-community dynamics in extreme ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gosseaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Symposium for European Freshwater Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Newcastle Upon Tyne, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04571245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence relative des processus locaux et régionaux sur la diversité des communautés de diatomées des sources thermo-minérales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gosseaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Jamoneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Clermont - Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMPACT OF RADIOACTIVITY ON MICROORGANISMS LIVING IN MINERAL SPRINGS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pradeep Angia Siriam Ram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICHLERA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Strasbourg, France. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/rpd/nc0000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversité diatomique de la Réserve Naturelle Nationale (RNN) de la Vallée de Chaudefour : présence d'espèces inscrites sur la Liste Rouge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Blavignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème Colloque de l’Association des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB; LMGE, Sep 2022, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membres du comité scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soizic Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos E. Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Schoefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Chalié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème colloque de l'Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Clermont- Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiation exposure of microorganisms living in radioactive mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanna-Rosa Fois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Lanouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Miallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Nuclear Physics Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Prague, Czech Republic. pp.04001, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/202226104001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03863954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l’étude des diatomées fossiles à la reconstruction de l’histoire paléo-environnementale du lac d’Issarlès (07)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40e ADLAF 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Clermont - Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04862616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiation exposure of microorganisms living in radioactive mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Kolovi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanna-Rosa Fois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Lanouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Chardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Miallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Symposium of the Hellenic Nuclear Physics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Athens, Greece. pp.68-74, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12681/hnps.3585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restauration d'une source minérale : évolution spatio-temporelle des diatomées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39ème Colloque des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterning Holocene lake dynamics and detecting human impacts as far back as Prehistory: palaeoecological and data mining key tools for eutrophic lake management.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lonlac Konlac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Latour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.Quaternaire12 Paris 2020, Colloque Q12 sur le Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of bacterial communities in several naturally radioactive mineral sources in Auvergne (Massif Central, France) and their role in uranium biogeochemistry.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Holub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Vesvres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lory-Anne Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5éme colloque des Zones Ateliers – CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, En distanciel, cause Covid-19, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03313886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the natural radioactivity on the diatom communities living in mineral spring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Millan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Central European Diatom Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Belvaux, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of radioactivity on microorganisms living in mineral springs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Davídková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor Goliáš</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second French-Czech « Barrande » Nuclear Research Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Honfleur, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02113361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de Motifs Graduels Fermés Fréquents Sous Contrainte de la Temporalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerry Lonlac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Négrevergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engelbert Mephu Nguifo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France. pp.383--384</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02134343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lac Pavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pavin. 37ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Meise, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une espèce méconnue, typique des sources minérales : Navicula sanctamargaritae.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppina Grazia Lai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Meise, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake Aydat.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XLI International Moor Excursion (IME 2017). Massif Central (France) : Monts du Forez – chaîne des Puys – Aubrac – Devès – Mézenc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Aydat, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des 6700 ans d’évolution enregistrée dans les sédiments du lac d’Aydat (Massif Central, France) par le couplage des diatomées, pollen, microfossiles non polliniques et akinètes de cyanobactéries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Latour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une Approche d'Extraction de Motifs Graduels (Fermés) Fréquents Sous Contrainte de la Temporalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerry Lonlac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pailloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">conférence Extraction et Gestion des Connaissances (EGC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02103661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transdisciplinary study of an abandoned channel of the Allier River (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Long Term Ecological Research Network &amp; LTER-France (Zones Ateliers Network &amp; Critical Zone Observatories) joint conference.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatoms in mineral springs of the Massif Central, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th CE diatom meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution des diatomées dans un tronçon de rivière de 21km impacté par le barrage hydroélectrique de Poutès (Massif central, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benthic diatom and macroinvertebrate communities from the impacted bypass channel of Poutès, upper Allier River (France): preliminary results before the dam removal.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l’étude des diatomées de tourbières à l’identification des activités humaines et des impacts paysagers de haute altitude dans les Pyrénées orientales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Riera Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Julia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolanda Llergo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33e colloque AdLAF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB (UMR 6042), AdLAF, MSH-Clermont-Ferrand, Oct 2014, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse des têtes de bassin aux fluctuations environnementales, du Tardiglaciaire à l’Actuel : l’exemple du bassin supérieur de la Loire dans le massif du Mézenc (Velay-Vivarais, Sud-Est du Massif central, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Poiraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Virmoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sanial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque AFEQ-CNF INQUA Q9 « Le Quaternaire : marqueurs, traçeurs et chronomètres »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEQ-CNF INQUA, Mar 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake Pavin paleolimnology and sedimentary records of regional Natural Hazards over the last 7000 years (French Massif Central)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Chassiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Albéric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress of Sedimentology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of environmental changes on lacustrine dynamics in the Lake Pavin over the last 7,000 years (French Massif Central)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Chassiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Chapron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Albéric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5 th International MAAR Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Santiago de Querétaro, Mexico. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">6700 ans d’évolution enregistrée dans les sédiments du lac d’Aydat (Massif central français) observée grâce à une étude multi-proxies : couplage diatomées, pollen et fossiles non polliniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Colloque de l’Association des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB (UMR 6042), AdLAF, MSH-Clermont-Ferrand, Oct 2014, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking long-term human impacts on landscape, vegetal biodiversity and water quality in the Lake Aydat catchment (Auvergne, France) using pollen, NPP and diatom assemblages.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">QuickLakeH2014, an international workshop on Lakes and Human interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Ankara, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage température / diatomées / macroinvertébrés comme indicateur des différences physico-chimiques et hydroécologiques dans les bras morts de la rivière Allier (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Casado Casado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Colloque de l’Association des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB, Oct 2014, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l’étude des diatomées de tourbières à l’identification des activités humaines et des impacts paysagers de haute altitude dans les Pyrénées orientales.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Riera Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramon Julia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yolanda Llergo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Colloque de l’Association des Diatomistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEOLAB, Oct 2014, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of a study done on a cut-off meander deepened at its confluence using diatom community approach (Allier River, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Central European Diatom Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRA de Thonon, Sep 2013, Thonon-les-Bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01109427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom distribution in six natural and impacted cut-off meanders of the Allier River (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd international diatom symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à l’étude des diatomées d’un bras mort de la plaine alluviale de l’Allier: approche physico-chimique et sédimentologique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements fluviaux et dynamique du paysage dans la plaine alluviale inférieure de l’Allier : apport des bio-indicateurs à la géomorphologie fluviale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international AFEQ Quaternaire n°8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flux hydrosédimentaires, indicateurs diatomiques et implications pour les services écosystémiques d’un bras mort de la rivière Allier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Limnologie et d’Océanographie (JILO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléodynamique fluviale et analyses paléoenvironnementales multi-proxies d'un paléochenal de l'Allier, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I.S. Rivers, 1E conférence internationale, Recherches et Actions au service des fleuves et grandes rivières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’épave du Veurdre: Un exemple de bateau de rivière d’époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Yeny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Régionale d’Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution spatiale des diatomées et macroinvertébrés benthiques dans deux annexes hydrauliques de la rivière Allier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de restitution ANR INbioprocess. Rôle de la biodiversité dans les processus écologiques aux interfaces eau-sédiments.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des diatomées benthiques pour retracer l’histoire des annexes hydrauliques d’une rivière : analyse floristique comparée de six bras morts et d’un paléo-chenal de la rivière Allier (Massif central, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Boulogne-sur-mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude pluridisciplinaire de la distribution spatiale des macro-invertébrés et diatomées benthiques dans deux annexes hydrauliques de la rivière Allier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rôle de la Biodiversité dans les processus écologiques aux interfaces eau-sédiments.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 1, Jan 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les populations de macroinvertébrés des annexes hydrauliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire axe Paysage et Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR CITERES, Nov 2010, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of two oxbow lakes of the Allier River (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Floodplain Lake Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Fayetteville, Arkansas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution des diatomées de deux bras morts de la rivière Allier présentant un atterrissement élevé (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de la faune benthique des annexes hydrauliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire sur le patrimoine naturel ligérien.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, La charité-sur-Loire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom distribution in two impacted oxbow lakes of the Allier River (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Diatom Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, St. Paul, Minnesota, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution des diatomées de deux bras morts de la rivière Allier recreusés artificiellement à des fins piscicoles (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benthic macroinvertebrates assemblages into units on a gravel-bed river: example of the river Allier (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th international Symposium on Ecohydraulics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Madrid, Spain. pp.1097-1100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00267405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MeSCAL project: mobility & cultural contact in the shaping of southern California landscapes: palaeoecological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Luelmo-Lautenschlaeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Scott Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Combourieu-Nebout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Simms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Health Paestum, 5th Medpalynos Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paestum, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité et écologie des diatomées de sources thermo-minérales de France et de Sardaigne (Italie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppina Grazia Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachisio M. Padedda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Meise, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouveau genre de diatomées présent dans une source thermo-minérale du Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Meise, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the long-term recurrence of nostocalean cyanobacteria through a 6 700 years core in a eutrophic Lake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Lavrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ecological Sciences, Sfécologie 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle espèce de Pseudostaurosira (Fragilariaceae, Bacillariophyta) observée dans une source minérale salée du Massif Central (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrements holocènes des flux hydro-sédimentaires dans les têtes de réseau du bassin supérieur de la Loire (Massif central, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Defive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Barra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Q10 – AFEQ – CNF INQUA « Paléoclimats et environnements quaternaires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02176901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle espèce de Craticula observée dans les sources chaudes d’Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Wetzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux nouvelles espèces de Navicula trouvées en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrienne Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Le-Cohu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart van de Vijver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SOHAL : système d'observation d'une annexe hydraulique de l'Allier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Celle-Jeanton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Casado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de restitution du CPER Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Clermont Ferrand, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2000 ans de paléodynamique fluviale et d’histoire du paysage dans la plaine alluviale de l’Allier révélés par l’analyse multi-proxy de 2 paléochenaux (Auvergne, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ejarque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe Symposium de l’APLF, Meudon Bellevue-Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01112312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diatom distribution in two cut-off meanders of the River Allier impacted by former gravel extraction (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Diatom Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, St. Paul, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between physicochemical variables and macroinvertebrate community along a 145 km longitudinal reach of the River Loire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interactions between physico-chemical and microbiological processes in the environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Clermont-Ferrand, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benthic macroinvertebrates assemblages into units on a gravel-bed river: example of the river Allier (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore diatomique et assemblages des invertébrés de quelques cours d’eau peu ou pas anthropisés des Aspres, du Vallespir et du Massif du Canigou (Pyrénées Orientales –France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Eulin-Garrigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème colloque de l’association des diatomistes de langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Espot, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01108589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme et livre des résumés. 36ème Colloque de l’Association des Diatomistes de Langue Française (ADLaF). Dijon, France, 12-14 septembre 2017. DREAL Bourgogne-Franche-Comté, Dijon,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc L. Ector</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Peeters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soizic Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Schoefs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, 978-2-11-152144-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach for Extracting Frequent (Closed) Gradual Patterns Under Temporal Constraint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerry Lonlac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mazenod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Fuzzy Systems (FUZZ-IEEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01924145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l’analyse multi-temporelle pour la gestion et restauration des cours d’eau : végétation riveraine et résilience (projet GALE&T)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Steiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dov Jean-François Corenblit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Arrignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P-A Dejaifve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Goeldner-Gianella, L.; Barreteau, O.; Euzen, A.; Pinon-Leconte, M.; Gautier, Q.; Arnould, P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concilier la gestion de l’eau et des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Johanet, pp.41-55, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01576295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroinvertebrate Distributions on Erosional and Depositional Areas Including Former Gravel-Pit: Biodiversity and Ecological Functioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alisa N. Souter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Nova Sciences Publishers, pp.1657-1671, 2011, Environmental Science, Engineering and Technology, 978-1-61761-927-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroinvertebrate Distribution on Erosional and Depositional Areas Including a Former Gravel-Pit: Biodiversity and Ecological Functioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vittore Rescigno &amp; Savario Maletta. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Hotspots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nova Sciences Publishers, pp.153-167, 2010, 978-1-60876-458-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First results of a study done on a cut-off meander deepened at its confluence using diatom community approach (Allier River, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit Quentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen K. Serieyssol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sampling Method to Assess Water Quality Based on Benthic Macroinvertebrates Living in Geomorphological Unit Riffles Typical of Gravel-bed Rivers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Lair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reyes-Marchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01077870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveau Poutès. Suivi hydrogéomorphologique de l’effacement partiel de l’aménagement hydroélectrique : traitement des données de la campagne de terrain des 17 au 20 septembre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Peiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chabanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Voldoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Université Clermont Auvergne UMR 6042 GEOLAB. 2019, 49 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caune de l’Arago (Tautavel, Pyrénées-Orientales). Rapport de fouilles 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Perrenoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armengaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Beauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Becam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Boulbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service Régional d'Archéologie, DRAC Occitanie. 2018, pp.145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04026061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-évaluation de la qualité de l'eau: établissement d'un protocole d'échantillonnage simplifié, basé sur la collecte des macroinvertébrés benthiques sur les seuils des rivières à charge de fond graveleuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Beauger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biodiversité et Ecologie. Université Blaise Pascal - Clermont-Ferrand II; Université d'Auvergne - Clermont-Ferrand I, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2008CLF21860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00730658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId334"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065074v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boudoire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gailler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Battaglia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bontemps" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.285" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303714v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Allain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Voldoire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Theveniaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gassama" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2025.2450801" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878705v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aumar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Quenet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2024.106270" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04294393v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lory-Anne Baker" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Wetzel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2023.2268203" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679499v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tahri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart van de Vijver" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Hansen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2024.2391300" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830985v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen K Serieyssol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chassiot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Arricau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-024-00330-2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551285v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosseaume" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-024-05512-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987162v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart van De Vijver" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Pottiez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.675.2.8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292411v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blavignac" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caillon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/nova_hedwigia/2023/0860" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033005v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Kolovi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162270" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992632v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d15020283" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195040v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna-Rosa Fois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Lanouar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chardon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Miallier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0292608" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979377v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G Biron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Colombet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-023-05146-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595020v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Bertin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.538.1.5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03567987v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Serieyssol" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Legrand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Latour" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berthon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2022.01.013" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667307v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0269249X.2022.2033327" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644849v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Raynal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/biom.v3i1.319" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562545v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Millan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2022.2028186" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667528v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Rossi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.542.2.4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703802v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos E Wetzel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/biom.v3i1.304" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301887v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pouvaret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordonnier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bazin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/biom.v2i1.270" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300137v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos E. Wetzel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ector" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Biron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31031/BOJ.2021.01.000519" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036129v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Palma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Sourzac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-020-01137-z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954173v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Sleiman" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-09005-7" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983849v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d12100367" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396650v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheilla Izere" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2019.1691051" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097020v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Ector" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2019.1584865" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157343v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Peiry" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2019.1623715" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157345v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina G. Lai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wetzel Carlos" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachisio M. Padedda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.7238" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281630v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dussauze" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.07.100" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800771v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2018.1460278" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797947v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beauger" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Wetzel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Voldoire" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garreau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ector" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/1438-9134/2017/007" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670720v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poiraud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8304" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909621v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Jaghror" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Loukili" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fadli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17812/blj.2017.5423" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797949v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garreau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.260.3.3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771081v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delcoigne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7872/crya/v36.iss3.2015.323" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213217v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Mertens" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Le-Cohu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.230.2.4" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120579v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Lavrieux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2015.02.016" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9ZKVKHM8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664233v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boivin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Merciecca" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213220v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen K. Serieyssol" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schoefs" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7872/crya/v36.iss3.2015.241" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059249v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ejarque" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09853111.2013.877232" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077881v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Lair" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081925v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077852v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0269249X.2013.863224" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267391v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077849v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/017933ar" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267388v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Reyes-Marchant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689821v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lair" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reyes-Marchant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Peiry" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-006-0217-x" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934188v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934233v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862645v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934276v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandoval Elliot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ragot Ang&#232;le" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862673v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862653v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075481v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jouve" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862628v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04571245v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226628v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Jamoneau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958299v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872622v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep Angia Siriam Ram" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bailly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rpd/nc0000" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990227v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chali&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863954v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202226104001" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862616v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644991v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/hnps.3585" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433920v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363079v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Miras" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lonlac Konlac" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legrand" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Latour" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313886v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Holub" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sergeant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Vesvres" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Mallet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097161v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113361v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dav&#237;dkov&#225;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Goli&#225;&#353;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134343v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Lonlac" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin N&#233;grevergne" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engelbert Mephu Nguifo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909658v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909534v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Grazia Lai" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909554v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103661v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pailloux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909542v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909538v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909565v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909571v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170126v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112208v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Riera Mora" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Julia" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Llergo" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131230v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sanial" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109415v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109426v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alb&#233;ric" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02093898v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112215v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109417v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Casado Casado" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109419v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109427v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petit" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112809v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112806v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115116v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Steiger" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112804v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112255v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880105v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Yeny" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115126v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115121v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130262v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115130v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115137v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115142v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115133v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115148v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115150v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267405v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986393v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Luelmo-Lautenschlaeger" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Scott Anderson" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simms" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909583v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909576v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176859v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909590v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176901v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barra" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909594v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909605v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115949v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle-Jeanton" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Casado" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112312v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108568v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108585v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108588v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108589v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Eulin-Garrigue" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909663v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Peeters" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924145v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mazenod" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576295v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Jean-Fran&#231;ois Corenblit" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arrignon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-A Dejaifve" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077900v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077893v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077873v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petit Quentin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077870v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141809v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chabanon" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026061v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrenoud" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armengaud" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Becam" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boulbes" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00730658v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008CLF21860" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065074v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boudoire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gailler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Battaglia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bontemps" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.285" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303714v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Allain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Voldoire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Theveniaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gassama" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2025.2450801" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878705v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aumar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Quenet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2024.106270" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04294393v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lory-Anne Baker" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Wetzel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2023.2268203" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679499v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tahri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart van de Vijver" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Hansen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2024.2391300" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830985v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen K Serieyssol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chassiot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Arricau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-024-00330-2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551285v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gosseaume" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-024-05512-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987162v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart van De Vijver" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Pottiez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.675.2.8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292411v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blavignac" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caillon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/nova_hedwigia/2023/0860" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033005v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Kolovi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162270" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992632v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d15020283" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195040v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna-Rosa Fois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Lanouar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chardon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Miallier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0292608" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979377v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G Biron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Colombet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-023-05146-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595020v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Bertin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.538.1.5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03567987v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Serieyssol" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Legrand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Latour" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berthon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2022.01.013" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667307v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0269249X.2022.2033327" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562545v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Millan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2022.2028186" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644849v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Raynal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/biom.v3i1.319" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667528v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Rossi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.542.2.4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703802v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos E Wetzel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/biom.v3i1.304" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301887v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pouvaret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordonnier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bazin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/biom.v2i1.270" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300137v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos E. Wetzel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ector" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Biron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31031/BOJ.2021.01.000519" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036129v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Palma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Sourzac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-020-01137-z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954173v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Sleiman" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-09005-7" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983849v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d12100367" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396650v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheilla Izere" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2019.1691051" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097020v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Ector" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2019.1584865" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157343v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Peiry" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2019.1623715" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281630v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dussauze" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.07.100" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157345v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina G. Lai" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wetzel Carlos" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachisio M. Padedda" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.7238" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800771v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2018.1460278" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797947v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beauger" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Wetzel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Voldoire" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garreau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ector" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/1438-9134/2017/007" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670720v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poiraud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8304" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909621v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Jaghror" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Loukili" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fadli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17812/blj.2017.5423" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797949v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garreau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.260.3.3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771081v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delcoigne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7872/crya/v36.iss3.2015.323" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213217v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Mertens" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Le-Cohu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.230.2.4" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120579v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Lavrieux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2015.02.016" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9ZKVKHM8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664233v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boivin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Merciecca" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213220v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen K. Serieyssol" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schoefs" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7872/crya/v36.iss3.2015.241" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059249v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ejarque" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09853111.2013.877232" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077881v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Lair" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081925v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077852v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0269249X.2013.863224" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267391v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077849v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/017933ar" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267388v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Reyes-Marchant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689821v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lair" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reyes-Marchant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Peiry" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-006-0217-x" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934188v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934233v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862645v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934276v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandoval Elliot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ragot Ang&#232;le" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862673v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862653v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075481v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jouve" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862628v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04571245v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05226628v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Jamoneau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872622v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep Angia Siriam Ram" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bailly" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rpd/nc0000" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958299v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990227v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chali&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863954v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202226104001" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862616v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644991v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/hnps.3585" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433920v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363079v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Miras" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lonlac Konlac" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legrand" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Latour" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313886v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Holub" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sergeant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Vesvres" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Mallet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097161v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113361v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dav&#237;dkov&#225;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Goli&#225;&#353;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134343v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Lonlac" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin N&#233;grevergne" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Engelbert Mephu Nguifo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909658v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909534v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Grazia Lai" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909554v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909542v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103661v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pailloux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909538v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909565v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909571v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170126v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112208v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Riera Mora" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Julia" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Llergo" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131230v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Virmoux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sanial" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109426v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alb&#233;ric" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02093898v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109415v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112215v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109417v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Casado Casado" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109419v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109427v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petit" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112809v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112806v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115116v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Steiger" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112804v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112255v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880105v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Yeny" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blondel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115126v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115121v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130262v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115130v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115137v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115142v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115133v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115150v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115148v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267405v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986393v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Luelmo-Lautenschlaeger" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Scott Anderson" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simms" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909583v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909576v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176859v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909590v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176901v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barra" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909594v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909605v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115949v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle-Jeanton" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Casado" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112312v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108568v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108585v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108588v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108589v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Eulin-Garrigue" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909663v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Peeters" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924145v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mazenod" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576295v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Jean-Fran&#231;ois Corenblit" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arrignon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-A Dejaifve" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077900v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077893v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077873v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petit Quentin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077870v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141809v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chabanon" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026061v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrenoud" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armengaud" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Becam" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boulbes" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00730658v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008CLF21860" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>