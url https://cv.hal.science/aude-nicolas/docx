--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -199,78 +199,78 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le Général Bonaparte au pont d’Arcole d’Antoine-Jean Gros : un modèle d’expression du tempérament du chef militaire au combat ? »</w:t>
+                <w:t xml:space="preserve">Le Général Bonaparte au pont d’Arcole d’Antoine-Jean Gros : un modèle d’expression du tempérament du chef militaire au combat ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de la Société des Amis du Musée de l'Armée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 160, p. 15-20</w:t>
+              <w:t xml:space="preserve">, 2025, 160, pp.15-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -4416,1646 +4416,1646 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02356723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Glaive de cérémonie, dit « de dignitaire » du maréchal Bessières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.129, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dolman, pelisse et bonnet de police du prince Frédéric de Salm-Kyrburg (1789-1859)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.148-150, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Glaive de cérémonie dit « de dignitaire » du maréchal Macdonald (1765-1840)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.142, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Dolman, pelisse et bonnet de police du prince Frédéric de Salm-Kyrburg (1789-1859)</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dolman et gilet d’officier du 5e régiment de hussards du capitaine Epinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.148-150, 2010</w:t>
+              <w:t xml:space="preserve">, pp.292, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Glaive de cérémonie, dit « de dignitaire » du maréchal Bessières</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glaive de cérémonie dit « à la chevalière » de Joachim Murat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.129, 2010</w:t>
+              <w:t xml:space="preserve">, pp.122, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dolman et gilet d’officier du 5e régiment de hussards du capitaine Epinat</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigadier des grenadiers à cheval de la Garde impériale en grande tenue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.292, 2010</w:t>
+              <w:t xml:space="preserve">, pp.220-221, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Glaive de cérémonie dit « à la chevalière » de Joachim Murat</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabre à la Marengo du maréchal Lannes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.122, 2010</w:t>
+              <w:t xml:space="preserve">, pp.138, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Brigadier des grenadiers à cheval de la Garde impériale en grande tenue</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habit de grande tenue du maréchal Lannes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.220-221, 2010</w:t>
+              <w:t xml:space="preserve">, pp.136, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sabre à la Marengo du maréchal Lannes</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grenadier à pied de la Garde impériale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.138, 2010</w:t>
+              <w:t xml:space="preserve">, pp.202-204, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Habit de grande tenue du maréchal Lannes</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabre d’officier supérieur des grenadiers à cheval de la Garde des Consuls de Jean-Baptiste Bessières (1768-1813)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.136, 2010</w:t>
+              <w:t xml:space="preserve">, pp.126-128, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Grenadier à pied de la Garde impériale</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habit dit « à la chasseur » et gilet du général Bruyères (1772-1813)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.202-204, 2010</w:t>
+              <w:t xml:space="preserve">, pp.186, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sabre d’officier supérieur des grenadiers à cheval de la Garde des Consuls de Jean-Baptiste Bessières (1768-1813)</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glaive de cérémonie de Joseph Bonaparte (1768-1844)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée de l’Armée / Editions de la revue Napoléon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.112, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habit et chapeau du général de La Roncière (1773-1854)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.126-128, 2010</w:t>
+              <w:t xml:space="preserve">, pp.188, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Habit dit « à la chasseur » et gilet du général Bruyères (1772-1813)</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabre du Premier Consul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée de l’Armée / Editions de la revue Napoléon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.94, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirliton du maréchal Lannes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.186, 2010</w:t>
+              <w:t xml:space="preserve">, pp.140, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Musée de l’Armée / Editions de la revue Napoléon. </w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epée de Joachim Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.112, 2010</w:t>
+              <w:t xml:space="preserve">, pp.124, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Habit et chapeau du général de La Roncière (1773-1854)</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epée d’Austerlitz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.188, 2010</w:t>
+              <w:t xml:space="preserve">, pp.96-97, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Musée de l’Armée / Editions de la revue Napoléon. </w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La campagna d’Italia del 1859</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alinari 24 Ore. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Napoleone III e l’Italia. La nascita di una Nazione (1848-1870)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.76-89, 2010, 8863020507</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’APPHM : recherche, médiation et transmission au service du patrimoine, de l’histoire et des arts militaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CERMA musée de l’Armée. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahier d’Etudes et de Recherches du musée de l’Armée (CERMA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 6, pp.177-191, 2010, Centenaire de la Société des amis du musée de l'Armée (1909-2009), 2-901418-41-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapeau, habit et gilet de général de division</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.94, 2010</w:t>
+              <w:t xml:space="preserve">, pp.184, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Mirliton du maréchal Lannes</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Officier du 8e régiment de hussards en tenue de nankin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.140, 2010</w:t>
+              <w:t xml:space="preserve">, pp.290-291, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, 6, pp.177-191, 2010, Centenaire de la Société des amis du musée de l'Armée (1909-2009), 2-901418-41-4</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chasseur à cheval du 13e régiment en tenue fantaisie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée de l’Armée de Paris / Editions de la revue Napoléon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Napoléon et les Invalides, Collections du musée de l’Armée. Emilie Robbe et Jean-Marie Haussadis (dir.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.274, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...218 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357240v1</w:t>
-              </w:r>
-[...217 lines deleted...]
-                <w:t xml:space="preserve">hal-02357209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habit de chef d’escadron du 1er régiment de chasseurs à cheval</w:t>
               </w:r>
@@ -6453,51 +6453,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5A15174D"/>
+    <w:nsid w:val="A2C9023C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6684,51 +6684,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aude-nicolas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0230-3921" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/231010567" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487805v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nicolas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740103v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510853v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desbourdes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739957v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614265v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648861v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089253v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355498v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355510v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cel.866" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355527v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355552v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355616v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355555v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355633v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355628v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355566v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355587v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Allix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Leclerc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Jouves" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Le Berre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355578v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356685v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Robbe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355598v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355604v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356691v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356701v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261655v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261682v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475018v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475028v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391814v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475006v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063484v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614254v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203400v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083702v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963482v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357270v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357266v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357265v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964035v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357263v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357261v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357259v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357256v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357253v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356721v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261613v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475055v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epopees-histoire.fr/1919159-L-histoire-et-l-art-Berezina-1812-L-Hommage-au-126" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063481v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437797v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357245v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356705v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355458v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261597v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-guerre-de-crimee-premiere-guerre-contemporaine-fixer-les-lieux-representer-l-histoire-conserver-la-memoire.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17890-3.p.0273" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879200v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Robichon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lienarteditions.com/product-page/cheval-en-majest%C3%A9-au-c%C5%93ur-d-une-civilisation" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063475v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124915v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356715v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356723v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357223v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357229v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357213v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357243v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357206v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357238v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357218v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357214v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357237v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357211v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357232v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356851v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357233v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356848v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357221v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356725v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356849v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357242v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357240v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357231v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356727v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357209v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357241v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357226v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357216v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02963471v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aude-nicolas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0230-3921" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/231010567" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487805v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Nicolas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740103v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510853v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desbourdes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739957v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614265v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648861v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089253v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355498v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355510v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cel.866" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355527v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355552v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355616v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355555v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355633v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355628v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355566v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355587v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Allix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Leclerc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Jouves" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Le Berre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355578v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356685v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Robbe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355598v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355604v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356691v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356701v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261655v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261682v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475018v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475028v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391814v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475006v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063484v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614254v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203400v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083702v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963482v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357270v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357266v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357265v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964035v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357263v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357261v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357259v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357256v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357253v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356721v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261613v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475055v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epopees-histoire.fr/1919159-L-histoire-et-l-art-Berezina-1812-L-Hommage-au-126" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063481v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437797v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357245v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356705v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355458v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261597v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-guerre-de-crimee-premiere-guerre-contemporaine-fixer-les-lieux-representer-l-histoire-conserver-la-memoire.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17890-3.p.0273" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879200v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Robichon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lienarteditions.com/product-page/cheval-en-majest%C3%A9-au-c%C5%93ur-d-une-civilisation" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063475v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124915v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356715v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356723v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357213v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357229v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357223v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357243v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357206v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357238v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357218v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357214v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357237v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357211v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357232v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356851v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357233v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356848v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357221v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357209v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356849v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356727v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356725v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357231v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357242v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357240v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357241v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357226v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357216v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02963471v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>