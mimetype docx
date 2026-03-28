--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1067,165 +1067,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04390778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Landscapes of Abandonment to Tourist Experiences: Shifting Imaginations and Practices of Modern Ruins</w:t>
+                <w:t xml:space="preserve">Die Räumlichkeiten des Verlusts: Überlegungen anhand von Lost Places und Urban Exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Le Gallou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deutscher Kongress für Geographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Deutsche Gesellschaft für Geographie, Sep 2023, Francfort sur le Main, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04432983v1</w:t>
+                <w:t xml:space="preserve">hal-04432901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Die Räumlichkeiten des Verlusts: Überlegungen anhand von Lost Places und Urban Exploration</w:t>
+                <w:t xml:space="preserve">From Landscapes of Abandonment to Tourist Experiences: Shifting Imaginations and Practices of Modern Ruins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Le Gallou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deutscher Kongress für Geographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Deutsche Gesellschaft für Geographie, Sep 2023, Francfort sur le Main, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04432901v1</w:t>
+                <w:t xml:space="preserve">hal-04432983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la croisée des temporalités : les friches urbaines comme espaces de projection. Réflexions à partir du cas de Détroit (États-Unis)</w:t>
               </w:r>
@@ -2330,51 +2330,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03942798v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Le Gallou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lesn&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432815v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.4749" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284362v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.4241" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943497v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284349v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJTC-12-2017-0085" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284375v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.15564" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284382v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.9794" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640222v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chilaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Delassalle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Guinard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amerika.4373" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CRPD7Z56-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04742432v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04742430v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390778v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432983v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432901v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435775v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435796v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654921v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duranel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943506v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943517v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943519v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943514v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943512v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943509v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943500v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baysse-Lain&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oiry Annaig" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03710646v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03942798v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Le Gallou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lesn&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432815v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.4749" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284362v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.4241" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943497v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284349v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJTC-12-2017-0085" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284375v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.15564" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284382v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.9794" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640222v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chilaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Delassalle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Guinard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amerika.4373" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CRPD7Z56-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04742432v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04742430v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390778v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432901v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432983v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435775v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435796v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654921v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duranel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943506v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943517v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943519v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943514v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943512v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943509v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943500v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baysse-Lain&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oiry Annaig" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03710646v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>