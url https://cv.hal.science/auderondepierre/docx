--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1014,235 +1014,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02173978v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust control of a cable from a hyperbolic partial differential equation model</w:t>
+                <w:t xml:space="preserve">Optimal Convergence Rates for Nesterov Acceleration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Baudouin</w:t>
+                <w:t xml:space="preserve">Jean François Aujol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles H Dossal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Neild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCST.2018.2797938⟩</w:t>
+              <w:t xml:space="preserve">SIAM Journal on Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (4), pp.3131-3153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/18M1186757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01096851v2</w:t>
+                <w:t xml:space="preserve">hal-01786117v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Convergence Rates for Nesterov Acceleration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robust control of a cable from a hyperbolic partial differential equation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Rondepierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean François Aujol</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aude Rondepierre</w:t>
+                <w:t xml:space="preserve">Simon Neild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 29 (4), pp.3131-3153. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (3), pp.1343-1351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1137/18M1186757⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TCST.2018.2797938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01786117v4</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01096851v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical Solutions for Impulsive Elliptic Out-of-Plane Rendezvous Problem via Primer Vector Theory</w:t>
               </w:r>
@@ -1326,373 +1326,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01807056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON LOCAL CONVERGENCE OF THE METHOD OF ALTERNATING PROJECTIONS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast and Accurate Computation of Orbital Collision Probability for Short-Term Encounters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Arzelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominikus Noll</w:t>
+                <w:t xml:space="preserve">Mioara Joldes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foundations of Computational Mathematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 39 (5), pp.1009-1021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.G001353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01807098v1</w:t>
+                <w:t xml:space="preserve">hal-01132149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and Accurate Computation of Orbital Collision Probability for Short-Term Encounters</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Bernard Lasserre</w:t>
+                <w:t xml:space="preserve">A robust optimization methodology for preliminary aircraft design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Druot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Belleville</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Guidance, Control, and Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/1.G001353⟩</w:t>
+              <w:t xml:space="preserve">Engineering Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (5), pp.883-899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/0305215X.2015.1062985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01132149v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01493830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust optimization methodology for preliminary aircraft design</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Maréchal</w:t>
+                <w:t xml:space="preserve">ON LOCAL CONVERGENCE OF THE METHOD OF ALTERNATING PROJECTIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominikus Noll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Belleville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Optimization</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Foundations of Computational Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (2), pp 425-455</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01493830v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Mixed Iterative Algorithm to Solve the Fuel-Optimal Linear Impulsive Rendezvous Problem</w:t>
               </w:r>
@@ -1786,51 +1786,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A proximal approach to the inversion of ill-conditioned matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1868,51 +1868,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Proximity Control Algorithm to Minimize Nonsmooth and Nonconvex Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominikus Noll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Prot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1976,51 +1976,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed H2/H∞ Control via Nonsmooth Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Apkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominikus Noll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2138,51 +2138,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mioara Joldeş</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sohie Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2272,51 +2272,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Deak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mioara Joldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Louembet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2393,64 +2393,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Arzelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mioara Joldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2609,103 +2609,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chance constrained business case of a three-engines hybrid aircraft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Belleville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Prigent</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thierry Druot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th World Congress on Structural and Multidisciplinary Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Orlando, Florida, United States. Papers 5154 - 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2730,64 +2730,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Measurement Feedback Control of an Inclined Cable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Neild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2851,51 +2851,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed H2/H∞ control via nonsmooth optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Apkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominikus Noll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2955,51 +2955,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonsmooth optimization algorithm for mixed H2/H∞ synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Apkarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominikus Noll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3451,51 +3451,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Arzelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mioara Joldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3533,51 +3533,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergence of Linesearch and Trust-Region Methods Using the Kurdyka-Łojasiewicz Inequality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominikus Noll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3890,216 +3890,216 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05444996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locally convergent bi-level MDO architectures based on the block coordinate descent algorithm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Gallard</w:t>
+                <w:t xml:space="preserve">Strong Convergence of FISTA Iterates under Hölderian and Quadratic Growth Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Aujol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Dossal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hippolyte Labarrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04758286v2</w:t>
+                <w:t xml:space="preserve">hal-04660448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong Convergence of FISTA Iterates under Hölderian and Quadratic Growth Conditions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hippolyte Labarrière</w:t>
+                <w:t xml:space="preserve">Locally convergent bi-level MDO architectures based on the block coordinate descent algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660448v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758286v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergence rates of the Heavy-Ball method for quasi-strongly convex optimization</w:t>
               </w:r>
@@ -4319,64 +4319,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Arzelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mioara Joldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4437,64 +4437,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Arzelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mioara Joldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Martire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4555,64 +4555,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Arzelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mioara Joldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rondepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5092,51 +5092,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153525v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Aujol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H Dossal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Labarri&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rondepierre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172497v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Calatroni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dossal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M158961X" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630785v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dambrine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch Dossal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Puig" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1435665" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693218v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#259;n H&#224;o Ho&#224;ng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-023-10058-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491527v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F Aujol" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-023-01960-6" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928958v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-022-01770-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965095v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Apidopoulos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-020-01476-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173978v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Sebbouh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1272767" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096851v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Baudouin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Neild" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2797938" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786117v4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Aujol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1186757" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807056v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Serra" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Arzelier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2017.2656022" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807098v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominikus Noll" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132149v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mioara Joldes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Lasserre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.G001353" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01493830v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mar&#233;chal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Druot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Belleville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0305215X.2015.1062985" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687499v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Louembet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Kara-Zaitri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373356v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00464695v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Prot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634512v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Apkarian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/070685026" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03158347v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Br&#233;hard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mioara Jolde&#351;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohie Laurens" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC45484.2021.9683445" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275427v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Deak" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.09.064" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01092420v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2014-4366" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995940v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Calvet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991343v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Belleville" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784727v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wagg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991304v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Apkarian" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2009.5400165" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991307v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2007.4434088" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01807149v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Dumas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1073884.1073923" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807138v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36580-X_14" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-NVWCMX9T-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728121v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hermant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Renaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995936v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966342v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7621-4_27" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-42DVB1T1-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503080v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorick Huang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444996v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758286v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann David" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gallard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660448v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545245v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009558v4" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pernet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Villard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444341v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02077552v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Martire" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131384v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004191v4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00112203v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/tel-01479611v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153525v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Aujol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H Dossal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Labarri&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rondepierre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172497v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Calatroni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dossal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M158961X" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630785v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dambrine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch Dossal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Puig" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1435665" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693218v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#259;n H&#224;o Ho&#224;ng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00245-023-10058-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491527v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F Aujol" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-023-01960-6" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928958v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-022-01770-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965095v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Apidopoulos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-020-01476-3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173978v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Sebbouh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1272767" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786117v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Aujol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1186757" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096851v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Baudouin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Neild" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2797938" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807056v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Serra" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Arzelier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2017.2656022" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132149v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mioara Joldes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Lasserre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.G001353" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01493830v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mar&#233;chal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Druot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Belleville" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0305215X.2015.1062985" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807098v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominikus Noll" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687499v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Louembet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Kara-Zaitri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373356v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00464695v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Prot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634512v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Apkarian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/070685026" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03158347v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Br&#233;hard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mioara Jolde&#351;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohie Laurens" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC45484.2021.9683445" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275427v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Deak" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.09.064" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01092420v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2014-4366" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995940v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Calvet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991343v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Belleville" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784727v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wagg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991304v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Apkarian" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2009.5400165" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991307v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2007.4434088" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01807149v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Dumas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1073884.1073923" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807138v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36580-X_14" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-NVWCMX9T-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728121v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hermant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Renaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995936v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966342v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-7621-4_27" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-42DVB1T1-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503080v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorick Huang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444996v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660448v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758286v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann David" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gallard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545245v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009558v4" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pernet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Villard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444341v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02077552v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Martire" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131384v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004191v4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00112203v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/tel-01479611v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>