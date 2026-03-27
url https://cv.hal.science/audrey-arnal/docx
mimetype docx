--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -294,546 +294,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fighting Strategies Against Chagas’ Disease: A Review</w:t>
+                <w:t xml:space="preserve">Chagas Disease in Context: How Social, Economic, and Cultural Realities Shape Risk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Hernández-Flores</w:t>
+                <w:t xml:space="preserve">Mariela Aké-Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debora Elías-Díaz</w:t>
+                <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernadeth Cubillo-Cervantes</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Carlos Ibarra-Cerdeña</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens14020183⟩</w:t>
+              <w:t xml:space="preserve">Disease Biology, Genetics, and Socioecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.53941/dbgs.2025.100011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04968656v1</w:t>
+                <w:t xml:space="preserve">hal-05506260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging Small Biodiversity Reserves to Prevent Zoonotic Disease: Insights from Dilution Effect and Pathogen Adaptation Theories</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is malathion oncogenic for mosquitoes? A transcriptomic and histological study of adults derived from malathion exposed larvae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Burioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Jacquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Arnal</w:t>
+                <w:t xml:space="preserve">Sophie Labrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Elie Gozlan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Andrea Chaves</w:t>
+                <w:t xml:space="preserve">Stéphane Duchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disease Biology, Genetics, and Socioecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.53941/dbgs.2025.100006⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 301, pp.118449. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.118449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05506262v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05118111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chagas Disease in Context: How Social, Economic, and Cultural Realities Shape Risk</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fighting Strategies Against Chagas’ Disease: A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Hernández-Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Elías-Díaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariela Aké-Chan</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Bernadeth Cubillo-Cervantes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Ibarra-Cerdeña</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Morán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disease Biology, Genetics, and Socioecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.53941/dbgs.2025.100011⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (2), pp.183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens14020183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05506260v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is malathion oncogenic for mosquitoes? A transcriptomic and histological study of adults derived from malathion exposed larvae</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Leveraging Small Biodiversity Reserves to Prevent Zoonotic Disease: Insights from Dilution Effect and Pathogen Adaptation Theories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Jacquin</w:t>
+                <w:t xml:space="preserve">Rodolphe Elie Gozlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Labrut</w:t>
+                <w:t xml:space="preserve">Nathalie Charbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Duchon</w:t>
+                <w:t xml:space="preserve">Marie Bouilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 301, pp.118449. </w:t>
+              <w:t xml:space="preserve">Disease Biology, Genetics, and Socioecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.118449⟩</w:t>
+                <w:t xml:space="preserve">⟨10.53941/dbgs.2025.100006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05118111v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05506262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bat coronavirus surveillance across different habitats in Yucatán, México</w:t>
               </w:r>
@@ -1126,51 +1126,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Pérez-Lombardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Marcé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1273,51 +1273,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irving Jesús May-Concha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa de Jesús Montalvo-Balam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Tropica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 248, pp.107038. </w:t>
@@ -1617,507 +1617,507 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03663551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Was the COVID‐19 pandemic avoidable? A call for a “solution‐oriented” approach in pathogen evolutionary ecology to prevent future outbreaks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Roche</w:t>
+                <w:t xml:space="preserve">Extent of polymorphism and selection pressure on the Trypanosoma cruzi vaccine candidate antigen Tc24</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres Garchitorena</w:t>
+                <w:t xml:space="preserve">Liliana Villanueva-Lizama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐françois Guégan</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Teh-Poot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dumonteil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ele.13586⟩</w:t>
+              <w:t xml:space="preserve">Evolutionary Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (10), pp.2663-2672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eva.13068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944182v1</w:t>
+                <w:t xml:space="preserve">hal-04968651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extent of polymorphism and selection pressure on the Trypanosoma cruzi vaccine candidate antigen Tc24</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Cancer and mosquitoes – An unsuspected close connection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Teh-Poot</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Herrera</w:t>
+                <w:t xml:space="preserve">Louis-Clément Gouagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine M Dujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Dumonteil</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Beata Ujvari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13 (10), pp.2663-2672. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 743, pp.140631. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/eva.13068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.140631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04968651v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02959074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer and mosquitoes – An unsuspected close connection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Was the COVID‐19 pandemic avoidable? A call for a “solution‐oriented” approach in pathogen evolutionary ecology to prevent future outbreaks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Garchitorena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐françois Guégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Beata Ujvari</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David A Roiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 743, pp.140631. </w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (11), pp.1557-1560. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.140631⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ele.13586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02959074v1</w:t>
+                <w:t xml:space="preserve">hal-02944182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating the current burden of Chagas disease in Mexico: A systematic review and meta-analysis of epidemiological surveys from 2006 to 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Waleckx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Rico-Chávez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Herrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dumonteil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 13 (4), pp.e0006859. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2164,51 +2164,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disentangling Trypanosoma cruzi transmission cycle dynamics through the identification of blood meal sources of natural populations of Triatoma dimidiata in Yucatán, Mexico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Israel Moo-Millan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Pérez-Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2324,51 +2324,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa de Jesús Montalvo-Balam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron Pinzón-Canul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerardo Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2419,77 +2419,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer brings forward oviposition in the fly Drosophila melanogaster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jacqueline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beata Ujvari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2681,501 +2681,501 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01775816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer and life-history traits: lessons from host–parasite interactions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Host manipulation by cancer cells: Expectations, facts, and therapeutic implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christa Beckmann</w:t>
+                <w:t xml:space="preserve">Tazzio Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jacqueline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter A Biro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Audrey Arnal</w:t>
+                <w:t xml:space="preserve">Robert Poulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Tasiemski</w:t>
+                <w:t xml:space="preserve">Thierry Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 143 (5), pp.533-541. </w:t>
+              <w:t xml:space="preserve">BioEssays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 38 (3), pp.276-285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0031182016000147⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/bies.201500163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01278593v1</w:t>
+                <w:t xml:space="preserve">hal-01278160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host manipulation by cancer cells: Expectations, facts, and therapeutic implications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Camille Jacqueline</w:t>
+                <w:t xml:space="preserve">Antimicrobial resistance in wildlife</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Poulin</w:t>
+                <w:t xml:space="preserve">Sylvain Godreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Lefèvre</w:t>
+                <w:t xml:space="preserve">Franck Prugnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Durand Patrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Brazier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEssays</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 38 (3), pp.276-285. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 53 (2), pp.519-529. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/bies.201500163⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.12596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-                <w:t xml:space="preserve">hal-01278160v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antimicrobial resistance in wildlife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Vittecoq</w:t>
+                <w:t xml:space="preserve">Cancer and life-history traits: lessons from host–parasite interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beata Ujvari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christa Beckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Godreuil</w:t>
+                <w:t xml:space="preserve">Peter A Biro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Prugnolle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lionel Brazier</w:t>
+                <w:t xml:space="preserve">Aurélie Tasiemski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 53 (2), pp.519-529. </w:t>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 143 (5), pp.533-541. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.12596⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0031182016000147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01278544v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The guardians of inherited oncogenic vulnerabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tazzio Tissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beata Ujvari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonard Nunney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3245,510 +3245,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01239554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer: an emergent property of disturbed resource-rich environments? Ecology meets personalized medicine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutionary perspective of cancer: myth, metaphors, and reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beata Ujvari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Ducasse</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marion Vittecoq</w:t>
+                <w:t xml:space="preserve">Bernard Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Daoust</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Beata Ujvari</w:t>
+                <w:t xml:space="preserve">Robert Gatenby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tazzio Tissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 8 (6), pp.527-540. </w:t>
+              <w:t xml:space="preserve">, 2015, 8 (6), pp.541-544. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/eva.12232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/eva.12265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02502838v1</w:t>
+                <w:t xml:space="preserve">hal-02502595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary perspective of cancer: myth, metaphors, and reality</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Animal behaviour and cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vittecoq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Ducasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anders Pape Møller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beata Ujvari</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tazzio Tissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 8 (6), pp.541-544. </w:t>
+              <w:t xml:space="preserve">Animal Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 101, pp.19-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/eva.12265⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2014.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02502595v1</w:t>
+                <w:t xml:space="preserve">hal-02513651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animal behaviour and cancer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cancer: an emergent property of disturbed resource-rich environments? Ecology meets personalized medicine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Ducasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Daoust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beata Ujvari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2014.12.001⟩</w:t>
+              <w:t xml:space="preserve">Evolutionary Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (6), pp.527-540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eva.12232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02513651v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02502838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activity level and aggregation behavior in the crustacean gammarid Gammarus insensibilis parasitized by the manipulative trematode Microphallus papillorobustus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Droit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Elguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3799,103 +3799,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can Peto’s paradox be used as the null hypothesis to identify the role of evolution in natural resistance to cancer? A critical review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beata Ujvari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Solary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15, pp.792. </w:t>
@@ -3933,51 +3933,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laridae: a neglected reservoir that could play a major role in avian influenza virus epidemiological dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Vittecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4071,51 +4071,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulation of a meaban-like virus in yellow-legged gulls and seabird ticks in the Western mediterranean basin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Gómez-Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4352,51 +4352,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trade-offs shape the evolution of the vector-borne insect pathogen Xenorhabdus nematophila</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Ferdy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4482,51 +4482,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Pearce-Duvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ali Chokri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gauthier-Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4609,51 +4609,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment la biologie de la conservation peut-elle réduire le risque d'épidémies chez les populations humaines ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4727,51 +4727,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D'où vient le cancer, et pourquoi n'a-t-il pas été éliminé par l'évolution ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4856,51 +4856,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavivirus antibodies in yellow-legged gull (&amp;lt;em&amp;gt;Larus michahellis&amp;lt;/em&amp;gt;) eggs in the western Mediterranean basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5013,51 +5013,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of infectious diseases circulation via the analysis of Yellow-legged Gull (&amp;lt;em&amp;gt;Larus michahellis&amp;lt;/em&amp;gt;) eggs: detection of antibodies against a flavivirus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Arnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5228,51 +5228,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="19921A9D"/>
+    <w:nsid w:val="612CAF88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5459,51 +5459,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-arnal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5977-8816" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968654v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Chaves" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mendoza" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Herrera" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuri Pacheco-Zapata" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s L&#243;pez-P&#233;rez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42522-024-00120-w" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968656v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Hern&#225;ndez-Flores" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora El&#237;as-D&#237;az" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadeth Cubillo-Cervantes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ibarra-Cerde&#241;a" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mor&#225;n" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens14020183" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506262v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Arnal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Elie Gozlan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Charbonnel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouilloud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53941/dbgs.2025.100006" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506260v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariela Ak&#233;-Chan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53941/dbgs.2025.100011" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118111v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Burioli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Jacquin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Labrut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Duchon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.118449" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968653v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Antonio Jim&#233;nez-Rico" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Laura Vigueras-Galv&#225;n" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hern&#225;ndez-Villegas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Mart&#237;nez-Duque" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Roiz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2025.110401" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506258v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Castel&#225;n-S&#225;nchez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Moreira-Soto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Jim&#233;nez-Rico" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v17060758" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937664v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda P&#233;rez-Lombardini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Roche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Marc&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2024.117415" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948484v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Israel Moo-Millan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anette Hern&#225;ndez-Andrade" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irving Jes&#250;s May-Concha" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa de Jes&#250;s Montalvo-Balam" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2023.107038" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326353v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubane Renard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda P&#233;rez Lombardini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuri Pacheco Zapata" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Porphyre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bento" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12121421" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663551v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine M Dujon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boutry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tissot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lema&#238;tre Lema&#238;tre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Boddy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.861103" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944182v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Garchitorena" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gu&#233;gan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13586" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968651v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Villanueva-Lizama" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Teh-Poot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Herrera" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dumonteil" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13068" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02959074v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Cl&#233;ment Gouagna" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beata Ujvari" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140631" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968650v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Waleckx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Rico-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0006859" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968649v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia P&#233;rez-Carrillo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anette Hernandez-Andrade" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jes&#250;s Ram&#237;rez-Sierra" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-019-3819-7" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968648v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Pinz&#243;n-Canul" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Marti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01647954.2018.1487467" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453447v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jacqueline" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Leger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moreno" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2571" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775816v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vittecoq" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisl&#232;ne Laurens" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Brazier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Patrick" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elguero" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2707" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278593v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Beckmann" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter A Biro" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tasiemski" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182016000147" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278160v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tazzio Tissot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Poulin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lef&#232;vre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.201500163" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q7R41K5L-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278544v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Godreuil" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Prugnolle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.12596" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239554v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Nunney" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Solary" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.12809" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P92C8G63-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02502838v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ducasse" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Daoust" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12232" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02502595v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Crespi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gatenby" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12265" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02513651v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Pape M&#248;ller" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2014.12.001" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVDB2J0W-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411009v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Droit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta S&#225;nchez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2015.00109" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01258455v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Solary" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-015-1782-z" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935832v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Pearce-Duvet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulinier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/1040841X.2013.870967" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640395v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena G&#243;mez-D&#237;az" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cerd&#224;-Cu&#233;llar" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lecollinet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0089601" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965565v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jourdain" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2012.1166" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644781v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapuis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ferdy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2012.0228" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968637v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessalem Hammouda" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ali Chokri" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2011.0639" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052243v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141107v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.m4tp43sy3" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807195v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Gonz&#225;lez&#8208;sol&#237;s" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807201v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-arnal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5977-8816" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968654v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Chaves" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mendoza" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Herrera" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuri Pacheco-Zapata" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s L&#243;pez-P&#233;rez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42522-024-00120-w" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506260v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariela Ak&#233;-Chan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Arnal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ibarra-Cerde&#241;a" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53941/dbgs.2025.100011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118111v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Burioli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Jacquin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Labrut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Duchon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.118449" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968656v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Hern&#225;ndez-Flores" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora El&#237;as-D&#237;az" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadeth Cubillo-Cervantes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mor&#225;n" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens14020183" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506262v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Elie Gozlan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Charbonnel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouilloud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53941/dbgs.2025.100006" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968653v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Antonio Jim&#233;nez-Rico" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Laura Vigueras-Galv&#225;n" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hern&#225;ndez-Villegas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Mart&#237;nez-Duque" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Roiz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2025.110401" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506258v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Castel&#225;n-S&#225;nchez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Moreira-Soto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Jim&#233;nez-Rico" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v17060758" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937664v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda P&#233;rez-Lombardini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Roche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Marc&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2024.117415" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948484v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Israel Moo-Millan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anette Hern&#225;ndez-Andrade" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irving Jes&#250;s May-Concha" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa de Jes&#250;s Montalvo-Balam" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2023.107038" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326353v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubane Renard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda P&#233;rez Lombardini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuri Pacheco Zapata" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Porphyre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bento" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12121421" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663551v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine M Dujon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boutry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tissot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lema&#238;tre Lema&#238;tre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Boddy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.861103" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968651v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Villanueva-Lizama" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Teh-Poot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Herrera" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dumonteil" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13068" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02959074v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Cl&#233;ment Gouagna" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beata Ujvari" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140631" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02944182v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Garchitorena" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gu&#233;gan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13586" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968650v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Waleckx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Rico-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0006859" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968649v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia P&#233;rez-Carrillo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anette Hernandez-Andrade" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jes&#250;s Ram&#237;rez-Sierra" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-019-3819-7" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968648v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Pinz&#243;n-Canul" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Marti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01647954.2018.1487467" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453447v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jacqueline" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Leger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moreno" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2571" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775816v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vittecoq" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisl&#232;ne Laurens" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Brazier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Patrick" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elguero" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2707" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278160v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tazzio Tissot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Poulin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lef&#232;vre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.201500163" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q7R41K5L-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278544v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Godreuil" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Prugnolle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.12596" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278593v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Beckmann" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter A Biro" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tasiemski" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182016000147" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239554v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Nunney" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Solary" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.12809" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P92C8G63-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02502595v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Crespi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gatenby" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12265" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02513651v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Ducasse" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Pape M&#248;ller" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2014.12.001" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVDB2J0W-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02502838v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Daoust" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12232" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411009v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Droit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta S&#225;nchez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2015.00109" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01258455v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Solary" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-015-1782-z" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935832v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Pearce-Duvet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulinier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/1040841X.2013.870967" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640395v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena G&#243;mez-D&#237;az" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cerd&#224;-Cu&#233;llar" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lecollinet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0089601" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965565v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jourdain" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2012.1166" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644781v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapuis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ferdy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2012.0228" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968637v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessalem Hammouda" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ali Chokri" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2011.0639" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052243v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141107v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.m4tp43sy3" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807195v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Gonz&#225;lez&#8208;sol&#237;s" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807201v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>