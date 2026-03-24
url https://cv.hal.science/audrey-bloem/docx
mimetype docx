--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -234,546 +234,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Stage Screening of Metschnikowia spp. Bioprotective Properties: From Grape Juice to Fermented Must by Saccharomyces cerevisiae</w:t>
+                <w:t xml:space="preserve">Differences in the management of intracellular redox state between wine yeast species dictate their fermentation performances and metabolite production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Aragno</w:t>
+                <w:t xml:space="preserve">Viwe Tyibilika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Fernandez-Valle</w:t>
+                <w:t xml:space="preserve">Mathabatha Setati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angèle Thiriet</w:t>
+                <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Grondin</w:t>
+                <w:t xml:space="preserve">Benoit Divol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (8), pp.1659. </w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 411, pp.110537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/microorganisms12081659⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2023.110537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04804868v1</w:t>
+                <w:t xml:space="preserve">hal-04573544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in the management of intracellular redox state between wine yeast species dictate their fermentation performances and metabolite production</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Exploring fermentative metabolic response to varying exogenous supplies of redox cofactor precursors in selected wine yeast species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viwe Tyibilika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathabatha Setati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Divol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2023.110537⟩</w:t>
+              <w:t xml:space="preserve">FEMS Yeast Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24, pp.104270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsyr/foae029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04573544v1</w:t>
+                <w:t xml:space="preserve">hal-04945702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring fermentative metabolic response to varying exogenous supplies of redox cofactor precursors in selected wine yeast species</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arôme de Champignon Frais (ACF) : Dernières avancées scientifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Bloem</w:t>
+                <w:t xml:space="preserve">Léa Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Augès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Divol</w:t>
+                <w:t xml:space="preserve">Héloise Mahé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Camarasa</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sylvie Collas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Yeast Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le vigneron Champenois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.34-43</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04945702v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arôme de Champignon Frais (ACF) : Dernières avancées scientifiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two-Stage Screening of Metschnikowia spp. Bioprotective Properties: From Grape Juice to Fermented Must by Saccharomyces cerevisiae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Aragno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Fernandez-Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Delcros</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eléonore Augès</w:t>
+                <w:t xml:space="preserve">Angèle Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héloise Mahé</w:t>
+                <w:t xml:space="preserve">Cécile Grondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Collas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Hervé</w:t>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le vigneron Champenois</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (8), pp.1659. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms12081659⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957153v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Insights into the Origin of Volatile Sulfur Compounds during Wine Fermentation and Their Evolution during Aging</w:t>
               </w:r>
@@ -798,64 +798,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Farines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Sablayrolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fermentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 8 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -915,64 +915,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lethiwe L Mbuyane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian F Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1036,90 +1036,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen metabolism in three non-conventional wine yeast species: A tool to modulate wine aroma profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Brand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 94, </w:t>
@@ -1151,334 +1151,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02955538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to modulate the formation of negative volatile sulfur compounds during wine fermentation?</w:t>
+                <w:t xml:space="preserve">Influence of single nitrogen compounds on growth and fermentation performance of Starmerella bacillaris and Saccharomyces cerevisiae during alcoholic fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Jimenez-Lorenzo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Vasileios Englezos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cocolin Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kalliopi Rantsiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Julien Ortiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Yeast Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/femsyr/foab038⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 87 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02485-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03361940v1</w:t>
+                <w:t xml:space="preserve">hal-02966060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of single nitrogen compounds on growth and fermentation performance of Starmerella bacillaris and Saccharomyces cerevisiae during alcoholic fermentation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How to modulate the formation of negative volatile sulfur compounds during wine fermentation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Julien Ortiz</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Rafael Jimenez-Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Farines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Sablayrolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 87 (5), </w:t>
+              <w:t xml:space="preserve">FEMS Yeast Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.02485-20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/femsyr/foab038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02966060v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysing the impact of the nature of the nitrogen source on the formation of volatile compounds to unravel the aroma metabolism of two non-Saccharomyces strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Seguinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1581,51 +1581,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Seguinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1836,90 +1836,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparison of the nitrogen metabolic networks of Kluyveromyces marxianus and Saccharomyces cerevisiae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ortiz‐julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian F. Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 16 p. </w:t>
@@ -1957,103 +1957,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific phenotypic traits of Starmerella bacillaris related to nitrogen source consumption and central carbon metabolite production during wine fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasileios Englezos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Cocolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kalliopi Rantsiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 84 (16), </w:t>
@@ -2104,90 +2104,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fermentation performances and aroma production of non-conventional wine yeasts are influenced by nitrogen preferences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Divol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Yeast Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 18 (5), 11 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2221,51 +2221,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workflow based on the combination of isotopic tracer experiments to investigate microbial metabolism of multiple nutrient sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2368,90 +2368,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altered fermentation performances, growth, and metabolic footprints reveal competition for nutrients between yeast species inoculated in synthetic grape juice-like medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Divol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9, 12 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2511,51 +2511,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Crepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat My Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2645,51 +2645,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Roch Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2753,90 +2753,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic impact of redox cofactor perturbations on the formation of aroma compounds in Saccharomyces cerevisiae.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 82 (1), pp.174-183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2864,316 +2864,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment la nutrition azotée influe-t-elle sur la production d'arômes?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combined effects of nutrients and temperature on the production of fermentative aromas by Saccharomyces cerevisiae during wine fermentation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Oenologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 99 (5), pp.2291-2304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-014-6210-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01604946v1</w:t>
+                <w:t xml:space="preserve">hal-01837726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined effects of nutrients and temperature on the production of fermentative aromas by Saccharomyces cerevisiae during wine fermentation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment la nutrition azotée influe-t-elle sur la production d'arômes?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Crépin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhat-My Truong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Française d'Oenologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 271, pp.8-10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01837726v1</w:t>
+                <w:t xml:space="preserve">hal-01604946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrolysis of glycosidically bound flavour compounds from oak wood by Oenococcus oeni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lonvaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3245,51 +3245,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanillin production from simple phenols by wine-associated lactic acid bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3375,51 +3375,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction of Oenococcus oeni and oak wood compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles de Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Augustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3515,103 +3515,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioprotection of grape must by Metschnikowia sp.: genericity and mechanism;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Aragno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Fernandez-Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Congress on Grapevine and Wine Sciences (2ICGWS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Logroño, Spain</w:t>
@@ -3640,90 +3640,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of unpleasant smelling sulphur compounds during wine fermentation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Jimenez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Farines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Vino Analytica Scientia 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Neustadt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3787,64 +3787,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Seguinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journée Scientifique de la Vigne et du Vin - JSVV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3882,64 +3882,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentialities of wine yeasts to produce unusual aromas during fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bergler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3988,51 +3988,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Saccharomyces yeast nitrogen consumption and metabolite production during wine fermentation</w:t>
+                <w:t xml:space="preserve">Non-Saccharomyces yeastnitrogen consumption and metabolite production during wine fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Seguinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Englezos</w:t>
@@ -4046,118 +4046,118 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bergler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A Ortiz-Julien</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OENOIVAS 2019 - 11. International Symposium of Œnology, Bordeaux- 11. In Vino Analytica Scientia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02961868v1</w:t>
+                <w:t xml:space="preserve">hal-02966818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Saccharomyces yeastnitrogen consumption and metabolite production during wine fermentation</w:t>
+                <w:t xml:space="preserve">Non-Saccharomyces yeast nitrogen consumption and metabolite production during wine fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Seguinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Englezos</w:t>
@@ -4171,163 +4171,163 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bergler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OENOIVAS 2019 - 11. International Symposium of Œnology, Bordeaux- 11. In Vino Analytica Scientia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02966818v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of nitrogen sources on the fermentative kinetic and aroma compounds production by non-Saccharomyces yeasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Seguinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4382,51 +4382,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of IBMP-Polypenol interactions on volatility and sensory perception in model wine solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.C. Johansson Filote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4507,51 +4507,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IBMP-Polypenol interactions: impact on volatility and sensory perception in model wine solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.C. Johansson Filote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4619,90 +4619,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic impact of redox perturbations on the formation of aroma compounds during alcoholic fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Symposium International d’Œnologie de Bordeaux, Œno2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France. pp.196-199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4727,51 +4727,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution des bactéries lactiques à l'arôme boisé des vins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles de Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4861,333 +4861,333 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic diversity and bio-protection capability of Metschnikowia sp. in oenology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Phenotypic diversity and bio-protection characteristic of Metschnikowia sp. in oenology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Aragno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Fernandez-Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Grondin</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Legras</w:t>
+                <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Macrowine Conference on Macromolecules and Secondary Metabolites of Vine and Wine (Oeno Macrowine 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Bordeaux, France. , II.P.20, pp.196, 2023, Proceedings of ŒnoMacrowine 2023</w:t>
+              <w:t xml:space="preserve">PYYF8 - 8. Conference on Physiology of Yeasts and Filamentous Fungi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Cork, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04235433v1</w:t>
+                <w:t xml:space="preserve">hal-04228517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic diversity and bio-protection characteristic of Metschnikowia sp. in oenology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Phenotypic diversity and bio-protection capability of Metschnikowia sp. in oenology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Aragno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Fernandez-Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Legras</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PYYF8 - 8. Conference on Physiology of Yeasts and Filamentous Fungi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Cork, Ireland</w:t>
+              <w:t xml:space="preserve">9. International Macrowine Conference on Macromolecules and Secondary Metabolites of Vine and Wine (Oeno Macrowine 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bordeaux, France. , II.P.20, pp.196, 2023, Proceedings of ŒnoMacrowine 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04228517v1</w:t>
+                <w:t xml:space="preserve">hal-04235433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité phénotypique et capacité bioprotectrice de Metschnikowia sp. en œnologie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Aragno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbes 2022. 17. Congrès national de la Société Française de Microbiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5212,90 +5212,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and modulation of VSCs formation during wine fermentation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Jimenez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Farines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Symposium on Macromolecules and Secondary Metabolites of Grapevine and Wine (Macrowine 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5458,51 +5458,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISPERSIVE LIQUID-LIQUID MICROEXTRACTION FOR THE QUANTIFICATION OF TERPENS IN WINES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bergler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Brulfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5570,51 +5570,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental conditions can modulate the production of volatile sulfur compounds (VSC) during wine fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Jimenez-Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5708,90 +5708,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNA seq reveals different yeast behaviours in terms of nitrogen consumption and fermentative aroma production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Julien Ortiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Divol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Symposium on Macromolecules and Secondary Metabolites of Grapevine and Wine (Macrowine 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Zaragoza, Spain. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5829,90 +5829,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in the volatile fingerprints and fermentation performances of non-Saccharomyces and Saccharomyces wine yeasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bergler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Colonna-Ceccaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Symposium on Macromolecules and Secondary Metabolites of Grapevine and Wine (Macrowine 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Zaragoza, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5976,51 +5976,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Brial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6056,446 +6056,446 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aromas metabolic fluxes prediction in oenological fermentation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Impact of nitrogen sources on the fermentative kinetic of non -Saccharomyces yeasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Seguinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Julien Ortiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33. International Specialised Symposium on Yeasts Exploring and Engineering Yeasts for Industrial Application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2017, Cork, Ireland. 2017</w:t>
+              <w:t xml:space="preserve">, Jun 2017, Cork, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606395v1</w:t>
+                <w:t xml:space="preserve">hal-02958350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of nitrogen sources on the fermentative kinetic of non - Saccharomyces yeasts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Aromas metabolic fluxes prediction in oenological fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Nidelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33. International Specialised Symposium on Yeasts Exploring and Engineering Yeasts for Industrial Application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2017, Cork, United Kingdom. , 2017</w:t>
+              <w:t xml:space="preserve">, Jun 2017, Cork, Ireland. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604146v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of nitrogen sources on the fermentative kinetic of non -Saccharomyces yeasts</w:t>
+                <w:t xml:space="preserve">Impact of nitrogen sources on the fermentative kinetic of non - Saccharomyces yeasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Seguinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ortiz-Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33. International Specialised Symposium on Yeasts Exploring and Engineering Yeasts for Industrial Application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2017, Cork, Ireland</w:t>
+              <w:t xml:space="preserve">, Jun 2017, Cork, United Kingdom. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02958350v1</w:t>
+                <w:t xml:space="preserve">hal-01604146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment la nutrition azotée influe-t-elle sur la production d’arômes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat-My Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rollero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6537,77 +6537,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of redox perturbation on the synthesis of fermentive aroma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wine Active Compounds 2014 - International conference Wine Active Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Beaune, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6632,51 +6632,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malolactic fermentation in barrels. Influence of lactic acid bacteria in the release of oak wood volatile compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Lonvaud-Funel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6759,103 +6759,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in the management of intracellular redox state between wine yeast species dictate their fermentation performances and metabolite production.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viwe Tyibilika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathabatha E. Setati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Divol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Camarasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7042,51 +7042,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05497762v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ployon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Suc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Guernev&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Aug&#232;s" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Mah&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.143454" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04804868v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aragno" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fernandez-Valle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Thiriet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grondin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Legras" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12081659" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573544v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viwe Tyibilika" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathabatha Setati" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bloem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Divol" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2023.110537" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945702v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/foae029" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957153v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Delcros" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Mah&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Collas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Herv&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671995v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Jim&#233;nez-Lorenzo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Farines" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Sablayrolles" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fermentation8040139" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696796v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lethiwe L Mbuyane" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian F Bauer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz-Julien" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.823581" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955538v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rollero" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Brand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2020.103650" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03361940v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Jimenez-Lorenzo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/foab038" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966060v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Englezos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cocolin Luca" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalliopi Rantsiou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julien Ortiz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02485-20" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500407v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Seguinot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brial" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2019.108441" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02919767v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Su" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Heras" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8060904" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927841v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bergler" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nolleau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ortiz-Julien" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b08222" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274471v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz&#8208;julien" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian F. Bauer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14756" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918072v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cocolin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00797-18" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958287v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/foy055" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837843v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rollero" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cr&#233;pin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/56393" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837840v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00196" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606184v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Crepin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat My Truong" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dequin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.02617-16" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606296v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Mouret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.12749" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837759v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02429-15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604946v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-My Truong" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837726v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-6210-9" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664886v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lonvaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles de Revel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2007.07.009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QBXBNSR9-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661792v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lonvaud-Funel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2006.02037.x" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672073v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Augustin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lonvaud-Funel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04235361v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228610v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228619v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Gazaloglu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958597v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Colonna-Ceccaldi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961868v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Englezos" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ortiz-Julien" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02966818v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154379v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605426v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Johansson Filote" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lorenzi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rigou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603624v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606828v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762355v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04235433v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228517v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228602v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228719v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961837v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz Julien" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958861v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brulfert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961856v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961832v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958582v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Colonna-Ceccaldi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958317v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606395v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604146v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958350v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606654v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605085v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818641v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228863v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathabatha E. Setati" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05497762v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ployon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Suc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Guernev&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Aug&#232;s" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Mah&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.143454" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573544v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viwe Tyibilika" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathabatha Setati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bloem" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Divol" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2023.110537" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945702v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/foae029" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957153v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Delcros" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Mah&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Collas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Herv&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04804868v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aragno" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fernandez-Valle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Thiriet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grondin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Legras" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12081659" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671995v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Jim&#233;nez-Lorenzo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Farines" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Sablayrolles" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fermentation8040139" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696796v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lethiwe L Mbuyane" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian F Bauer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz-Julien" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.823581" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02955538v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rollero" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Brand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2020.103650" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966060v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Englezos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cocolin Luca" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalliopi Rantsiou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julien Ortiz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02485-20" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03361940v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Jimenez-Lorenzo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/foab038" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500407v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Seguinot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brial" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2019.108441" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02919767v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Su" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Heras" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8060904" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927841v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bergler" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nolleau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ortiz-Julien" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b08222" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274471v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz&#8208;julien" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian F. Bauer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14756" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918072v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cocolin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00797-18" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958287v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsyr/foy055" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837843v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rollero" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cr&#233;pin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/56393" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837840v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00196" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606184v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Crepin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat My Truong" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dequin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.02617-16" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606296v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Mouret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.12749" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837759v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02429-15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837726v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-6210-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604946v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-My Truong" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664886v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lonvaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles de Revel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2007.07.009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QBXBNSR9-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661792v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lonvaud-Funel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2006.02037.x" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672073v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Augustin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lonvaud-Funel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04235361v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228610v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228619v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Gazaloglu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958597v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Colonna-Ceccaldi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02966818v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Englezos" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961868v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ortiz-Julien" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154379v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605426v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Johansson Filote" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lorenzi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rigou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603624v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606828v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762355v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228517v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04235433v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228602v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228719v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961837v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ortiz Julien" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958861v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brulfert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961856v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961832v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958582v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Colonna-Ceccaldi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958317v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958350v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606395v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604146v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606654v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605085v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818641v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228863v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathabatha E. Setati" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>