--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1062,246 +1062,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05420467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’adoption internationale en droit international privé français après la loi du 21 février 2022</w:t>
+                <w:t xml:space="preserve">La coopération judiciaire franco-portugaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Fabienne Labelle; Katarzyna Pfeifer-Chomiczewska. </w:t>
+              <w:t xml:space="preserve">Fabienne Labelle; Audrey Damiens; Alina Goncharova. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives européennes de l’adoption : des droits de l’enfant au droit à l’enfant ? L’illustration des droits français et polonais,</w:t>
+              <w:t xml:space="preserve">Gestion et transmission de patrimoine dans un contexte franco-portugais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare et Martin, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05420447v1</w:t>
+                <w:t xml:space="preserve">hal-05420439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La coopération judiciaire franco-portugaise</w:t>
+                <w:t xml:space="preserve">L’adoption internationale en droit international privé français après la loi du 21 février 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Fabienne Labelle; Audrey Damiens; Alina Goncharova. </w:t>
+              <w:t xml:space="preserve">Fabienne Labelle; Katarzyna Pfeifer-Chomiczewska. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gestion et transmission de patrimoine dans un contexte franco-portugais</w:t>
+              <w:t xml:space="preserve">Perspectives européennes de l’adoption : des droits de l’enfant au droit à l’enfant ? L’illustration des droits français et polonais,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare et Martin, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05420439v1</w:t>
+                <w:t xml:space="preserve">hal-05420447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnérabilité des justiciables, droit au procès équitable et numérisation de la procédure civile</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crise(s), vulnérabilité(s), futurité : de la guérison à la prévention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Bordarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Vanessa Barbé; Stéphanie Mauclair. </w:t>
+              <w:t xml:space="preserve">Sabrina Le Normand; Stéphanie Mauclair. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vulnérabilité, procès équitable et discrimination</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Epitoge, A paraître</w:t>
+              <w:t xml:space="preserve">Vulnérabilité et entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LexisNexis, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04744196v1</w:t>
+                <w:t xml:space="preserve">hal-04744203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : (dis)continuités et (re)constructions face à la syndémie</w:t>
               </w:r>
@@ -1367,186 +1380,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Injonctions à la continuité, managérialisation et normalisation : quel avenir pour la justice civile ?</w:t>
+                <w:t xml:space="preserve">Vulnérabilité des justiciables, droit au procès équitable et numérisation de la procédure civile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jimmy Bordarie; Audrey Damiens. </w:t>
+              <w:t xml:space="preserve">Vanessa Barbé; Stéphanie Mauclair. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le monde d’après, c’est maintenant ? La société à l’ère de la syndémie de COVID-19</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.467-480, 2024</w:t>
+              <w:t xml:space="preserve">Vulnérabilité, procès équitable et discrimination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Epitoge, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04744189v1</w:t>
+                <w:t xml:space="preserve">hal-04744196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crise(s), vulnérabilité(s), futurité : de la guérison à la prévention</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Injonctions à la continuité, managérialisation et normalisation : quel avenir pour la justice civile ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sabrina Le Normand; Stéphanie Mauclair. </w:t>
+              <w:t xml:space="preserve">Jimmy Bordarie; Audrey Damiens. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vulnérabilité et entreprise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LexisNexis, 2024</w:t>
+              <w:t xml:space="preserve">Le monde d’après, c’est maintenant ? La société à l’ère de la syndémie de COVID-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.467-480, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04744203v1</w:t>
+                <w:t xml:space="preserve">hal-04744189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion : le monde d’après… dès maintenant ?</w:t>
               </w:r>
@@ -1782,238 +1782,238 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pratique notariale et les divorces en droit international privé : réflexion entre la France et l’Ukraine en temps de guerre</w:t>
+                <w:t xml:space="preserve">Le parcours usager des justiciables face aux aspects numériques des procédures judiciaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mauclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svitlana Fursa</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vanessa Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Bordarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 3, pp.555-566</w:t>
+              <w:t xml:space="preserve">Actu Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21, pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04257596v1</w:t>
+                <w:t xml:space="preserve">hal-05189734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le parcours usager des justiciables face aux aspects numériques des procédures judiciaires</w:t>
+                <w:t xml:space="preserve">La pratique notariale et les divorces en droit international privé : réflexion entre la France et l’Ukraine en temps de guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Baron</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Svitlana Fursa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actu Recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 21, pp.8</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.555-566</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05189734v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04257596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les risques de l'écoulement du temps dans le procès civil : délai raisonnable et déni de justice</w:t>
               </w:r>
@@ -2416,165 +2416,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02152997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recevabilité de la preuve par SMS dans le divorce pour faute soumise à l’absence de fraude (note sous Cass. 1re civ., 11 mai 2016)</w:t>
+                <w:t xml:space="preserve">Brèves remarques sur la réforme du droit des contrats, du régime général et de la preuve des obligations et le droit international privé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+              <w:t xml:space="preserve">Journal du droit international (Clunet)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02153012v1</w:t>
+                <w:t xml:space="preserve">hal-02153001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brèves remarques sur la réforme du droit des contrats, du régime général et de la preuve des obligations et le droit international privé</w:t>
+                <w:t xml:space="preserve">La recevabilité de la preuve par SMS dans le divorce pour faute soumise à l’absence de fraude (note sous Cass. 1re civ., 11 mai 2016)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal du droit international (Clunet)</w:t>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02153001v1</w:t>
+                <w:t xml:space="preserve">hal-02153012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Note sous Cass. 2e civ., 9 juillet 2015</w:t>
               </w:r>
@@ -2687,51 +2687,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mauclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Barbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3120,372 +3120,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04257578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La loi applicable à l’adoption en droit français : les apports de la loi n° 2022-219 du 21 février 2022</w:t>
+                <w:t xml:space="preserve">Les conditions civiles de l’adoption et le rôle du juge judiciaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’adoption dans sa dimension européenne et internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fabienne Labelle (Université de Tours) et Katarzyna Pfeifer-Chomiczewska (Université de Łódź), Nov 2022, Lodz, Pologne</w:t>
+              <w:t xml:space="preserve">L’adoption en France et en Pologne : analyse comparée des cadres normatifs nationaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fabienne Labelle et Katarzyna Pfeifer-Chomiczewska, Apr 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03867274v1</w:t>
+                <w:t xml:space="preserve">hal-03647691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les risques de l’écoulement du temps dans le procès civil : déni de justice et délai raisonnable</w:t>
+                <w:t xml:space="preserve">Les injonctions à la continuité en période de Covid19, accélérateur de la managérialisation de la Justice civile ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les rendez-vous du risque : Le Risque et le temps</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Julie Mattiussi et Dariusz Piatek, Mar 2022, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">La société à l'ère du Covid19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jimmy Bordarie; Audrey Damiens, Mar 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03647689v1</w:t>
+                <w:t xml:space="preserve">hal-03573175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les injonctions à la continuité en période de Covid19, accélérateur de la managérialisation de la Justice civile ?</w:t>
+                <w:t xml:space="preserve">Reconnaissance des jugements, transcription des actes et effets des adoptions prononcées à l’étranger : perspectives françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La société à l'ère du Covid19</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jimmy Bordarie; Audrey Damiens, Mar 2022, Tours, France</w:t>
+              <w:t xml:space="preserve">L’adoption dans sa dimension européenne et internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fabienne Labelle (Université de Tours) et Katarzyna Pfeifer-Chomiczewska (Université de Łódź), Nov 2022, Lodz, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03573175v1</w:t>
+                <w:t xml:space="preserve">hal-03867316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conditions civiles de l’adoption et le rôle du juge judiciaire</w:t>
+                <w:t xml:space="preserve">Les risques de l’écoulement du temps dans le procès civil : déni de justice et délai raisonnable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’adoption en France et en Pologne : analyse comparée des cadres normatifs nationaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fabienne Labelle et Katarzyna Pfeifer-Chomiczewska, Apr 2022, Tours, France</w:t>
+              <w:t xml:space="preserve">Les rendez-vous du risque : Le Risque et le temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Julie Mattiussi et Dariusz Piatek, Mar 2022, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03647691v1</w:t>
+                <w:t xml:space="preserve">hal-03647689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance des jugements, transcription des actes et effets des adoptions prononcées à l’étranger : perspectives françaises</w:t>
+                <w:t xml:space="preserve">La loi applicable à l’adoption en droit français : les apports de la loi n° 2022-219 du 21 février 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’adoption dans sa dimension européenne et internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fabienne Labelle (Université de Tours) et Katarzyna Pfeifer-Chomiczewska (Université de Łódź), Nov 2022, Lodz, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03867316v1</w:t>
+                <w:t xml:space="preserve">hal-03867274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discours judiciaire sur la transparence des utilisateurs des réseaux sociaux</w:t>
               </w:r>
@@ -3935,51 +3935,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="813C9F62"/>
+    <w:nsid w:val="DCABC2E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4166,51 +4166,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-damiens" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6932-3006" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/191691208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01287961v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Damiens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ORLE0001" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744246v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Bordarie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Sweiker" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744223v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420420v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Labelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Goncharova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420549v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hoffschir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Llahi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mauclair" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489678v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Josso" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie L&#233;vy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chommeloux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Anna Champroux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Porion" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885994v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Champroux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12074-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420467v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420447v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420439v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744196v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744166v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744189v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744203v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744173v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03568422v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03568434v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257596v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svitlana Fursa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189734v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barbe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Baron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867247v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024589v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.15018" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153006v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152990v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153008v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152997v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153012v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153001v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153014v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899053v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barb&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744214v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744317v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744311v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257578v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867274v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647689v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573175v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647691v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867316v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573189v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573185v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960610v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489694v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Djavadi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.frajucuge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-damiens" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6932-3006" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/191691208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01287961v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Damiens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ORLE0001" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744246v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Bordarie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Sweiker" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744223v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420420v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Labelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Goncharova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420549v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hoffschir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Llahi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mauclair" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489678v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Josso" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie L&#233;vy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chommeloux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Anna Champroux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Porion" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885994v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Champroux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12074-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420467v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420439v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420447v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744203v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744166v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744196v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744189v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744173v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03568422v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03568434v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189734v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barbe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Baron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257596v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svitlana Fursa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867247v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024589v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.15018" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153006v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152990v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153008v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152997v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153001v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153012v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153014v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899053v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barb&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744214v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744317v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744311v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257578v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647691v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573175v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867316v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647689v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867274v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573189v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03573185v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960610v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489694v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Djavadi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.frajucuge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>