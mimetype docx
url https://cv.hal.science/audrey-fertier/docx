--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -394,2142 +394,2151 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFIS Annual Congress - International Workshop on Systems Engineering Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2026, Toulouse, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jan 2026, Toulouse, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEEECONF67861.2026.11440778⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05471029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facing Climate Change: How to Manage the Arising New Crises?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCRAM 2025 - 22nd ISCRAM Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Halifax, Canada. 13 p., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.59297/jwpqmd55⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05065581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knowledge on demand: the future of decision support systems?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Chasseray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Conges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCRAM 2024 - 21th - Information Systems for Crisis Response and Management.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Münster, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04618602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Model-Driven Framework to Support Portfolio Management Under Uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Le Duff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Chasseray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Falco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouck Adrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAISE 2024 - 36th International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Limassol (Chypre), Cyprus. pp.596-611, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-61057-8_35⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04702964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decision Support in uncertain contexts: Physics of Decision and Virtual Reality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Cerabona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nafe Moradkhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lauras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCRAM 2023 - 20th International Conference on Information Systems for Crisis Response and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Omaha, United States. p. 54-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04118953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Framework for virtual training in a crisis context and a focus on the animation component: the gamemaster workshop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Evain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shane Halse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Kropczynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Panzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HICSS2023 - 56th Hawaii International Conference on System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Hawai, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04008019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Social Media Data in Emergency Management: A Proposal for a Socio-Technical Framework and a Systematic Literature Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouck Adrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Coche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Gracianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCRAM 2022 - 19th International Conference on Information Systems for Crisis Response and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Tarbes, France. p. 470-479</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03852706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating Model-Driven Engineering as the Next Challenge for Artificial Intelligence – Application to Risk and Crisis Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lauras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salatge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WSC 2019 - Winter Simulation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, National Harbor, United States. pp.1549-1563, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WSC40007.2019.9004828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02493057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génération d'un modèle de situation en temps réel : application à la gestion de crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MOSIM'18 - 12ème Conférence internationale de Modélisation, Optimisation et SIMulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISAE; IMT Mines Albi, Jun 2018, Toulouse, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01852079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing information load to enhance collaborative awareness thanks to a pre-selection of information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PRO-VE 2018 - 19th IFIP WG 5.5 Working Conference on Virtual Enterprises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Cardiff, United Kingdom. p.286-294, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-99127-6_25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01885046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A situation model to support collaboration and decision-making inside crisis cells, in real time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCRAM 2017 - 14th International Conference on Information Systems for Crisis Response and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Albi, France. p. 1020-1028</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01614696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Generation of a Situation Model, in Real-Time, as a Support to Crisis Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ITDRR 2016 - 1st International Conference on Information Technology in Disaster Risk Reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IFIP, Nov 2016, Sofia, Bulgaria. pp.198-213, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-68486-4_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03213133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Conceptual Framework and a Suite of Tools to Support Crisis Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salatge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HICSS 2017 - 50th Hawaii International Conference on System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, HICSS, Jan 2017, Hawaii, United States. p.237-246</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01696148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big-Data and the Question of Horizontal and Vertical Intelligence: A Discussion on Disaster Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PRO-VE 2016 - 17th IFIP WG 5.5 Working Conference on Virtual Enterprises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Porto, Portugal. pp.156-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01614598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of big data for continuous interoperability in crisis management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I-ESA'16 -8th International conference Interoperability for Enterprise Systems and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Guimares, Portugal. p.151-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01759025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mediation information system engineering applied to the crisis simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCRAM-med 2016 -3rd International conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Madrid, Spain. p.172-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01759027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adoption of big data in crisis management toward a better support in decision-making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCRAM 2016 -13th International Conference on Information Systems for Crisis Response and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Rio de Janeiro, Brazil. 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01759588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Support to Stakeholders' Collaboration During a Loire River Major Flooding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Manceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCRAM-Med 2015 - 2nd International Conference on Information Systems for Crisis Response and Management in Mediterranean Countries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Tunis, Tunisia. pp.183-193, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-24399-3_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01596366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2539,65 +2548,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R-IO SUITE: integration of LLM-based AI into a knowledge management and model-driven based platform dedicated to crisis management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Congès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2605,1466 +2614,1466 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salatgé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rebière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Software and Systems Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 25, pp.25-50. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10270-024-01237-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metamodel‐Powered Social Media Image Processing for Decision Support in Crisis Response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianyuan Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expert Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 43 (3), pp.e70204. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/exsy.70204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05482207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A prospective vision of the evolution of immersive technologies: Towards a definition of metaverse</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Conges</w:t>
+                <w:t xml:space="preserve">Authoring training scenarios “from within” in an immersive environment with the CESTATE framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Evain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Panzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jess Kropczynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shane Halse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technovation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interactive Learning Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (3), pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10494820.2024.2388784⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.technovation.2024.103154⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04873741v1</w:t>
+                <w:t xml:space="preserve">hal-04676408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Authoring training scenarios “from within” in an immersive environment with the CESTATE framework</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Immersive Crisis Training: Features, Observations and the Shift From Traditional Crisis Exercises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Evain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jess Kropczynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shane Halse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Panzoli</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Shane Halse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interactive Learning Environments</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Contingencies and Crisis Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (2), pp.e70049. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1468-5973.70049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10494820.2024.2388784⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04676408v1</w:t>
+                <w:t xml:space="preserve">hal-05046995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immersive Crisis Training: Features, Observations and the Shift From Traditional Crisis Exercises</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Shane Halse</w:t>
+                <w:t xml:space="preserve">A prospective vision of the evolution of immersive technologies: Towards a definition of metaverse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederick Benaben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Conges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contingencies and Crisis Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Technovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 140, pp.103154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.technovation.2024.103154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1468-5973.70049⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05046995v1</w:t>
+                <w:t xml:space="preserve">hal-04873741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Situational awareness and decision-making in a crisis situation: A crisis management cell in virtual reality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Conges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Breard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Patruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouar Ouro-Sao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salatge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 97, pp.104002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2023.104002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04206526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing events to improve situation awareness and resilience in a supply chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lesbegueries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Montarnal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers in Industry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 132, pp.103488. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compind.2021.103488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03272000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new emergency decision support system: the automatic interpretation and contextualisation of events to model a crisis situation in real-time</w:t>
+                <w:t xml:space="preserve">Real-time data exploitation supported by model-and event- driven architecture to enhance situation awareness, application to crisis management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Montarnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Truptil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Decision Support Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Enterprise Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (6), pp.769-796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17517575.2019.1691268⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dss.2020.113260⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02566629v1</w:t>
+                <w:t xml:space="preserve">hal-02479436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time data exploitation supported by model-and event- driven architecture to enhance situation awareness, application to crisis management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Periodic Table of Industries: Detection of Collaboration Opportunities Based on an Imitation of the Mendeleev Periodic Table of Elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Koura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederick Benaben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juanqiong Gou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enterprise Information Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Complex Systems Informatics and Modeling Quarterly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25, pp.32-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7250/csimq.2020-25.03⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17517575.2019.1691268⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02479436v1</w:t>
+                <w:t xml:space="preserve">hal-03097204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Periodic Table of Industries: Detection of Collaboration Opportunities Based on an Imitation of the Mendeleev Periodic Table of Elements</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">An AI framework and a metamodel for collaborative situations: Application to crisis management contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Montarnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenxin Mu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complex Systems Informatics and Modeling Quarterly</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Contingencies and Crisis Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (3), pp.291-306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1468-5973.12310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7250/csimq.2020-25.03⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03097204v1</w:t>
+                <w:t xml:space="preserve">hal-02953739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An AI framework and a metamodel for collaborative situations: Application to crisis management contexts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">A new emergency decision support system: the automatic interpretation and contextualisation of events to model a crisis situation in real-time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Fertier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Montarnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Truptil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Benaben</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contingencies and Crisis Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Decision Support Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 133, pp.1-11/113260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dss.2020.113260⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1468-5973.12310⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02953739v1</w:t>
+                <w:t xml:space="preserve">hal-02566629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards proactive agility of crisis response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Barthe-Delanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Fertier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISCRAM. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Information Systems for Crisis Response and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Valencia, Spain. Proceedings of the 16th International Conference on Information Systems for Crisis Response and Management, 16, pp.1365-1366, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04719390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4074,114 +4083,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interprétation automatique de données hétérogènes pour la modélisation de situations collaboratives : application à la gestion de crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fertier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cs.OH]. Ecole des Mines d'Albi-Carmaux, 2018. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2018EMAC0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02173328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId105"/>
+      <w:footerReference w:type="default" r:id="rId106"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4249,51 +4258,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="93DC09C7"/>
+    <w:nsid w:val="5BD0C279"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4480,51 +4489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-fertier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3083-3380" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235723401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05336334v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Bhar Layeb" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Rifi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fertier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rebi&#232;re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salatg&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05673-3_27" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05471029v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubry de Paule" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Samuel Wienin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Tixier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bony-Dandrieux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05065581v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Barthe-Delano&#235;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chapuis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Montarnal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59297/jwpqmd55" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04618602v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Chasseray" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Conges" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04702964v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Le Duff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Falco" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Adrot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-61057-8_35" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04118953v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Benaben" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Cerabona" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nafe Moradkhani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lauras" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04008019v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Evain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane Halse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Kropczynski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Panzoli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03852706v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Auclair" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Coche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gracianne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02493057v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salatge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WSC40007.2019.9004828" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01852079v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Truptil" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01885046v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99127-6_25" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01614696v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03213133v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68486-4_16" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696148v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614598v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759025v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759027v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759588v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596366v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Manceau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24399-3_16" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04836568v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cong&#232;s" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10270-024-01237-2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05482207v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyuan Zhang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exsy.70204" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04873741v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.technovation.2024.103154" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04676408v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Kropczynski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10494820.2024.2388784" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05046995v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.70049" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04206526v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Breard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Patruno" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Ouro-Sao" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2023.104002" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03272000v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lesbegueries" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103488" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02566629v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dss.2020.113260" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02479436v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17517575.2019.1691268" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03097204v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Koura" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juanqiong Gou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7250/csimq.2020-25.03" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02953739v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxin Mu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Jiang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12310" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719390v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fertier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02173328v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018EMAC0009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-fertier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3083-3380" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235723401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05336334v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Bhar Layeb" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Rifi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fertier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rebi&#232;re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salatg&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05673-3_27" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05471029v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubry de Paule" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Samuel Wienin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Tixier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bony-Dandrieux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF67861.2026.11440778" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05065581v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Barthe-Delano&#235;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chapuis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Montarnal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59297/jwpqmd55" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04618602v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Chasseray" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Conges" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04702964v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Le Duff" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Falco" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Adrot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-61057-8_35" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04118953v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Benaben" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Cerabona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nafe Moradkhani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lauras" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04008019v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Evain" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane Halse" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Kropczynski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Panzoli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03852706v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Auclair" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Coche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gracianne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02493057v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salatge" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WSC40007.2019.9004828" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01852079v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Truptil" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01885046v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99127-6_25" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01614696v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03213133v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68486-4_16" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696148v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614598v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759025v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759027v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759588v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596366v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Manceau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24399-3_16" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04836568v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cong&#232;s" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10270-024-01237-2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05482207v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyuan Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exsy.70204" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04676408v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Kropczynski" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10494820.2024.2388784" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05046995v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.70049" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04873741v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.technovation.2024.103154" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04206526v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Breard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Patruno" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Ouro-Sao" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2023.104002" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03272000v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lesbegueries" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103488" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02479436v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17517575.2019.1691268" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03097204v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Koura" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juanqiong Gou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7250/csimq.2020-25.03" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02953739v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxin Mu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Jiang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12310" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02566629v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dss.2020.113260" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719390v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fertier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02173328v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018EMAC0009" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>