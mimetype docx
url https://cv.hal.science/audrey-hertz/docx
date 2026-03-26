--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1441,295 +1441,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04711686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural evolution of annealed Cs-exchanged copper hexacyanoferrate (Cs,K)2CuFe(CN)6 loaded on mesoporous silica particles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural effects of calcination on Cs-exchanged copper hexacyanoferrate (Cs,K)2CuFe(CN)6 loaded on mesoporous silica particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Campayo</w:t>
+                <w:t xml:space="preserve">Nicolas Massoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Massoni</w:t>
+                <w:t xml:space="preserve">Robert Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Hertz</w:t>
+                <w:t xml:space="preserve">Lionel Campayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Moloney</w:t>
+                <w:t xml:space="preserve">Micheàl Moloney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.151887. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.151887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02340029v1</w:t>
+                <w:t xml:space="preserve">cea-02389269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural effects of calcination on Cs-exchanged copper hexacyanoferrate (Cs,K)2CuFe(CN)6 loaded on mesoporous silica particles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural evolution of annealed Cs-exchanged copper hexacyanoferrate (Cs,K)2CuFe(CN)6 loaded on mesoporous silica particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Massoni</w:t>
+                <w:t xml:space="preserve">L. Campayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Koch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Audrey Hertz</w:t>
+                <w:t xml:space="preserve">N. Massoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Campayo</w:t>
+                <w:t xml:space="preserve">A. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micheàl Moloney</w:t>
+                <w:t xml:space="preserve">M. Moloney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.151887. </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.151887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02389269v1</w:t>
+                <w:t xml:space="preserve">cea-02340029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Internal Phase Emulsions Stabilized by a Zeolite – Surfactant Combination in a Composition-dependent Manner</w:t>
               </w:r>
@@ -1970,51 +1970,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of strontium removal by a Ba-titanate material for the wastewater treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guevar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Brackx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2695,51 +2695,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Viazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 5 (4), pp.2125-2131. </w:t>
@@ -6100,618 +6100,618 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04728278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-step synthesis, combining SC-CO2 coating and hydrothermal conversion, applied to porous zeolite-based sorbent preparation for wastewater treatment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers de nouveaux matériaux à porosité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toni Tratnjek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Agnès Grandjean</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Supercritical Fluids (ISSF2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Montreal (Canada), Canada</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04728469v1</w:t>
+                <w:t xml:space="preserve">hal-04837736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers de nouveaux matériaux à porosité</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Causse</w:t>
+                <w:t xml:space="preserve">Separation of lipids from wet microalgae: implementation of a coupled supercritical carbon dioxide extraction/fractionation device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Wetterwald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leybros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Sassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Delrue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">CHISA - 26th International Congress of Chemical and Process Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837736v1</w:t>
+                <w:t xml:space="preserve">cea-04728746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separation of lipids from wet microalgae: implementation of a coupled supercritical carbon dioxide extraction/fractionation device</w:t>
+                <w:t xml:space="preserve">Modélisation des équilibres de phases d’un mélange acide oléique/trioléine/β-carotène/eau en milieu CO2 supercritique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Wetterwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Hertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Leybros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Sassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Delrue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CHISA - 26th International Congress of Chemical and Process Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">18ème congrès SFGP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04728746v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04728763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des équilibres de phases d’un mélange acide oléique/trioléine/β-carotène/eau en milieu CO2 supercritique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florian Delrue</w:t>
+                <w:t xml:space="preserve">Méthodologie d’évaluation de la sélectivité de sorbants silicates, appliquée au traitement d’effluents aqueux contaminés en 90Sr et 137Cs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Hertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Milcent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème congrès SFGP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Matériaux 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04728763v1</w:t>
+                <w:t xml:space="preserve">hal-04160545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie d’évaluation de la sélectivité de sorbants silicates, appliquée au traitement d’effluents aqueux contaminés en 90Sr et 137Cs</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two-step synthesis, combining SC-CO2 coating and hydrothermal conversion, applied to porous zeolite-based sorbent preparation for wastewater treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Hertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Manuel Escamilla-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barre Yves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Supercritical Fluids (ISSF2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montreal (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04160545v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04728469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Silicotitanates for Sr Sorption – Influence of the Ti/Si Ratio</w:t>
               </w:r>
@@ -6930,103 +6930,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation structures-propriétés vis-à-vis de l’immobilisation des radionucléides dans des échangeurs silicates microporeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Milcent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B-T Vien Ngoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Milcent</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Y Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque NEEDS Environnement et mécanismes de transferts des radionucléides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Clermont-Ferrand, France</w:t>
@@ -7269,368 +7269,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04728451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’adsorbants minéraux pour le traitement d’effluents aqueux contaminés Mise en œuvre d’une approche pluridisciplinaire et multi-échelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the Ti/Si ratio in the gel during the synthesis of a targeted silicotitanate on its Sr sorption properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toni Tratnjek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs (JNOEJC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Virtuel - Online, France</w:t>
+              <w:t xml:space="preserve">45th Scientific Basis for Nuclear Waste Management Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Cologne (virtual conference), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04728519v1</w:t>
+                <w:t xml:space="preserve">hal-04837775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Ti/Si ratio in the gel during the synthesis of a targeted silicotitanate on its Sr sorption properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Causse</w:t>
+                <w:t xml:space="preserve">Effect of structure, composition, morphology and texture on Sr2+ sorption properties of Crystalline SilicoTitanate (CST)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Milcent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xavier Deschanels</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barre Yves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Grandjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th Scientific Basis for Nuclear Waste Management Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Cologne (virtual conference), Germany</w:t>
+              <w:t xml:space="preserve">Scientific Basis for Nuclear Waste Management symposia SBNWM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Materials Research Society (MRS) meeting, Sep 2021, Cologne (virtual conference), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04837775v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04728611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of structure, composition, morphology and texture on Sr2+ sorption properties of Crystalline SilicoTitanate (CST)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développement d’adsorbants minéraux pour le traitement d’effluents aqueux contaminés Mise en œuvre d’une approche pluridisciplinaire et multi-échelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barre Yves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leybros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Mascarade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Dunand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Basis for Nuclear Waste Management symposia SBNWM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Materials Research Society (MRS) meeting, Sep 2021, Cologne (virtual conference), Germany</w:t>
+              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs (JNOEJC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Virtuel - Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04728611v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04728519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Separation of lipids, proteins and hydrocarbons from microalgae using a coupled supercritical CO2 extraction/fractionation device</w:t>
               </w:r>
@@ -7724,51 +7724,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the Nb content and microstructure of sitinakite-type silicotitanates on Sr$^{2+}$ and Cs$^+$ sorption properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Milcent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7845,51 +7845,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Hoang Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Dunand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angel Manuel Escamilla-Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8091,51 +8091,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Leybros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Hung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10773,51 +10773,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication Orale : &amp;quot;Sol-gel process assisted by supercritical CO2 for nanophase YSZ conductive ceramic oxides synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11457,51 +11457,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé et dispositif de synthèse de particules organiques ou inorganiques enrobées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11783,51 +11783,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5BF2AABA"/>
+    <w:nsid w:val="F254A896"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12014,51 +12014,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-hertz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7316-0166" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-5017-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051369v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sabri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Campos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Hasnaoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Davy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hosdez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01932691.2025.2466661" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263224v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gautier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bertier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacroix" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Chaise" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hertz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2025.146394" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04583810v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan Avedikian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vulliet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas David" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nj00976b" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04458944v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Escamilla P&#233;rez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Barre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Grandjean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2023.105940" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04610866v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Wetterwald" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leybros" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien Fleury" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delrue" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dimitriades-Lemaire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2023.110628" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04702718v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Tratnjek" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Rey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.129755" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04610917v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Milcent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Barr&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2021.131425" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02927604v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duchateau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julbe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42452-020-2451-7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02931931v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fremy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Mascarade" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2019.12.024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711686v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gossard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabr&#232;gue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b03053" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02340029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Campayo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Massoni" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hertz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moloney" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.151887" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389269v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massoni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Koch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Campayo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miche&#224;l Moloney" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02927602v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabregue" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339822v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hc. Zur Loye" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amoroso" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Besmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ks. Brinkman" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dp. Diprete" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421884v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guevar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Brackx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2017.09.024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01674734v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drobek" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ruiz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Charton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sarrade" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-017-1398-6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583524v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hung" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hartmann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2017.01.101" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297659v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Charton" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boutin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2016.01.017" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RV9D8575-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383273v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Klotz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marinha" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guizard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Addad" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2016.03.007" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JQ7XWMC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179883v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klotz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Y. Hernandez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guizard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Viazzi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cy01251h" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914233v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Vincent" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vincent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guibal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2013.09.087" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687566v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Durand" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drobek" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Ruiz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2013.06.031" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01689561v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sarrade" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2013.02.016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DVRNSK36-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01689512v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Motuzas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Charmette" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2012.11.058" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GVFL0QF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688708v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2013.05.021" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXHBVW8K-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05214810v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Fitzgerald" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Pignotti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Knowles" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapas Sen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2012.02.004" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DF3QBRHQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696627v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Corre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2010.01.021" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WG2120FC-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05214903v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.62.113" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05214801v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Bruce" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/17435889.2.6.899" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080539v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Julbe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2004.12.033" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79FVRVT8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083064v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Ruiz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729450v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leydier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04314271v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Roger" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728715v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728700v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729493v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729485v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Millet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Farrusseng" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729491v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837758v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728592v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barre Yves" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778065v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Motuzas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Durand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duchateau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charmette" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789153v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729455v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729459v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729464v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04314272v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728278v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Manuel Escamilla-P&#233;rez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Hoang Le" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728469v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837736v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728746v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Sassi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728763v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160545v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hertz" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Milcent" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Barre" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grandjean" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Geneste" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837732v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728424v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Geneste" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160536v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B-T Vien Ngoc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04743731v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728451v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Trang Vien" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Huv&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728519v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Mascarade" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dunand" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837775v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728611v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728731v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04741915v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Milcent" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barr&#233;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grandjean" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728559v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02083083v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679111v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leybros" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hung" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hartmann" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718902v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307813v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hatmann" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733478v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Ruiz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307652v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733483v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733479v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Louradour" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loubat" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01725196v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317547v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fontaine" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fournel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317647v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080613v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Galy" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080571v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01743207v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Ruiz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080077v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083082v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083170v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083120v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-04728225v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282406v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202963v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275181v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128717v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128776v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128742v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128795v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128738v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128812v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360591v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128716v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282312v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-hertz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7316-0166" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-5017-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051369v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sabri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Campos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Hasnaoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Davy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hosdez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01932691.2025.2466661" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263224v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gautier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bertier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacroix" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Chaise" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hertz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2025.146394" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04583810v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan Avedikian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vulliet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas David" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nj00976b" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04458944v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Escamilla P&#233;rez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Barre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Grandjean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2023.105940" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04610866v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Wetterwald" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leybros" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien Fleury" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delrue" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dimitriades-Lemaire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2023.110628" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04702718v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Tratnjek" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Rey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.129755" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04610917v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Milcent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Barr&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2021.131425" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02927604v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duchateau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julbe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42452-020-2451-7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02931931v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fremy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Mascarade" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2019.12.024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04711686v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gossard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabr&#232;gue" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b03053" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389269v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massoni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Koch" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Campayo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miche&#224;l Moloney" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.151887" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02340029v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Campayo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Massoni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hertz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moloney" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02927602v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabregue" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339822v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hc. Zur Loye" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amoroso" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Besmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ks. Brinkman" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dp. Diprete" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421884v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guevar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Brackx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2017.09.024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01674734v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drobek" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ruiz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Charton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sarrade" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-017-1398-6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583524v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hung" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hartmann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2017.01.101" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297659v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Charton" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boutin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2016.01.017" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RV9D8575-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383273v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Klotz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marinha" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guizard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Addad" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2016.03.007" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JQ7XWMC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179883v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klotz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Y. Hernandez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guizard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Viazzi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cy01251h" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914233v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Vincent" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vincent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guibal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2013.09.087" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687566v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Durand" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drobek" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Ruiz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2013.06.031" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01689561v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sarrade" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2013.02.016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DVRNSK36-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01689512v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Motuzas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Charmette" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2012.11.058" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GVFL0QF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688708v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2013.05.021" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXHBVW8K-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05214810v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Fitzgerald" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Pignotti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Knowles" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapas Sen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2012.02.004" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DF3QBRHQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696627v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Corre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2010.01.021" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WG2120FC-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05214903v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.62.113" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05214801v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Bruce" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/17435889.2.6.899" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080539v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Julbe" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2004.12.033" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79FVRVT8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083064v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Ruiz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729450v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leydier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04314271v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Roger" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728715v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728700v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729493v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729485v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Millet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Farrusseng" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729491v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837758v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728592v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barre Yves" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778065v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Motuzas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Durand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duchateau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charmette" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789153v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729455v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729459v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729464v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04314272v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728278v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Manuel Escamilla-P&#233;rez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Hoang Le" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837736v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728746v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Sassi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728763v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160545v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hertz" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Milcent" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Barre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grandjean" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Geneste" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728469v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837732v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728424v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Geneste" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160536v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B-T Vien Ngoc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04743731v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728451v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Trang Vien" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Huv&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837775v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728611v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728519v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Mascarade" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dunand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728731v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04741915v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Milcent" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barr&#233;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grandjean" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04728559v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02083083v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679111v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leybros" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hung" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hartmann" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718902v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307813v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hatmann" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733478v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Ruiz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307652v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733483v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733479v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Louradour" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loubat" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01725196v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317547v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Fontaine" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fournel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317647v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080613v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Galy" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080571v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01743207v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Ruiz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080077v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083082v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083170v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083120v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-04728225v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282406v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202963v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275181v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128717v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128776v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128742v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128795v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128738v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128812v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360591v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128716v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282312v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>