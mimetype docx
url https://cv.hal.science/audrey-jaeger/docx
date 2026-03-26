--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,3299 +66,3449 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megafauna show pervasive yet distinct affinity to ocean fronts: the urgent need for adaptive conservation in a warming world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isaac Brito-Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Dewitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Sudre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph A Rohner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elliott L Hazen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05390978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (50)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Differentiation in a Wide‐Ranging Tropical Seabird in the Indian Ocean Is Linked With Oceanographic Factors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arthur Choeur</w:t>
+                <w:t xml:space="preserve">Global tracking of marine megafauna space use reveals how to achieve conservation targets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Sequeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Marley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Calich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirjam van der Mheen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity and Distributions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 388 (6751), pp.1086-1097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.adl0239⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ddi.70078⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05389987v1</w:t>
+                <w:t xml:space="preserve">hal-05100798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trophic ecology of sooty albatross, segregating mechanisms from the congeneric light-mantled sooty albatross, and conservation implications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ra Phillips</w:t>
+                <w:t xml:space="preserve">Global Marine Flyways Identified for Long‐Distance Migrating Seabirds From Tracking Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne M Morten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana P B Carneiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Beal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐sophie Bonnet‐lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria P Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endangered Species Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/esr01405⟩</w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (2), pp.e70004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/geb.70004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05109909v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global tracking of marine megafauna space use reveals how to achieve conservation targets</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Vulnerability of marine megafauna to global at‐sea anthropogenic threats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Vancompernolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliet Morris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Calich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Marley</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mirjam van der Mheen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.adl0239⟩</w:t>
+              <w:t xml:space="preserve">Conservation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cobi.70147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05100798v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05368009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnerability of marine megafauna to global at‐sea anthropogenic threats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sarah Marley</w:t>
+                <w:t xml:space="preserve">Genetic Differentiation in a Wide‐Ranging Tropical Seabird in the Indian Ocean Is Linked With Oceanographic Factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malcolm a C Nicoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Bunbury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Choeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cobi.70147⟩</w:t>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (11), pp.e70078. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ddi.70078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05368009v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Marine Flyways Identified for Long‐Distance Migrating Seabirds From Tracking Data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ana P B Carneiro</w:t>
+                <w:t xml:space="preserve">Trophic ecology of sooty albatross, segregating mechanisms from the congeneric light-mantled sooty albatross, and conservation implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Beal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maria P Dias</w:t>
+                <w:t xml:space="preserve">Audrey Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Carravieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jaquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ra Phillips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/geb.70004⟩</w:t>
+              <w:t xml:space="preserve">Endangered Species Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 57, pp.45-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/esr01405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04977698v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05109909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Past volcanic activity predisposes an endemic threatened seabird to negative anthropogenic impacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malcolm a C Nicoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (1), pp.1960. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-024-52556-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04413435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking seabird migration in the tropical Indian Ocean reveals basin-scale conservation need</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jill Schwarz</w:t>
+                <w:t xml:space="preserve">Migratory patterns of two major influenza virus host species on tropical islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Feare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Larose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2023.10.060⟩</w:t>
+              <w:t xml:space="preserve">Royal Society Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (10), pp.230600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsos.230600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04426077v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migratory patterns of two major influenza virus host species on tropical islands</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christine Larose</w:t>
+                <w:t xml:space="preserve">Global assessment of marine plastic exposure risk for oceanic birds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bethany L Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana P B Carneiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth J Pearmain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Morgane Rouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas A Clay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Society Open Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsos.230600⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.3665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-38900-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04426090v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04167911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global assessment of marine plastic exposure risk for oceanic birds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas A Clay</w:t>
+                <w:t xml:space="preserve">Tracking seabird migration in the tropical Indian Ocean reveals basin-scale conservation need</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Trevail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malcolm A.C. Nicoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Freeman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jill Schwarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-38900-z⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (23), pp.5247-5256.e4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2023.10.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04167911v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using facial infrared thermography to infer avian body temperatures in the wild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Grémillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 169 (5), pp.57. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00227-022-04041-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03671965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation and characterization of 50 microsatellite loci for two shearwater species, Ardenna pacifica and Puffinus bailloni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Choeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merlène Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 49 (12), pp.12259-12267. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11033-022-07983-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure of pelagic seabirds to Toxoplasma gondii in the Western Indian Ocean points to an open sea dispersal of this terrestrial parasite</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chris Feare</w:t>
+                <w:t xml:space="preserve">Seabird Migration Strategies: Flight Budgets, Diel Activity Patterns, and Lunar Influence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Bonnet-Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Phillips</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Granadeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. de L. Brooke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0255664⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (683071), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2021.683071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03390473v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seabird Migration Strategies: Flight Budgets, Diel Activity Patterns, and Lunar Influence</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">At-sea distribution and foraging tactics in a monomorphic tropical seabird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Keys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Orgeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pistorius</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2021.683071⟩</w:t>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 168 (11), pp.169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-021-03978-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03445746v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03673261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At-sea distribution and foraging tactics in a monomorphic tropical seabird</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Exposure of pelagic seabirds to Toxoplasma gondii in the Western Indian Ocean points to an open sea dispersal of this terrestrial parasite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Lazarine Poulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Gedda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Feare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-021-03978-w⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (8), pp.e0255664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0255664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03673261v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03390473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global political responsibility for the conservation of albatrosses and large petrels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Beal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Phillips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffen Oppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Hazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (10), pp.eabd7225. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/sciadv.abd7225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic structuring among colonies of a pantropical seabird: Implication for subspecies validation and conservation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Janos C Hennicke</w:t>
+                <w:t xml:space="preserve">At-sea movements of wedge-tailed shearwaters during and outside the breeding season from four colonies in New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Weimerskirch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jeudi de Grissac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Ravache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Prudor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Corbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.6635⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 633, pp.225-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/meps13171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03009608v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02440811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At-sea movements of wedge-tailed shearwaters during and outside the breeding season from four colonies in New Caledonia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Corbeau</w:t>
+                <w:t xml:space="preserve">Genetic structuring among colonies of a pantropical seabird: Implication for subspecies validation and conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silas James Reynolds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Wearn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janos C Hennicke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/meps13171⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.11886 - 11905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.6635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02440811v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of annual bacterial epizootics on albatross population on a remote island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Gamble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Lagadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EcoHealth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 17 (2), pp.194-202. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10393-020-01487-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03082116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predator and scavenger movements among and within endangered seabird colonies: opportunities for pathogen spread</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Gamble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bazire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Delord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Barbraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Gantelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 57 (2), pp.367-378. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1365-2664.13531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High genetic diversity despite drastic bottleneck in a critically endangered, long‐lived seabird, the Mascarene Petrel &amp;lt;i&amp;gt;Pseudobulweria aterrima&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Nikolic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Riethmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ibis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 163 (1), pp.268-273. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ibi.12864⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02918808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposure of breeding albatrosses to the agent of avian cholera: dynamics of antibody levels and ecological implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Gamble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Gantelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oecologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 189 (4), pp.939-949. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00442-019-04369-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02141677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaccination protects endangered albatross chicks against avian cholera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Gamble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Tornos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Delord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conservation Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/conl.12443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01702929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avian cholera outbreaks threaten seabird species on Amsterdam Island</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Accumulate or eliminate? Seasonal mercury dynamics in albatrosses, the most contaminated family of birds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Barbraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lahournat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Erwan Lagadec</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jaquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0197291⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 241, pp.124 - 135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2018.05.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01848829v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01844106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accumulate or eliminate? Seasonal mercury dynamics in albatrosses, the most contaminated family of birds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Cherel</w:t>
+                <w:t xml:space="preserve">Avian cholera outbreaks threaten seabird species on Amsterdam Island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Barbraud</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Jaquemet</w:t>
+                <w:t xml:space="preserve">Erwan Lagadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2018.05.048⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (5), pp.e0197291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0197291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01844106v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01848829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geolocation Reveals Year-Round at-Sea Distribution and Activity of a Superabundant Tropical Seabird, the Sooty Tern Onychoprion fuscatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Feare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ron Summers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3367,3488 +3517,3338 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Larose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 4, pp.394. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmars.2017.00394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01907162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serological evidence for the circulation of flaviviruses in seabird populations of the western Indian Ocean</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The role of seabirds of the Iles Eparses as reservoirs and disseminators of parasites and pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David A Wilkinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bastien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0950268815001661⟩</w:t>
+              <w:t xml:space="preserve">Acta Oecologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72, pp.98-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actao.2015.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01180368v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01371147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of seabirds of the Iles Eparses as reservoirs and disseminators of parasites and pathogens</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Serological evidence for the circulation of flaviviruses in seabird populations of the western Indian Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lecollinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Oecologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actao.2015.12.013⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 144 (3), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0950268815001661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01371147v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01180368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penguins as bioindicators of mercury contamination in the southern Indian Ocean: geographical and temporal trends</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Carravieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Churlaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paco Bustamante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution (1970)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 213 (195-205), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envpol.2016.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current wintering habitat of an endemic seabird of Réunion Island, Barau’s petrel Pterodroma baraui, and predicted changes induced by global warming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Benneveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 550, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3354/meps11710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influenza A Virus on Oceanic Islands: Host and Viral Diversity in Seabirds in the Western Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Feare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.1-17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1004925.s005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01158405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in δ13C and δ15N values between feathers and blood of seabird chicks: implications for non‑invasive isotopic investigations</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Massive infection of seabird ticks with Coxiella burnetii related species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David A Wilkinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Le Rouzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00227-013-2314-5⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80 (11), pp.3327-3333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00477-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00958806v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massive infection of seabird ticks with Coxiella burnetii related species</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Lifetime foraging patterns of the wandering albatross: Life on the move! Special issue: Charismatic marine mega-fauna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Weimerskirch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Delord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Le Rouzic</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha C. Patrick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00477-14⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 450, pp.68-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jembe.2013.10.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01285434v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00917635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age, sex and breeding status shape a complex foraging pattern in an extremely long-lived seabird</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Invasive rat space use on tropical islands: implications for bait broadcast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ringler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James C. Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chastel</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (2), pp.179--186</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00945312v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01306711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomass consumption by breeding seabirds in the western Indian Ocean: indirect interactions with fisheries and implications for management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. K. Danckwerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. D. Mcquaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. K. Mcgregor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Dwight</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 71 (9), pp.2589-2598. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/icesjms/fsu093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01306712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime foraging patterns of the wandering albatross: Life on the move! Special issue: Charismatic marine mega-fauna</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Age, sex and breeding status shape a complex foraging pattern in an extremely long-lived seabird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Samantha C. Patrick</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Goutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent J Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chastel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jembe.2013.10.021⟩</w:t>
+              <w:t xml:space="preserve">Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 95 (8), pp.2324-2333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1890/13-1376.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00917635v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00945312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasive rat space use on tropical islands: implications for bait broadcast</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Haemoproteus iwa in Great Frigatebirds (Fregata minor) in the Islands of the Western Indian Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Tortosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (5), pp.e97185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0097185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01306711v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01274566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haemoproteus iwa in Great Frigatebirds (Fregata minor) in the Islands of the Western Indian Ocean</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Seabird year-round and historical feeding ecology: blood and feather δ13C and δ15N values document foraging plasticity of small sympatric petrels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Connan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0097185⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 505, pp.267-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/meps10795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01274566v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00998027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rickettsia spp. in Seabird Ticks from Western Indian Ocean Islands, 2011–2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Le Rouzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 20 (5), pp.838-842. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3201/eid2005.131088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seabird year-round and historical feeding ecology: blood and feather δ13C and δ15N values document foraging plasticity of small sympatric petrels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Differences in δ13C and δ15N values between feathers and blood of seabird chicks: implications for non‑invasive isotopic investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jaquemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Maglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/meps10795⟩</w:t>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 161, pp.229-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-013-2314-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00998027v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00958806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wide Range of Mercury Contamination in Chicks of Southern Ocean Seabirds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Blévin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carravieri Alice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chastel Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paco Bustamante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (1), pp.e54508. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0054508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00778491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comprehensive isotopic investigation of habitat preferences in nonbreeding albatrosses from the Southern Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Alderman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Jaquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 36, pp.277-286. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1600-0587.2012.07466.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00768406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable isotopes document inter- and intra-specific variation in feeding ecology of nine large southern Procellariiformes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Jaquemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A. Phillips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ross M. Wanless</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 490, pp.255-266. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3354/meps10436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00873588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence of coronaviruses, paramyxoviruses, and influenza A viruses in seabirds in the southwestern Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lebarbenchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koussay Dellagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Wildlife Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 49 (4), pp.1056--1059. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7589/2012-09-227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01274592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking seabirds to identify potential Marine Protected Areas in the tropical western Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle A. Kappes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Weimerskirch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 156, pp.89-93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biocon.2011.11.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00737237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic investigation of contemporary and historic changes in penguin trophic niches and carrying capacity of the southern Indian ocean.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Celestial Moderation of Tropical Seabird Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Cherel</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 6 (2), pp.e16484. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0016484⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 6 (11), pp.e27663. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0027663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00565626v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00852826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celestial Moderation of Tropical Seabird Behavior</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Isotopic investigation of contemporary and historic changes in penguin trophic niches and carrying capacity of the southern Indian ocean.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Le Corre</w:t>
+                <w:t xml:space="preserve">Yves Cherel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 6 (11), pp.e27663. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0027663⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 6 (2), pp.e16484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0016484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00852826v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00565626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of stable isotopes to quantify seasonal changes of trophic niche and levels of population and individual specialisation in seabirds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Patterns of aging in the long-lived wandering albatross.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Julien Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Sorci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/meps08380⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 107 (14), pp.6370-6375. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0911181107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00527743v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00476082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seabird satellite tracking validates the use of latitudinal isoscapes to depict predators' foraging areas in the Southern Ocean.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent J Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Weimerskirch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cherel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 24 (23), pp.3456-60. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/rcm.4792⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00547682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patterns of aging in the long-lived wandering albatross.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Use of stable isotopes to quantify seasonal changes of trophic niche and levels of population and individual specialisation in seabirds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Connan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.0911181107⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 401, pp.269-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/meps08380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00476082v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00527743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using carbon and nitrogen isotopic values of body feathers to infer inter- and intra-individual variations of seabird feeding ecology during moult</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cherel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 156, pp.1233-1240. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00227-009-1165-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00378579v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-05390978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6866,90 +6866,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le suivi télémétrique des oiseaux marins, un outil d'évaluation et d'observation des milieux pélagiques: Le cas de l'océan Indien occidental tropical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle A. Kappes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Weimerskirch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6991,103 +6991,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using seabird tracking data to identify potential Marine Protected Areas in the tropical Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle A. Kappes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Jaquemet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de restitution du programme Européen Run Sea Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7112,90 +7112,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable isotopes document resource partitioning and seasonal changes in tropic niche of subantarctic and tropical seabirds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Weimerskirch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Le Corre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indian Ocean Seabird Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Christmas Island, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7252,51 +7252,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ETUDE ISOTOPIQUE DES VARIATIONS SAISONNIERES ET A LONG TERME DE L'ECOLOGIE ALIMENTAIRE DES OISEAUX MARINS DE L'OCEAN AUSTRAL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université Pierre et Marie Curie - Paris VI, 2009. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7368,51 +7368,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring Prey Availability via Data Loggers Deployed on Seabirds: Advances and Present Limitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-André Bost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jaeger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Huin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7649,51 +7649,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389987v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Teixeira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm a C Nicoll" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jaeger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Bunbury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Choeur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.70078" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109909v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cherel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carravieri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jaquemet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra Phillips" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01405" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100798v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sequeira" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Marley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Calich" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam van der Mheen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adl0239" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368009v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Vancompernolle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Morris" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.70147" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977698v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne M Morten" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana P B Carneiro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Bonnet&#8208;lebrun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria P Dias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70004" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413435v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Corre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-52556-9" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426077v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Trevail" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm A.C. Nicoll" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Freeman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Schwarz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.10.060" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426090v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lebarbenchon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Boucher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Feare" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dietrich" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Larose" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.230600" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167911v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany L Clark" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth J Pearmain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Morgane Rouyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas A Clay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38900-z" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03671965v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gauchet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gr&#233;millet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-022-04041-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897615v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merl&#232;ne Saunier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-022-07983-0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03390473v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lazarine Poulle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bastien" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Gedda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255664" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445746v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bonnet-Lebrun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dias" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Phillips" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Granadeiro" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de L. Brooke" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.683071" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03673261v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Keys" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Orgeret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pistorius" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-021-03978-w" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158708v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Oppel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Hazin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd7225" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03009608v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Humeau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silas James Reynolds" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Wearn" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janos C Hennicke" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6635" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440811v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Weimerskirch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jeudi de Grissac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ravache" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Prudor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Corbeau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps13171" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082116v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gamble" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Lagadec" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10393-020-01487-8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330420v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bazire" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Delord" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Barbraud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gantelet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13531" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02918808v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Lopez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Nikolic" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Riethmuller" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dubos" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pinet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ibi.12864" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141677v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garnier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thibault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-019-04369-1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702929v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tornos" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12443" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848829v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0197291" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844106v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lahournat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.05.048" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01907162v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ron Summers" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00394" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180368v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecollinet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beck" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268815001661" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371147v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mccoy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Wilkinson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2015.12.013" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330644v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Churlaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.02.010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01344732v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Legrand" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benneveau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Potin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11710" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158405v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1004925.s005" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958806v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Maglio" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-013-2314-5" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285434v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Rouzic" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00477-14" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945312v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goutte" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent J Lecomte" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Richard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chastel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/13-1376.1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01306712v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. K. Danckwerts" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Mcquaid" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. K. Mcgregor" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dwight" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsu093" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917635v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha C. Patrick" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2013.10.021" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01306711v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ringler" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James C. Russell" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01274566v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Tortosa" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0097185" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285429v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2005.131088" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998027v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Connan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps10795" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778491v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bl&#233;vin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carravieri Alice" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chastel Olivier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0054508" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768406v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alderman" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Richard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0587.2012.07466.x" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MFGK4J17-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873588v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A. Phillips" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross M. Wanless" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps10436" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01274592v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koussay Dellagi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/2012-09-227" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737237v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle A. Kappes" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2011.11.015" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VS1LQ35-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565626v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0016484" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852826v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cordier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0027663" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527743v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps08380" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547682v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4792" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PJT6LZ63-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476082v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Julien Lecomte" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Sorci" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cornet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faivre" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0911181107" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378579v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Blanchard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-009-1165-6" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FGCVNG3J-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390978v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Brito-Morales" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dewitte" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Sudre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph A Rohner" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott L Hazen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852807v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852806v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867242v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00575352v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339638v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Bost" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Huin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Koubbi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Halsey" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390978v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Brito-Morales" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dewitte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Sudre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph A Rohner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott L Hazen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100798v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sequeira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Marley" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Calich" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam van der Mheen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adl0239" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977698v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne M Morten" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana P B Carneiro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Bonnet&#8208;lebrun" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria P Dias" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70004" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368009v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Vancompernolle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Morris" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.70147" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389987v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Teixeira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm a C Nicoll" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jaeger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Bunbury" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Choeur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.70078" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109909v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cherel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Carravieri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jaquemet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra Phillips" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01405" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413435v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Corre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-52556-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426090v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lebarbenchon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Boucher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Feare" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dietrich" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Larose" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.230600" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167911v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany L Clark" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth J Pearmain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Morgane Rouyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas A Clay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-38900-z" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426077v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Trevail" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm A.C. Nicoll" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Freeman" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Schwarz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.10.060" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03671965v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gauchet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gr&#233;millet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-022-04041-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897615v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merl&#232;ne Saunier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11033-022-07983-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445746v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bonnet-Lebrun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dias" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Phillips" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Granadeiro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de L. Brooke" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.683071" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03673261v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Keys" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Orgeret" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pistorius" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-021-03978-w" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03390473v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lazarine Poulle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bastien" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Gedda" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255664" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158708v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Oppel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Hazin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd7225" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440811v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Weimerskirch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jeudi de Grissac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ravache" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Prudor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Corbeau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps13171" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03009608v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Humeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silas James Reynolds" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Wearn" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janos C Hennicke" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6635" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082116v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gamble" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Lagadec" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourret" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10393-020-01487-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330420v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bazire" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Delord" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Barbraud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gantelet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13531" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02918808v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Lopez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Nikolic" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Riethmuller" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dubos" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pinet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ibi.12864" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141677v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garnier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thibault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-019-04369-1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702929v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tornos" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12443" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844106v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lahournat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.05.048" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848829v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0197291" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01907162v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ron Summers" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00394" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371147v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mccoy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A Wilkinson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2015.12.013" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180368v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecollinet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beck" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268815001661" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330644v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Churlaud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2016.02.010" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01344732v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Legrand" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benneveau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Potin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11710" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158405v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1004925.s005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285434v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Rouzic" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00477-14" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917635v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha C. Patrick" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2013.10.021" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01306711v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ringler" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James C. Russell" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01306712v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. K. Danckwerts" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. D. Mcquaid" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. K. Mcgregor" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dwight" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsu093" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945312v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goutte" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent J Lecomte" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Richard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chastel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/13-1376.1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01274566v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Tortosa" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0097185" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998027v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Connan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps10795" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01285429v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2005.131088" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958806v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Maglio" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-013-2314-5" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778491v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bl&#233;vin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carravieri Alice" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chastel Olivier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0054508" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768406v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alderman" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Richard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0587.2012.07466.x" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MFGK4J17-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873588v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A. Phillips" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross M. Wanless" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps10436" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01274592v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koussay Dellagi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/2012-09-227" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737237v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle A. Kappes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2011.11.015" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VS1LQ35-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852826v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cordier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0027663" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565626v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0016484" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476082v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Julien Lecomte" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Sorci" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cornet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faivre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0911181107" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00547682v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4792" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PJT6LZ63-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527743v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps08380" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378579v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Blanchard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-009-1165-6" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FGCVNG3J-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852807v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852806v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867242v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00575352v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339638v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Bost" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Huin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Koubbi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Halsey" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>