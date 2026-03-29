--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -106,4374 +106,4374 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sanction du parasitisme artistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° DPI202j8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caractère déceptif d'une marque comportant le terme « bio »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, n° 3, pp.n° DPI202e0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appréciation en référé du juste équilibre entre droit de divulgation et liberté d'expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, n°08, p. 2, DPI202m7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05217533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit voisin des éditeurs de presse : l'IA s'invite dans le conflit avec Google</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° DPI202h7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participation financière de l'auteur à un contrat d'édition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 6, pp.3 /n° DPI202j2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Droit voisin des éditeurs de presse : l'IA s'invite dans le conflit avec Google</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréciation de la mauvaise foi du déposant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° DPI202h7</w:t>
+              <w:t xml:space="preserve">, 2024, n° DPI202i1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Appréciation de la mauvaise foi du déposant</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas d'atteinte au droit de divulgation pour des sculptures retirées de leur lieu d'exposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° DPI202i1</w:t>
+              <w:t xml:space="preserve">, 2024, n°1, pp.2, n° DPI201z9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Pas d'atteinte au droit de divulgation pour des sculptures retirées de leur lieu d'exposition</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Absence d'originalité d'un étui en cuir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n°1, pp.2, n° DPI201z9</w:t>
+              <w:t xml:space="preserve">, 2024, 2, pp.3, n° DPI202b8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Absence d'originalité d'un étui en cuir</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IPTV et enregistreur vidéo en ligne : précisions sur la copie privée et la communication au public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2, pp.3, n° DPI202b8</w:t>
+              <w:t xml:space="preserve">, 2023, 9, pp.1 /n° DPI201u5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sanction du parasitisme artistique</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ne pas confondre durée des droits et prescription de l'action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° DPI202j8</w:t>
+              <w:t xml:space="preserve">, 2023, 1, pp.3/n° DPI201g8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">IPTV et enregistreur vidéo en ligne : précisions sur la copie privée et la communication au public</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04038823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuve de l'originalité d'une mise en scène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 9, pp.1 /n° DPI201u5</w:t>
+              <w:t xml:space="preserve">, 2023, 3, pp.2 /n° DPI201j8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photographies « libres de droits »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4, pp.3 / n° DPI201l7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuve de l'acquisition de la distinctivité par l'usage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6, 5 / n° DPI201p7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pas de monopole absolu pour une marque d'une exceptionnelle renommée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2, pp.7- n° DPI201j1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04027874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Preuve de l'acquisition de la distinctivité par l'usage</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullité pour atteinte à des marques antérieures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 6, 5 / n° DPI201p7</w:t>
+              <w:t xml:space="preserve">, 2023, 11, pp.6, n° DPI201y9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déchéance : nature de l'usage sérieux de la marque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 9, pp.5 / n° DPI201v3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Nullité pour atteinte à des marques antérieures</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usage sérieux d'une marque antérieure sous une forme modifiée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 11, pp.6, n° DPI201y9</w:t>
+              <w:t xml:space="preserve">, 2023, 5, pp.5 /n° DPI201o0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Ne pas confondre durée des droits et prescription de l'action</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuve de l'originalité, une exigence contraire aux libertés fondamentales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 1, pp.3/n° DPI201g8</w:t>
+              <w:t xml:space="preserve">, 2023, 2, pp.2/n° DPI201j1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Preuve de l'originalité d'une mise en scène</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractère non distinctif d'un slogan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 3, pp.2 /n° DPI201j8</w:t>
+              <w:t xml:space="preserve">, 2023, 4, pp.7 / n° DPI201m4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Photographies « libres de droits »</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de caractère distinctif pour un slogan activiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 4, pp.3 / n° DPI201l7</w:t>
+              <w:t xml:space="preserve">, 2023, 10, pp.4 / n° DPI201w8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Usage sérieux d'une marque antérieure sous une forme modifiée</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dépôt de « Vite Ma Dose » avec une dose de mauvaise foi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 5, pp.5 /n° DPI201o0</w:t>
+              <w:t xml:space="preserve">, 2023, 3, pp.6 /n° DPI201k6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Preuve de l'originalité, une exigence contraire aux libertés fondamentales ?</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Œuvre d'art retirée de la vue du public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 2, pp.2/n° DPI201j1</w:t>
+              <w:t xml:space="preserve">, 2023, 8, pp.2 / n° DPI201s9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Caractère non distinctif d'un slogan</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application « Imparfaite. » du critère de distinctivité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 4, pp.7 / n° DPI201m4</w:t>
+              <w:t xml:space="preserve">, 2022, 2, p.5/n° DPI200p5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Pas de caractère distinctif pour un slogan activiste</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractère non distinctif d'une marque semi-figurative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 10, pp.4 / n° DPI201w8</w:t>
+              <w:t xml:space="preserve">, 2022, 11, pp.5/n° DPI201f5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dépôt de « Vite Ma Dose » avec une dose de mauvaise foi</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04038845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antériorité constituée par un nom de famille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 3, pp.6 /n° DPI201k6</w:t>
+              <w:t xml:space="preserve">, 2022, 4, p.5/n° DPI200t0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Œuvre d'art retirée de la vue du public</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déchéance : preuve de l'usage sérieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 8, pp.2 / n° DPI201s9</w:t>
+              <w:t xml:space="preserve">, 2022, 10, p.5/n° DPI201d9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Antériorité constituée par un nom de famille</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04038886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Distinctivité d'une marque de position</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 4, p.5/n° DPI200t0</w:t>
+              <w:t xml:space="preserve">, 2022, 7, p.6/n° DPI200y5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Caractère non distinctif d'une marque semi-figurative</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04038976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opposition fondée sur l'atteinte à une marque de renommée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 11, pp.5/n° DPI201f5</w:t>
+              <w:t xml:space="preserve">, 2022, 1, p.5/n° DPI200n6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brexit et opposition sur la base du droit britannique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5, p.5/n° DPI200u6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dénomination sociale nationale antérieure comme cause de nullité d'une marque de l'Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, p.5/n° DPI200w3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit voisin des éditeurs de presse : fin du contentieux avec Google</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, p.3/n° DPI200z9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04038936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déchéance de la marque « Think different » pour absence d'usage sérieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 8, p.5/n° DPI201a2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04038907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marques de vins : appréciation du risque de confusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 3, p.7/n° DPI200r6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04040517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Droit voisin des éditeurs de presse : fin du contentieux avec Google</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conservation-restauration des œuvres d’art confrontée au droit d’auteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Propriétés intellectuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 84, pp.27-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04031822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clip de campagne électorale contrefaisant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 8, p.3/n° DPI200z9</w:t>
+              <w:t xml:space="preserve">, 2022, 5, p.2/n° DPI200u1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Déchéance : preuve de l'usage sérieux</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Défense du droit moral par un coauteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 10, p.5/n° DPI201d9</w:t>
+              <w:t xml:space="preserve">, 2022, 6, p.2/n° DPI200v8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Distinctivité d'une marque de position</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit antérieur de portée non uniquement locale comme cause de nullité d'une marque de l'UE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 7, p.6/n° DPI200y5</w:t>
+              <w:t xml:space="preserve">, 2021, 10, p.6/n° 200k2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Opposition fondée sur l'atteinte à une marque de renommée</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limites de la protection du nom d'un groupe de musique par le droit des marques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 1, p.5/n° DPI200n6</w:t>
+              <w:t xml:space="preserve">, 2021, 6, p.4/n° 200c6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Brexit et opposition sur la base du droit britannique</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Place de marché : présentation déloyale de produits indisponibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 5, p.5/n° DPI200u6</w:t>
+              <w:t xml:space="preserve">, 2021, 2, p.7/n° 113w1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dénomination sociale nationale antérieure comme cause de nullité d'une marque de l'Union européenne</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04043072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portée d'une cession de droits sur des photographies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 6, p.5/n° DPI200w3</w:t>
+              <w:t xml:space="preserve">, 2021, 5, p.3/n° 200a3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 84, pp.27-35</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parodie : tableaux représentant Tintin et ses amis dans l'univers d'Hopper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, p.2/n° 200e1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Clip de campagne électorale contrefaisant</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullité pour dépôt de mauvaise foi prononcée par l'INPI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 5, p.2/n° DPI200u1</w:t>
+              <w:t xml:space="preserve">, 2021, 7, p.6/n° 200e8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Défense du droit moral par un coauteur</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Originalité de photographies de spectacles vivants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 6, p.2/n° DPI200v8</w:t>
+              <w:t xml:space="preserve">, 2021, 5, p.2/n° 200a2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Application « Imparfaite. » du critère de distinctivité</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04042992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un nom de couleur n'est pas nécessairement descriptif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 2, p.5/n° DPI200p5</w:t>
+              <w:t xml:space="preserve">, 2021, 8, p.7/n° 200g7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Portée d'une cession de droits sur des photographies</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marques de Vodka : appréciation lucide du risque de confusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 5, p.3/n° 200a3</w:t>
+              <w:t xml:space="preserve">, 2021, 4, p.5/n° 113z5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Parodie : tableaux représentant Tintin et ses amis dans l'univers d'Hopper</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04043020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La marque semi-figurative « vente-privée » sauvée par son papillon rose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 7, p.2/n° 200e1</w:t>
+              <w:t xml:space="preserve">, 2021, 11, p.7/n° 200m3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Originalité de photographies de spectacles vivants</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractère distinctif d'un slogan publicitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 5, p.2/n° 200a2</w:t>
+              <w:t xml:space="preserve">, 2021, 3, p.6/n° 113x8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Nullité pour dépôt de mauvaise foi prononcée par l'INPI</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04043044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit au respect de l'œuvre et sonorisation d'une bande-annonce télévisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 7, p.6/n° 200e8</w:t>
+              <w:t xml:space="preserve">, 2021, 8, p.3/n° 200f9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Un nom de couleur n'est pas nécessairement descriptif</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titularité des droits sur les œuvres du journaliste salarié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 8, p.7/n° 200g7</w:t>
+              <w:t xml:space="preserve">, 2021, 3, p.3/n° 113x2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Marques de Vodka : appréciation lucide du risque de confusion</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04043052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit voisin des éditeurs et agence de presse : amende record de 500 millions d'euros infligée à Google</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 4, p.5/n° 113z5</w:t>
+              <w:t xml:space="preserve">, 2021, 9, p.4/n° 200h8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La marque semi-figurative « vente-privée » sauvée par son papillon rose</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelle victoire des éditeurs de presse contre Google</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel Droit de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 11, p.7/n° 200m3</w:t>
+              <w:t xml:space="preserve">, 2020, 11, p.3/n° 113r6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 8, p.3/n° 200f9</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04043093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Google et le droit voisin des éditeurs de presse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 3, p.6/n° 113x8</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02435507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portée de l’usufruit spécial du conjoint survivant en matière de sculpture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit de l'immatériel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, p.4/n° 200h8</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02435504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La légitimité du nouveau droit voisin de l'éditeur et de l'agence de presse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Légipresse : l'actualité du droit des médias, de la communication et des réseaux sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, HS62, pp.127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 3, p.3/n° 113x2</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02487504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lutte contre la contrefaçon et données personnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 02, pp.107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2, p.7/n° 113w1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02227426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle protection juridique pour les créations des robots journalistes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication - Commerce électronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1, p. 14-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6, p.4/n° 200c6</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les exceptions au droit d'auteur en matière publicitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Légipresse : l'actualité du droit des médias, de la communication et des réseaux sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 331, pp.528-533</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10, p.6/n° 200k2</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02449041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les obligations contractuelles de faire à caractère personnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit Henri Capitant / Henri Capitant Law Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, n°3/4, pp.113-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, p.3/n° 113r6</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02267041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intangibilité de la jurisprudence en matière de promesse unilatérale de vente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Portée de l’usufruit spécial du conjoint survivant en matière de sculpture</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01306324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Service public et créations intellectuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Lamy Droit de l'immatériel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Google et le droit voisin des éditeurs de presse</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01306326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les exceptions à des fins de recherche et d'enseignement, la consécration ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit de l'immatériel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, supplément au nº 25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01308315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de location et la structure des droits patrimoniaux : la théorie du droit de destination bousculée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">, 2002, 29, pp.2322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, HS62, pp.127</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02206602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire de l'arrêt de la Cour d'appel d'Angers du 8 janvier 2001, Castorama c/ Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'Ouest </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...551 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01308350v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-02206602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'autorité de la chose jugée d'une décision d'admission d'une créance à la procédure collective</w:t>
               </w:r>
@@ -4554,756 +4554,756 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Identité du juge en questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Champain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identité du juge en questions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Jan 2025, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05485512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconsidérer les MNR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Édouard Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reconsidérer les MNR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Apr 2025, Webconference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05485477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">PROPRIETE LITTERAIRE ET ARTISTIQUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30 ans du DEA/Master "Droit de la Propriété Intellectuelle"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Dec 2025, NANTES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05485994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Charles-Édouard Bucher</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeux vidéo : Le Gameur a-t-il des droits d’auteur ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fête du Droit 2024 - "Jeu(x) &amp; Droit"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté de droit et des sciences politiques de Nantes., Mar 2024, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ViolenceS faites aux femmeS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Le Fichant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Lebois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reconsidérer les MNR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Apr 2025, Webconference, France</w:t>
+              <w:t xml:space="preserve">ViolenceS faites aux femmeS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Jan 2025, Nantes, France</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05484248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie souterraine criminelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'économie souterraine criminelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Sep 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Apr 2024, Nantes, France</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05483971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intégration d’une équipe de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de promotion de la thèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Feb 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Faculté de droit et des sciences politiques de Nantes., Mar 2024, Nantes, France</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05483544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">30 ans de droits voisins du droit d’auteur : ces chers voisins ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque 30 ans de l’IRDP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nantes université, Dec 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Sep 2023, Nantes, France</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les droits d’auteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les dernières volontés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Oct 2021, NANTES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire IRDP de Nantes Université, Feb 2023, Nantes, France</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05486232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Est-ce à Google de financer la presse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petit séminaire critique DCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, université de Nantes, Mar 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...137 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04037161v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05486232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exécution forcée en nature</w:t>
               </w:r>
@@ -6780,51 +6780,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665932v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lebois" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217533v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666144v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665907v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665903v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665936v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665934v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665901v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665944v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04027874v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666110v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665941v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665938v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038823v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666136v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666123v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04037266v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666116v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665940v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666128v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666105v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040412v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038845v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038907v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040517v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038936v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038886v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038976v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040695v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040374v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04039090v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04031822v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04039107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040559v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041766v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041710v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04042992v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041684v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041330v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043020v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040753v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041374v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043044v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041305v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043052v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043072v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041733v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041279v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043093v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435504v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435507v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487504v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02227426v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03469740v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449041v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02267041v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306324v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306326v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308315v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308350v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206602v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308321v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485994v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485477v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-&#201;douard Bucher" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485512v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Champain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484248v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Fichant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677132v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483971v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483544v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04037140v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04037161v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486232v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02267060v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305750v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943844v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aubry" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lambert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jourdan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225562v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Clavier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04029972v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Bernault" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304486v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04705010v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03454864v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03476752v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438323v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395530v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305747v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03476821v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03476788v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218922v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665901v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lebois" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665932v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217533v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665907v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666144v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665903v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665936v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665934v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665944v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038823v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666136v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666123v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666110v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04027874v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665938v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665941v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04037266v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666116v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04665940v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666128v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666105v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040559v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038845v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040412v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038886v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038976v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040695v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040374v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04039090v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038936v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04038907v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040517v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04031822v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040395v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04039107v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041279v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041733v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043072v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041766v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041710v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041684v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04042992v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041330v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043020v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04040753v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043044v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041374v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043052v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041305v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04043093v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435507v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435504v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487504v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02227426v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03469740v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02449041v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02267041v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306324v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306326v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308315v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02206602v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308350v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308321v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485512v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Champain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485477v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-&#201;douard Bucher" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485994v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677132v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484248v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Fichant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483971v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483544v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04037140v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486232v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04037161v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02267060v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305750v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943844v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aubry" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lambert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jourdan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225562v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Clavier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04029972v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Bernault" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304486v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04705010v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03454864v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03476752v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438323v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395530v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305747v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03476821v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03476788v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218922v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>