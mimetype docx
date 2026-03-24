--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1174,546 +1174,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02407775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of coastal Mediterranean rivers on the organic matter composition and reactivity of continental shelf sediments: The case of the Têt River (Gulf of Lions, France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carbon and silica megasink in deep-sea sediments of the Congo terminal lobes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roselyne Buscail</w:t>
+                <w:t xml:space="preserve">Christophe Rabouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Bourrin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">B. Dennielou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Raimonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Continental Shelf Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.csr.2019.05.009⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 222, pp.105854. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2019.07.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02331280v1</w:t>
+                <w:t xml:space="preserve">hal-02429997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon and silica megasink in deep-sea sediments of the Congo terminal lobes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long-term aquaria study suggests species-specific responses of two cold-water corals to macro-and microplastics exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Raimonet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Droz</w:t>
+                <w:t xml:space="preserve">Vincent Mouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Peru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey M Pruski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Leila Meistertzheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2019.07.036⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 253, pp.322-329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2019.07.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429997v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term aquaria study suggests species-specific responses of two cold-water corals to macro-and microplastics exposure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimations of FFA as a reliable proxy for larval performance in Mediterranean octocoral species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Viladrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Mouchi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne-Leila Meistertzheim</w:t>
+                <w:t xml:space="preserve">Lorenzo Bramanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgios Tsounis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Coppari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Dominguez-Carrió</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2019.07.024⟩</w:t>
+              <w:t xml:space="preserve">Mediterranean Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12681/mms.27151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292677v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03781092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimations of FFA as a reliable proxy for larval performance in Mediterranean octocoral species</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Georgios Tsounis</w:t>
+                <w:t xml:space="preserve">Influence of coastal Mediterranean rivers on the organic matter composition and reactivity of continental shelf sediments: The case of the Têt River (Gulf of Lions, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martina Coppari</w:t>
+                <w:t xml:space="preserve">Roselyne Buscail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Dominguez-Carrió</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Bourrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vétion</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Continental Shelf Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 181, pp.156-173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12681/mms.27151⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.csr.2019.05.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03781092v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macro- and microplastics affect cold-water corals growth, feeding and behaviour</w:t>
               </w:r>
@@ -1827,425 +1827,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01900844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Congolobe project, a multidisciplinary study of Congo deep-sea fan lobe complex: Overview of methods, strategies, observations and sampling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy transfer in the Congo deep-sea fan: from terrestrially-derived organic matter to chemosynthetic food webs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Pruski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Rabouille</w:t>
+                <w:t xml:space="preserve">C. Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Olu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Baudin</w:t>
+                <w:t xml:space="preserve">E. Stetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Khripounoff</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Dennielou</w:t>
+                <w:t xml:space="preserve">G. Vétion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 142, pp.7-24. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2016.05.006⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 142, pp.197-218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2017.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01319092v1</w:t>
+                <w:t xml:space="preserve">hal-01525997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy transfer in the Congo deep-sea fan: from terrestrially-derived organic matter to chemosynthetic food webs</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Palynofacies reveal fresh terrestrial organic matter inputs in the terminal lobes of the Congo deep-sea fan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Stetten</w:t>
+                <w:t xml:space="preserve">Johann Schnyder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Stetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Vétion</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 142, pp.197-218. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2017.05.011⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 142, pp.91-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2017.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01525997v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palynofacies reveal fresh terrestrial organic matter inputs in the terminal lobes of the Congo deep-sea fan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Congolobe project, a multidisciplinary study of Congo deep-sea fan lobe complex: Overview of methods, strategies, observations and sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rabouille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johann Schnyder</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">K. Olu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Martinez</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Khripounoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dennielou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 142, pp.91-108. </w:t>
+              <w:t xml:space="preserve">, 2017, 142, pp.7-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2017.05.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2016.05.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02908641v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01319092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disturbance Increases Microbial Community Diversity and Production in Marine Sediments</w:t>
               </w:r>
@@ -2512,77 +2512,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic matter characterization and distribution in sediments of the terminal lobes of the Congo deep-sea fan: Evidence for the direct influence of the Congo River</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Stetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Reyss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2646,51 +2646,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biogeochemistry of fatty acids in a river-dominated Mediterranean ecosystem (Rhône River prodelta, Gulf of Lions, France): Origins and diagenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M. Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Buscail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solveig Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2895,453 +2895,453 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01267510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecodynamics of PAHs at a peri-urban site of the French Mediterranean Sea</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temporal variability of live (stained) benthic foraminiferal faunas in a river-dominated shelf – Faunal response to rapid changes of the river influence (Rhône prodelta, NW Mediterranean)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Nozais</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Solveig Bourgeois</w:t>
+                <w:t xml:space="preserve">A. Goineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Méjanelle</w:t>
+                <w:t xml:space="preserve">C. Fontanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Jorissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Buscail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Kerhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2012.07.034⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 9 (4), pp.1367-1388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-9-1367-2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02908675v1</w:t>
+                <w:t xml:space="preserve">hal-02421623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trophic relationships and UV-absorbing compounds in a Mediterranean medio-littoral rocky shore community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Nozais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Delamare-Deboutteville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Escoubeyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Desmalades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 424-425, pp.59-65. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jembe.2012.05.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal variability of live (stained) benthic foraminiferal faunas in a river-dominated shelf – Faunal response to rapid changes of the river influence (Rhône prodelta, NW Mediterranean)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">F. Jorissen</w:t>
+                <w:t xml:space="preserve">Ecodynamics of PAHs at a peri-urban site of the French Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Nozais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey M Pruski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solveig Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Buscail</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Kerhervé</w:t>
+                <w:t xml:space="preserve">Laurence Méjanelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 171, pp.256-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2012.07.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-9-1367-2012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02421623v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution and lability of land-derived organic matter in the surface sediments of the Rhône prodelta and the adjacent shelf (Mediterranean Sea, France): a multi proxy study</w:t>
               </w:r>
@@ -3366,51 +3366,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-Y. Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Buscail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lantoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3607,90 +3607,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can UV radiation affect benthic deposit-feeders through biochemical alteration of food resources? An experimental study with juveniles of the benthic polychaete Eupolymnia nebulosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méjanelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vétion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3805,51 +3805,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. A. Bárcena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Vétion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Continental Shelf Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 31 (11), pp.1161-1168. </w:t>
@@ -3900,51 +3900,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal variability of carbon recycling in coastal sediments influenced by rivers: assessing the impact of flood inputs in the Rhône River prodelta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cathalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rabouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pastor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4021,51 +4021,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultraviolet radiation negatively affects growth and food quality of the pelagic diatom Skeletonema costatum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4073,51 +4073,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lantoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vétion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Escoubeyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 383, pp.164-170. </w:t>
@@ -4180,51 +4180,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultraviolet radiation induces structural and chromatin damage in Mediterranean sea-urchin spermatozoa.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Escande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4296,51 +4296,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity to UV radiation in early life stages of the Mediterranean sea urchin Sphaerechinus granularis (Lamarck).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviana A Castro Porras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4425,51 +4425,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved Comet assay for the assessment of UV genotoxicity in Mediterranean sea urchin eggs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4617,222 +4617,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00252034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat shock protein expression pattern (HSP70) in the hydrothermal vent mussel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heat shock protein expression pattern (HSP70) in the hydrothermal vent mussel Bathymodiolus azoricus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey M Pruski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Pruski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pruski A.M.</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Dixon D.</w:t>
+                <w:t xml:space="preserve">D.R. Dixon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Environmental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 64 (2), pp.209. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
+              <w:t xml:space="preserve">, 2007, 64 (2), pp.209-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marenvres.2007.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00501905v1</w:t>
+                <w:t xml:space="preserve">hal-02909567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat shock protein expression pattern (HSP70) in the hydrothermal vent mussel Bathymodiolus azoricus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A.M. Pruski</w:t>
+                <w:t xml:space="preserve">Heat shock protein expression pattern (HSP70) in the hydrothermal vent mussel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pruski A.M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.R. Dixon</w:t>
+                <w:t xml:space="preserve">R. Dixon D.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Environmental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 64 (2), pp.209-224. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 64 (2), pp.209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2007.01.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2007.01.003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02909567v1</w:t>
+                <w:t xml:space="preserve">hal-00501905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of hydrostatic pressure change on DNA integrity in the hydrothermal-vent mussel Bathymodiolus azoricus: implications for future deep-sea mutagenicity studies</w:t>
               </w:r>
@@ -5187,376 +5187,376 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00132756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sulphur signature in the hydrothermal-vent mussel Bathymodiolus azoricus from the Mid-Atlantic Ridge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Marine invertebrate eco-genotoxicology: a methodological overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David R Dixon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Rousse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Fiala-Médioni</w:t>
+                <w:t xml:space="preserve">Linda R J Dixon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Boulègue</w:t>
+                <w:t xml:space="preserve">Awadhesh Jha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 82 (3), pp.463-468. </w:t>
+              <w:t xml:space="preserve">Mutagenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 17 (6), pp.495-507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0025315402005726⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mutage/17.6.495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02908689v1</w:t>
+                <w:t xml:space="preserve">hal-02908768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine invertebrate eco-genotoxicology: a methodological overview</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of cadmium on nuclear integrity and DNA repair efficiency in the gill cells of Mytilus edulis L</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey M Pruski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David R Dixon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Awadhesh Jha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mutagenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mutage/17.6.495⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 57 (3), pp.127-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0166-445X(01)00192-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02908768v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of cadmium on nuclear integrity and DNA repair efficiency in the gill cells of Mytilus edulis L</w:t>
+                <w:t xml:space="preserve">Sulphur signature in the hydrothermal-vent mussel Bathymodiolus azoricus from the Mid-Atlantic Ridge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David R Dixon</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Fiala-Médioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Boulègue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 57 (3), pp.127-137. </w:t>
+              <w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 82 (3), pp.463-468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0166-445X(01)00192-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0025315402005726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02908681v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carrier of reduced sulfur is a possible role for thiotaurine in symbiotic species from hydrothermal vents with thiotrophic symbionts</w:t>
               </w:r>
@@ -5652,273 +5652,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02908779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composition of free amino acids and related compounds in invertebrates with symbiotic bacteria at hydrocarbon seeps in the Gulf of Mexico</w:t>
+                <w:t xml:space="preserve">Thiotaurine is a biomarker of sulfide-based symbiosis in deep-sea bivalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fiala-Médioni</w:t>
+                <w:t xml:space="preserve">A. Fiala Médioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C R Fisher</w:t>
+                <w:t xml:space="preserve">R. Prodon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J C Colomines</w:t>
+                <w:t xml:space="preserve">J. Colomines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 136, pp.411-420. </w:t>
+              <w:t xml:space="preserve">Limnology and Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 45 (8), pp.1860-1867. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s002270050700⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4319/lo.2000.45.8.1860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02908829v1</w:t>
+                <w:t xml:space="preserve">hal-02908798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiotaurine is a biomarker of sulfide-based symbiosis in deep-sea bivalves</w:t>
+                <w:t xml:space="preserve">Composition of free amino acids and related compounds in invertebrates with symbiotic bacteria at hydrocarbon seeps in the Gulf of Mexico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fiala-Médioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Fiala Médioni</w:t>
+                <w:t xml:space="preserve">C R Fisher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Prodon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Colomines</w:t>
+                <w:t xml:space="preserve">J C Colomines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Limnology and Oceanography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 136, pp.411-420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s002270050700⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4319/lo.2000.45.8.1860⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02908798v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sulphur-amino acids in symbiotic species from hydrothermal vents and cold seeps</w:t>
               </w:r>
@@ -5930,51 +5930,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey M Pruski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Fiala-Médioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Boulègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Colomines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6006,268 +6006,268 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02909595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ geological and biological study of two hydrothermal zones in the Manus Basin (Papua New Guinea)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High amounts of sulphur-amino acids in three symbiotic mytilid bivalves from deep benthic communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey M Pruski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Fiala-Médioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Colomines</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus de l'Académie des Sciences - Series III - Sciences de la Vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 320 (10), pp.791-796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0764-4469(97)85014-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02908980v1</w:t>
+                <w:t xml:space="preserve">hal-02908965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High amounts of sulphur-amino acids in three symbiotic mytilid bivalves from deep benthic communities</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">In situ geological and biological study of two hydrothermal zones in the Manus Basin (Papua New Guinea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Auzende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hashimoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fiala-Médioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ohta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Birrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus de l'Académie des Sciences - Series III - Sciences de la Vie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 325 (8), pp.585-591</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02908965v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6683,51 +6683,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05384018v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Wolinski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#233;na Ferret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calv&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Tettling" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey M. Pruski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.127123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05212993v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles V&#233;tion" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lartaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Peru" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Le Bris" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2025.104573" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05387003v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Bergeron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lavergne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2025.107659" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05393007v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Maggioni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rigo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Giordano" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferrier-Pages" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04751-z" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03768505v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Stetten" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huguet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haolin Wang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2022.104484" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485588v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Chapron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Galand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Pruski" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.2117" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03178286v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Rzeznik-Orignac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Bourgeois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107274" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02407775v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Remize" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Leila Meistertzheim" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey M Pruski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14852" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02331280v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Buscail" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourrin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2019.05.009" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429997v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rabouille" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dennielou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Raimonet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Droz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.07.036" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02292677v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mouchi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.07.024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781092v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Viladrich" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bramanti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Tsounis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Coppari" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Dominguez-Carri&#243;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.27151" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01900844v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chapron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. P&#233;ru" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Engler" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J F Ghiglione" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L Meistertzheim" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-33683-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01319092v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rabouille" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Olu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khripounoff" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2016.05.006" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01525997v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Decker" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Stetten" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. V&#233;tion" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.05.011" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908641v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Schnyder" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.05.008" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420103v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre E. Galand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lucas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja K. Fagervold" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01950" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01340234v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kalenitchenko" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja K Fagervold" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Y&#252;cel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2015.61" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01195555v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Reyss" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charlier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2015.08.020" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01148376v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Coston-Guarini" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2015.04.002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01267510v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charles" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2014.86" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908675v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Nozais" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence M&#233;janelle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2012.07.034" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3B719DH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649321v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nahon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delamare-Deboutteville" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Escoubeyrou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Desmalades" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2012.05.009" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MP48S6XZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421623v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goineau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontanier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jorissen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buscail" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kerherv&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-1367-2012" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908651v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-Y. Sun" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lantoine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-3107-2011" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421633v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pastor" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Deflandre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Viollier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cathalot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Metzger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2011.03.007" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QN65NTC4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649939v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Duch&#234;ne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2011.02.001" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2WGVF2T3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908657v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sa&#241;&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Isla" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. B&#225;rcena" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2011.04.002" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881057v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cathalot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastor" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deflandre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Viollier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-7-1187-2010" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667818v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lantoine" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2009.12.006" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H28RTF3N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668774v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Escande" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrgentox.2008.11.013" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H2JQC5KC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657698v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana A Castro Porras" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.11.044" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-160VDQWC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667498v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/em.20391" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W7L5ZLD2-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00252034v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R. Dixon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00501905v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pruski A.M." TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dixon D." TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2007.01.003" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909567v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Dixon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909598v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R Dixon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda R.J Dixon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrfmmm.2004.06.026" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C67S4XC5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129572v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda R.J. Dixon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131173v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Fiala-M&#233;dioni" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132756v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908689v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rousse" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boul&#232;gue" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315402005726" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/756D01B4098067DF0D058019BDE40FBE2EFDED44/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908768v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda R J Dixon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awadhesh Jha" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mutage/17.6.495" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908681v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0166-445X(01)00192-8" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C8QHRC1H-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908779v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiala-M&#233;dioni" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Wit" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1012748727678" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DG72686F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908829v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fiala-M&#233;dioni" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C R Fisher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Colomines" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002270050700" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FKQWSNBC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908798v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiala M&#233;dioni" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Prodon" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colomines" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2000.45.8.1860" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909595v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Colomines" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908980v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Auzende" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hashimoto" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ohta" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Birrien" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908965v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0764-4469(97)85014-7" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5P97HZG4-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908991v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Gaill" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Felbeck" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Desbruyeres" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lallier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toulmond" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05214401v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vetion" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05384018v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Wolinski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mil&#233;na Ferret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calv&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Tettling" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey M. Pruski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.127123" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05212993v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles V&#233;tion" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lartaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Peru" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Le Bris" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2025.104573" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05387003v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Bergeron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lavergne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2025.107659" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05393007v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Maggioni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rigo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Giordano" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferrier-Pages" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04751-z" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03768505v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Stetten" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huguet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haolin Wang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2022.104484" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485588v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Chapron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Galand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Pruski" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.2117" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03178286v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Rzeznik-Orignac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kerherv&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Bourgeois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107274" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02407775v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Remize" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Leila Meistertzheim" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey M Pruski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14852" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429997v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rabouille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dennielou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Raimonet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Droz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.07.036" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02292677v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mouchi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.07.024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781092v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Viladrich" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Bramanti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Tsounis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Coppari" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Dominguez-Carri&#243;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12681/mms.27151" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02331280v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Buscail" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourrin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2019.05.009" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01900844v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chapron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. P&#233;ru" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Engler" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J F Ghiglione" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L Meistertzheim" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-33683-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01525997v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Decker" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Stetten" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. V&#233;tion" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.05.011" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908641v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Schnyder" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2017.05.008" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01319092v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rabouille" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Olu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khripounoff" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2016.05.006" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420103v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre E. Galand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lucas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja K. Fagervold" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01950" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01340234v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kalenitchenko" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja K Fagervold" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Y&#252;cel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2015.61" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01195555v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Reyss" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charlier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2015.08.020" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01148376v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Coston-Guarini" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2015.04.002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01267510v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charles" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2014.86" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421623v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goineau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontanier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jorissen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buscail" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kerherv&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-9-1367-2012" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649321v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nahon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Nozais" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delamare-Deboutteville" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Escoubeyrou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Desmalades" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2012.05.009" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MP48S6XZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908675v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence M&#233;janelle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2012.07.034" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3B719DH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908651v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourgeois" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-Y. Sun" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lantoine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-3107-2011" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421633v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pastor" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Deflandre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Viollier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cathalot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Metzger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2011.03.007" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QN65NTC4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649939v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Duch&#234;ne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2011.02.001" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2WGVF2T3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908657v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sa&#241;&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Isla" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. B&#225;rcena" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2011.04.002" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881057v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cathalot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastor" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deflandre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Viollier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-7-1187-2010" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667818v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lantoine" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2009.12.006" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H28RTF3N-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668774v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Escande" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrgentox.2008.11.013" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H2JQC5KC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657698v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana A Castro Porras" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.11.044" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-160VDQWC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667498v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/em.20391" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W7L5ZLD2-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00252034v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R. Dixon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909567v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Dixon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2007.01.003" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00501905v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pruski A.M." TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dixon D." TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909598v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R Dixon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda R.J Dixon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrfmmm.2004.06.026" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C67S4XC5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129572v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda R.J. Dixon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131173v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Fiala-M&#233;dioni" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132756v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908768v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda R J Dixon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awadhesh Jha" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mutage/17.6.495" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908681v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0166-445X(01)00192-8" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C8QHRC1H-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908689v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rousse" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boul&#232;gue" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315402005726" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/756D01B4098067DF0D058019BDE40FBE2EFDED44/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908779v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiala-M&#233;dioni" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Wit" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1012748727678" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DG72686F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908798v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiala M&#233;dioni" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Prodon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colomines" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2000.45.8.1860" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908829v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fiala-M&#233;dioni" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C R Fisher" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Colomines" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002270050700" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FKQWSNBC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909595v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Colomines" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908965v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0764-4469(97)85014-7" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5P97HZG4-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908980v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Auzende" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hashimoto" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ohta" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Birrien" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02908991v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Gaill" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Felbeck" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Desbruyeres" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lallier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toulmond" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05214401v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vetion" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>