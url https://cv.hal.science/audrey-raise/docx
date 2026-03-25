--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -126,319 +126,749 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Membrane vesicles produced by next-generation probiotics from the gut as innovative tools for human health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lapaquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Rieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gut microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19490976.2025.2552344⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comprehensive approach to the protection and controlled release of extremely oxygen sensitive probiotics using edible polysaccharide-based coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thị Thanh-Trúc Phùng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Gerometta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Ureña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 218, pp.706-719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2022.07.129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of two encapsulation processes to protect the commensal gut probiotic bacterium Faecalibacterium prausnitzii from the digestive tract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Iaconelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Caliri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Charriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Drug Delivery Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (Part A), pp.101608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jddst.2020.101608⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02552352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological and functional analysis of membrane vesicles produced by the gut bacterium Faecalibacterium duncaniae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Frelet-Barrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lapaquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Rieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium HARMi 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Dole, France. </w:t>
+              <w:t xml:space="preserve">20ᵉ congrès national de la Société Française de Microbiologie (SFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05288388v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05288397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphological and functional analysis of membrane vesicles produced by the gut bacterium Faecalibacterium duncaniae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Frelet-Barrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lapaquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Rieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ᵉ congrès national de la Société Française de Microbiologie (SFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Symposium HARMi 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Dole, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05288397v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05288388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of membrane vesicles produced by the intestinal bacterium Faecalibacterium duncaniae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -480,2705 +910,2275 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des jeunes chercheurs (FJC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement et optimisation d’un procédé de production de bactéries extrêmement sensibles à l’oxygène pour leur exploitation industrielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New approach to study the probiotic rehydration and controlled release from encapsulation matrixes thanks to dye</w:t>
+                <w:t xml:space="preserve">New approach to study the probiotic rehydration and controlled release from encapsulation matrixes thanks to dye.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaucher B</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jouffrey C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOPOW XIV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">, Aug 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251597v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New approach to study the probiotic rehydration and controlled release from encapsulation matrixes thanks to dye.</w:t>
+                <w:t xml:space="preserve">New approach to study the probiotic rehydration and controlled release from encapsulation matrixes thanks to dye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Vaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jouffrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Chambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOPOW XIV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">, 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05373072v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies d’encapsulation de bactéries probiotiques extrêmement sensibles à l’oxygène</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The viability and functionality of F. prausnitzii strains grown in a new confidential growth medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verstraeten S</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Charriau</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert V</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Julliand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39ème congrès du G.F.H.G.N.P</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Dijon, France</w:t>
+              <w:t xml:space="preserve">6th World Congress on Targeting Microbiota</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05261831v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The viability and functionality of F. prausnitzii strains grown in a new confidential growth medium</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stratégies d’encapsulation de bactéries probiotiques extrêmement sensibles à l’oxygène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Véronique Julliand</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Iaconelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Caliri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Charriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th World Congress on Targeting Microbiota</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">24ème Forum des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05261903v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies d’encapsulation de bactéries probiotiques extrêmement sensibles à l’oxygène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Iaconelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Caliri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Charriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème Forum des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Besançon, France</w:t>
+              <w:t xml:space="preserve">39ème congrès du G.F.H.G.N.P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251614v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies d’encapsulation de bactéries probiotiques extrêmement sensibles à l’oxygène.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Production et stabilisation de bactéries extrêmement sensibles à l’oxygène : cas du probiotique Faecalibacterium prausnitzii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Iaconelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calieri C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Charriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des doctorants UMR PAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">16ème Congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267649v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production et stabilisation de bactéries extrêmement sensibles à l’oxygène : cas du probiotique Faecalibacterium prausnitzii</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Stratégies d’encapsulation de bactéries probiotiques extrêmement sensibles à l’oxygène.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Iaconelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caliri C</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Charriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Nancy, France</w:t>
+              <w:t xml:space="preserve">Journée des doctorants UMR PAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05261887v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane vesicles produced by next-generation probiotics from the gut as innovative tools for human health</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développement et Optimisation d’un procédé de Production de bactéries Extrêmement Sensibles à l’Oxygène pour leur utilisation industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Huillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Rieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut microbes</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05244257v1</w:t>
+              <w:t xml:space="preserve">Apetite for Innovation, VITAGORA, Webinaire international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Dijon (en ligne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05325828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive approach to the protection and controlled release of extremely oxygen sensitive probiotics using edible polysaccharide-based coatings</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Progrès dans la protection fonctionnelle de bactéries probiotiques commensales du colon.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chambin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03762866v1</w:t>
+              <w:t xml:space="preserve">Inauguration du Centre Powder ON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05272737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of two encapsulation processes to protect the commensal gut probiotic bacterium Faecalibacterium prausnitzii from the digestive tract</w:t>
+                <w:t xml:space="preserve">Fermentations innovantes pour l’alimentation du futur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chambin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Tourdot-Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Drug Delivery Science and Technology</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02552352v1</w:t>
+              <w:t xml:space="preserve">8èmes Rencontres de l'Institut Carnot Qualiment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05250230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tableting: an interesting process to stabilize a probiotic extremely sensitive to oxygen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allouche R</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Charriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVIIème Congrès de la Société Française de Génie des Procédés (SFGP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05250368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of different dosage forms to deliver extremely oxygen-sensitive probiotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allouche R</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 3rd European Conference on Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Bologne, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05250412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La biodiversité pour la qualité et l’avenir des aliments. Exemple des bactéries EOS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inauguration du festival VIVO Bourgogne Franche Comté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05325816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Different Strategies to Stabilize Extremely Oxygen-Sensitive Probiotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allouche R</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Conference on Agriculture and Agro-Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Chiang Rai, Thailand</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05250425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégies d’encapsulation de bactéries probiotiques extrêmement sensibles à l’oxygène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Iaconelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Caliri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Charriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13ème Congrès de la Société Française de Microbiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05250446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Challenges in the large scale production of anaerobic bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Charriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Raise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Chambin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pharmabiotics Global</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05250605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CULTURE MEDIUM, MANUFACTURING PROCESS AND BACTERIAL CULTURE PROCESS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Raise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Huillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP4263801A1. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731454v1</w:t>
-              </w:r>
-[...1100 lines deleted...]
-                <w:t xml:space="preserve">hal-05250605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId65"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3254,51 +3254,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D16241E7"/>
+    <w:nsid w:val="26A46FFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3485,51 +3485,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-raise" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-4319-684X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288388v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abraham" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Raise" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Frelet-Barrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lapaquette" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288397v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05515834v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251580v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chambin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dupont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251597v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vaucher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jouffrey" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373072v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaucher B" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouffrey C" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261831v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Iaconelli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Caliri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Charriau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261903v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verstraeten S" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert V" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gervais" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Julliand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251614v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267649v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caliri C" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261887v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calieri C" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05244257v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2025.2552344" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03762866v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#7883; Thanh-Tr&#250;c Ph&#249;ng" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Gerometta" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chanut" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ure&#241;a" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2022.07.129" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02552352v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jddst.2020.101608" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731454v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Huillet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325828v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05272737v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250230v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tourdot-Mar&#233;chal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allouche R" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250412v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325816v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250425v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250446v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250605v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-raise" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-4319-684X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05244257v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abraham" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Raise" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lapaquette" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2025.2552344" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03762866v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#7883; Thanh-Tr&#250;c Ph&#249;ng" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Gerometta" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chanut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ure&#241;a" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2022.07.129" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02552352v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dupont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Iaconelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Caliri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Charriau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jddst.2020.101608" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288397v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Frelet-Barrand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05288388v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05515834v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251580v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Chambin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05373072v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaucher B" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouffrey C" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251597v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vaucher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jouffrey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261903v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verstraeten S" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert V" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gervais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Julliand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251614v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261831v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05261887v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calieri C" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05267649v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caliri C" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325828v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Huillet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05272737v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250230v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tourdot-Mar&#233;chal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250368v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allouche R" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250412v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05325816v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250425v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250446v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250605v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731454v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>