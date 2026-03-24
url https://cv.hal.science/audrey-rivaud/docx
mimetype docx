--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -533,470 +533,470 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04375150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From conservation to offsetting and neoliberalization: Institutional change, risks and opportunities in the French context</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From ecological relevance of the ecosystem services concept to its socio-political use. The case study of intertidal bare mudflats in the Marennes-Oléron Bay, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Rivaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Prévost</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Barillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment and Planning E: Nature and Space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/2514848619836039⟩</w:t>
+              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 172, pp.41-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2019.01.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02123440v1</w:t>
+                <w:t xml:space="preserve">hal-02329523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From ecological relevance of the ecosystem services concept to its socio-political use. The case study of intertidal bare mudflats in the Marennes-Oléron Bay, France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Lebreton</w:t>
+                <w:t xml:space="preserve">From conservation to offsetting and neoliberalization: Institutional change, risks and opportunities in the French context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Rivaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 172, pp.41-54. </w:t>
+              <w:t xml:space="preserve">Environment and Planning E: Nature and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (2), pp.323-347. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2019.01.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/2514848619836039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02329523v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02123440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intendance du territoire : une alternative à la gouvernance néolibérale pour la conservation de la biodiversité dans les espaces naturels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The World Bank’s environmental strategies: Assessing the influence of a biased use of New Institutional Economics on legal issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Rivaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Prévost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (3), </w:t>
+              <w:t xml:space="preserve">Ecosystem Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29, pp.370-380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.13051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2017.03.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02122494v1</w:t>
+                <w:t xml:space="preserve">halshs-02123443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The World Bank’s environmental strategies: Assessing the influence of a biased use of New Institutional Economics on legal issues</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’intendance du territoire : une alternative à la gouvernance néolibérale pour la conservation de la biodiversité dans les espaces naturels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Rivaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Prévost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosystem Services</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 29, pp.370-380. </w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2017.03.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.13051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02123443v1</w:t>
+                <w:t xml:space="preserve">hal-02122494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Political Economy of Ecosystem Services: From Economic Analysis to Legal Evolutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Prévost</w:t>
+                <w:t xml:space="preserve">Économie politique des services écosystémiques : de l’analyse économique aux évolutions juridiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Rivaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1020,87 +1020,87 @@
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/regulation.11848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02178626v1</w:t>
+                <w:t xml:space="preserve">hal-02122478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Économie politique des services écosystémiques : de l’analyse économique aux évolutions juridiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Prévost</w:t>
+                <w:t xml:space="preserve">Political Economy of Ecosystem Services: From Economic Analysis to Legal Evolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Rivaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1124,51 +1124,51 @@
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/regulation.11848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02122478v1</w:t>
+                <w:t xml:space="preserve">halshs-02178626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrimoine sectoriel et performances : le cas de l’aquaculture</w:t>
               </w:r>
@@ -2093,51 +2093,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://art-dev.cnrs.fr/index.php/rivaud-audrey" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00541815v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rivaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396998v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauzeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Mossot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lebreton" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nor.274.0141" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04375150v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dedinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boschet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Long" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22214" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123440v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pr&#233;vost" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2514848619836039" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329523v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Picot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pr&#233;vost" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barill&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.01.024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122494v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.13051" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123443v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2017.03.014" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02178626v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Michelot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11848" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122478v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122474v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.5655" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122524v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dachary-Bernard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2013.07.011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TF1PLNBX-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122638v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.134.0679" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122654v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.9168" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458506v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouba-Olga" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Boutry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2009063" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541904v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541911v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541935v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://art-dev.cnrs.fr/index.php/rivaud-audrey" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00541815v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rivaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396998v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauzeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Mossot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lebreton" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nor.274.0141" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04375150v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dedinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boschet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Long" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.22214" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329523v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Picot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pr&#233;vost" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barill&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.01.024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123440v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pr&#233;vost" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2514848619836039" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123443v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2017.03.014" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122494v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.13051" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122478v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Michelot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11848" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02178626v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122474v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.5655" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122524v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dachary-Bernard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2013.07.011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TF1PLNBX-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122638v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.134.0679" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122654v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.9168" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458506v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouba-Olga" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Boutry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2009063" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541904v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541911v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541935v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>