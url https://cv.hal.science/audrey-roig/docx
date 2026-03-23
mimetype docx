--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:120.37617554859px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Audrey Roig </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">audrey-roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7907-2098</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">154897930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Audrey Roig est professeure des universités à l’Université Paris Cité et membre du laboratoire Éducation, Discours, Apprentissages (EDA). Ses recherches portent principalement sur la syntaxe du français contemporain et sur le discours grammatical enseigné en France.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JE et ON dans le discours de soignants. Du défini à l'indéfini, de la singularité au collectif, du comptable au massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 47 (2), pp.222-245. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/li.00113.cha⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04913039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agentivité à l'AP-HP au début de la pandémie de covid-19 : des soignants témoins et acteurs »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 220 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène BLASCO (éd.), Parler à l’hôpital. Écouter ce qui est dit, décrypter ce qui se dit, Münster, Nodus Publikationen, 2022 (289 p., 47 euros)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n°219, p. 118-121</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaire : des notions problématiques en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 214, pp.5-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03342286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards sur les adjectivaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, p. 7-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cachez cette réforme que je ne saurais voir. Le cas des compléments du verbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20184607003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nous allons à Mons. Du régime à l’adjet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20184604002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inversion du sujet (pro)nominal : un indice syntaxique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verbum (Presses Universitaires de Nancy)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, L'inversion (pro)nominale du sujet, XXXIX (2), pp.193-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01723759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement, corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 74, pp.7-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La corrélation à l'oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 196, pp.75-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01723766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur la prédication averbale des corrélatives du type &amp;quot;Une dernière conf’ (et) je suis en vacances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La juxtaposition…juxtaposée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information grammaticale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Problèmes terminologiques en grammaire française, 150, pp.14-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Les liaisons de prédications : lorsque la marque s’estompe, 200, pp.5-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'exception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Eve Damar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Meinertzhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, L'exception (revue et corrigée), 167-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À peine avaient-ils introduit une inversion dans leur énoncé que la subordination s’imposa : subordination inverse et inversion subordonnante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Les liaisons de prédications : lorsque la marque s’estompe, 200, pp.31-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une (ré)analyse catégorielle et fonctionnelle du de même ligateur de prédications : l’exemple de ses emplois (pseudo-)corrélatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Meinertzhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verbum (Presses Universitaires de Nancy)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Réanalyses, indétermination catégorielle et flou sémantique, 36, pp.169-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Les liaisons de prédications, 182, pp.3-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’attirail de la titraille. Morphosyntaxe des désignants d’évènement dans les titres de presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Calabrese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neophilologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26, pp.154-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel mode de liaison dans les corrélatives isomorphes plus…plus et autant…autant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.2533-2549</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insubordinons-nous !&amp;quot; Lecture critique de la subordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 182, pp.11-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des N et du N sujets : des généricités toujours refusées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67, pp.61-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche du lien entre les constructions averbales du type Autant de têtes, autant d’avis et les structures corrélatives isomorphes proportionnelles verbales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.2415-2432</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire l'article en FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Eve Damar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analele Universităţii "Ştefan cel Mare" Suceava. Seria Filologie, A Lingvistică</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.79-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’article, apport ou support du nom ? Réponse par l’argument fonctionnel de l’actualisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 61, pp.115-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Burger Marcel (dir.), Cahiers de l’Institut de linguistique et des sciences du langage : Langue et littératures pour l’enseignement du français en Suisse romande : problèmes et perspectives, n°27, Université de Lausanne, 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Discours et la Langue Revue de linguistique française et d'analyse du discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Ceci est-il de la linguistique belge (française) ?, pp.157-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexibilité des représentations de la norme orthographique chez les étudiants. Le cas des publications sur Facebook et Instagram</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux regards sur la norme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques compléments en grammaire : cent ans de manuels scolaires sous la loupe du linguiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interuniversitaire : "Vers une didactique outillée : modalités d’articulation entre didactique des langues et disciplines de référence ou connexes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chantal Claudel; Laurence Le Ferrec, Feb 2024, Nanterre - Université de Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04462081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corpus AS2-HP : paroles de soignants de l'AP-HP au terme de la 1re année de covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ludes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barbut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania Delabarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Où en sont les corpus de français parlé ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathieu Avanzi; Laure Anne Johnsen, Sep 2024, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04688426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressions scalaires de l’agentivité des soignants face au covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La perception en langue et en discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04141462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AS2-HP : attitudes agentives et émotionnelles de soignants de l’AP-HP en période de Covid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude LA-REPT Gremo (Libre arbitre et régulation émotionnelle dans la lésion cérébrale acquise : regards croisés des linguistes, psychologues, médecins et philodophes) Discours des soignants et des patients</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04289608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JE, ON : l’agentivité de soignants en milieu hospitalier révélée par le nombre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La catégorie du nombre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Sorbonne - Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04123772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complément aux compléments de la grammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du LILPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’affect des soignants face à la Covid-19 : agentivité & patientivité exprimées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PerceptiO. La perception et le vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valse des compléments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire sur l’enseignement de la grammaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Mons, Mar 2021, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre l'actant et le circonstant, l'adjet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'héritage de Lucien Tesnière, 60 ans après la parution des Éléments de syntaxe structurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02291568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire le savoir grammatical : &amp;quot;de mon temps...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude : Construire le savoir grammatical en manipulant la langue. Comment donner du sens (et le goût de) la grammaire ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cachez cette réforme que je ne saurais voir. Le cas des compléments du verbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Congrès Mondial de Linguistique Française (CMLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Prédi-Quoi ? Et l’attribut du COD, alors ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Prédicat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nous allons à Mons. Du régime à l’adjet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Congrès Mondial de Linguistique Française (CMLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement, et corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude internationale : Détachement et Corrélation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France. pp.7-24, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tl.074.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour peu, j’en aurais (presque) perdu ma syntaxe. La syntaxe de l’oral dans les programmes scolaires en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les tendances actuelles dans les discours de référence sur la langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer (l’inutile) pour (mieux) former. Le cas des compléments du verbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium &amp; colloque OPEEN &amp; REFORM : Observation des pratiques éducatives, de la recherche et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putain de béton, un mètre de plus et il me cassait la tronche.&amp;quot; Des lourdes contraintes pesant sur la Préd1 nominale des corrélatives en [(GN), et…]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contraintes linguistiques, linguistique contrainte : à propos de la complémentation nominale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si la terminologie grammaticale à l’école en France (m’)était comptée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les tendances actuelles dans les discours de référence sur la langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un appel manqué, (et) c'est le drame : deux prédications autonomes ou une co-prédication incidente ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La coprédication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définis-moi la subordination, la coordination, et la juxtaposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La phrase, carrefour linguistique et didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secrets d’histoire du système corrélatif isomorphe syntagmatisant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diachro VII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déjà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consécutivité et simultanéité en linguistique, langues et parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni…ni : des corrélatifs déterminant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DéterminationS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eva Havu; Antoine Gautier; Dan Van Raemdonck, Aug 2014, Helsinki, Finlande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel mode de liaison dans les corrélatives isomorphes plus…plus et autant…autant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Congrès Mondial de linguistique française (CMLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Berlin, Allemagne. pp.2533-2549</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À peine avaient-ils introduit une inversion et un &amp;quot;que&amp;quot; dans leur énoncé que la subordination s’imposa&amp;quot; : subordination inverse et inversion subordonnante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les liaisons de prédications non marquées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Audrey Roig; Dan Van Raemdonck, May 2014, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures corrélatives isomorphes proportionnelles verbales et averbales : étude morphosyntaxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">d’étude La prédication : notion inutile ou indispensable ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soit connecteur primaire, soit connecteur secondaire. Analyse morphosyntaxique des marqueurs corrélatifs soit…soit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Si j'aurais su, j'aurais pas venu". Linguistique des formes exclues : descriptions, genres, épistémologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour autant, la corrélation reste complexe.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations du sens linguistique VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au commencement se trouve parfois le verbe : l'inversion du sujet et du verbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le complexe du verbe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche du lien entre les constructions averbales du type 'Autant de têtes, autant d’avis' et les structures corrélatives isomorphes proportionnelles verbales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès mondial de linguistique française (CMLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lyon, France. pp.2415-2432</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’attirail de la titraille. Morphosyntaxe des désignants d’évènement dans les titres de presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Calabrese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Eventibus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Opole, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une (ré)analyse catégorielle et fonctionnelle du de même ligateur de prédications : l’exemple de ses emplois (pseudo-)corrélatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Meinertzhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réanalyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre la coordination et la subordination, l’Eldorado de la corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les classifications en linguistique : problèmes, méthodologie, enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panem et circenses. L’arène culinaire, de la convivialité à l’exclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le manger et le dire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La structure corrélative isomorphe plus…plus. Le point de vue des marqueurs de liaisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrélations : aspects syntaxiques et sémantiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autant de têtes, autant de tableaux différents peut-être&amp;quot; : une structure corrélative isomorphe proportionnelle averbale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les séquences fragmentaires en français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rien de nouveau… mis à part plusieurs pensées futiles ou Les formes exceptives et/ou exclusives : syntaxe, énonciation, partition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Rosier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les théories énonciatives aujourd’hui - Benveniste après un demi-siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il une lecture universelle pour les SN du N en position syntaxique de sujet ? Comparaison avec les SN des N en pareille situation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXe Congrès International de Linguistique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Madrid, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outil d’auto-formation à la grammaire française en ligne pour étudiants allophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Eve Damar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIe Colloque des Technologies de l’Information et de la Communication pour l’Enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grammaire française enseignée aux allophones et aux francophones : en marche, ou en marge du discours scientifique ? L’exemple de l’article</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grammaire en francophonie : Curricula, manuels, pratiques d’enseignement observées, formation des enseignants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concert mondial de linguistique française. Mélanges offerts à Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Toutain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Langages, 979-10-362-0640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines, Berlin, De Gruyter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notions problématiques en grammaire. Le français aujourd'hui 214</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03342277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Connexion corrélative. De la phrase au discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schnedecker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Rencontres, n°475, 978-2-406-10491-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03132414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défense et illustration du prédicat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. , 2020, Dixit Grammatica, 978-2-343-20253-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02611559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale, Franck Neveu, Audrey Roig (eds), Berlin, De Gruyter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Gruyter, 2020, 978-3-11-060165-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02485387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La juxtaposition. Histoire et (dé)construction d’une complexité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. 275 p., 2019, 978-2-406-08234-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02190122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Contraintes linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Meneses Lerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang, 38, 2017, Gramm-R, 978-2-8076-0221-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Détachement et corrélation », Travaux de linguistique n° 74 (2017, 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’exception (revue et corrigée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Eve Damar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Meinertzhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">revues.org, 167-168, 2015, Pratiques : L'exception (revue et corrigée), 0338-2389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La corrélation en français. Etude morphosyntaxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2-8124-3282-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les liaisons de prédications : lorsque la marque s’estompe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 200, pp.146, 2015, Langages. Les liaisons de prédications : lorsque la marque s'estompe, 9782200930073</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue française: Les liaisons de prédications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.140, 2014, 9782200929404</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01066432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipse & fragment. Morceaux choisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang, pp.237, 2013, 978-2-87574-021-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01066433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement de l'article en français depuis 1980</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang, pp.238, 2011, Gramm-R, 978-90-5201-713-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01066431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur la catégorie du nombre : nombre grammatical, nombre lexical et référence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck Neveu &amp; Delphine Pasques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La catégorie du nombre. Langues romanes et langues germaniques en dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.85-100, 2025, 978-3-11-150501-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouverture du concert mondial de linguistique française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Toutain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concert mondial de linguistique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, p. 9-17, 2023, 979-10-362-0640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre l'actant et le circonstant, l'adjet (chapitre 14)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, p. 249-265, 2022, 9783110715040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, p. XIX-XXI, 2022, 9783110715040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Portrait de la connexion corrélative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schnedecker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Connexion corrélative. De la phrase au discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres (475), </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 7-14, 2021, 978-2-406-10493-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03132421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Réflexions terminologiques et méthodologiques sur l’adjectivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-23, 2020, 978-3-11-060165-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02485400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prédi-quoi ? Et l'attribut du COD, alors ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Défense et illustration du prédicat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-70, 2020, 978-2-343-20253-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02611567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du prédicat aux prédicats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Défense et illustration du prédicat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.15-25, 2020, 978-2-343-20253-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02611563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définis-moi la subordination, la coordination, et la juxtaposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La phrase. Carrefour linguistique et didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, pp.239-260, 2019, 978-2-84832-350-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02320792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour peu, j'en aurais (presque) perdu ma syntaxe... La syntaxe de l'oral dans les programmes et manuels scolaires en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dans Dister A., Piron S. (dir.), Les discours de référence sur la langue française, Bruxelles, Presses de l'Université Saint-Louis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déjà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consécutivité et simultanéité en Linguistique, Langues et Parole – 2. Syntaxe, Sémantique, Paris, L’Harmattan, coll. Dixit Grammatica, p. 179-198.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une minute de plus, et Michel était parti&amp;quot;, une construction coordonnée ? Ça dépend vraiment du point de vue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hadermann P. &amp; al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ComplexitéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, PIE Peter Lang, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Meneses Lerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lachet C. &amp; al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contraintes linguistiques. À propos de la complémentation nominale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PIE Peter Lang, 2017, 38, 978-2-8076-0221-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni…ni : des corrélatifs déterminant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DéterminationS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30, PIE Peter Lang, pp.47-68, 2016, DéterminationS, 9782875743268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour autant, la corrélation reste complexe. Analyse des structures corrélatives isomorphes en autant et de leurs marqueurs, et comparaison avec la structure plus…plus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations du sens linguistique. Les interfaces de la complexité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 33, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIE Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-178, 2016, 9782875743466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tsunami ? Quel tsunami ? Analyse du phénomène de référenciation des désignants d’événements dans la presse par le prisme de la linguistique cognitive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Calabrese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PU Franche-Comté. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saillance. La saillance en langue et en discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp.103-117, 2015, Annales Littéraires de l'Université de Franche-Comté, 9782848675138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au commencement se trouve parfois le verbe : l’inversion du sujet nominal et du verbe en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le verbe en friche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 20, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIE Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 978-2-87574-117-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01081815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ellipse &amp; fragment. Morceaux choisis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PIE Peter Lang, pp.9-13, 2013, 978-2-87574-021-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autant de têtes, autant de tableaux différents peut-être&amp;quot; : une structure corrélative isomorphe proportionnelle averbale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ellipse &amp; fragment. Morceaux choisis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PIE Peter Lang, pp.39-64, 2013, 978-2-87574-021-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La structure corrélative isomorphe plus…plus. Le point de vue des marqueurs de liaisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La corrélation. Aspects sémantiques et syntaxiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Droz, pp.235-250, 2013, 978-2-600-01754-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rien de nouveau… mis à part plusieurs pensées futiles&amp;quot; ou les formes exceptives et/ou exclusives : syntaxe, énonciation, partition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Rosier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ophrys. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Benveniste après un demi-siècle. Regards sur l’énonciation aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ophrys, 2013, Benveniste après un demi siècle, 978-2708013582</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurs d'encre 3e</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bertagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jougla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurs d'encre - Français 3e - Livre du professeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bertagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jougla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexité phrastique : construction, linéarisation, marquage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Sorbonne Université, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03144739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId150"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:120.37617554859px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Audrey Roig </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">audrey-roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7907-2098</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">154897930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Audrey Roig est professeure des universités à l’Université Paris Cité et membre du laboratoire Éducation, Discours, Apprentissages (EDA). Ses recherches portent principalement sur la syntaxe du français contemporain et sur le discours grammatical enseigné en France.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JE et ON dans le discours de soignants. Du défini à l'indéfini, de la singularité au collectif, du comptable au massif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 47 (2), pp.222-245. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/li.00113.cha⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04913039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agentivité à l'AP-HP au début de la pandémie de covid-19 : des soignants témoins et acteurs »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 220 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène BLASCO (éd.), Parler à l’hôpital. Écouter ce qui est dit, décrypter ce qui se dit, Münster, Nodus Publikationen, 2022 (289 p., 47 euros)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n°219, p. 118-121</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards sur les adjectivaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, p. 7-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaire : des notions problématiques en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 214, pp.5-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03342286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cachez cette réforme que je ne saurais voir. Le cas des compléments du verbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20184607003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nous allons à Mons. Du régime à l’adjet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20184604002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement, corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 74, pp.7-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La corrélation à l'oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 196, pp.75-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01723766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inversion du sujet (pro)nominal : un indice syntaxique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verbum (Presses Universitaires de Nancy)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, L'inversion (pro)nominale du sujet, XXXIX (2), pp.193-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01723759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur la prédication averbale des corrélatives du type &amp;quot;Une dernière conf’ (et) je suis en vacances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La juxtaposition…juxtaposée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information grammaticale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Problèmes terminologiques en grammaire française, 150, pp.14-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Les liaisons de prédications : lorsque la marque s’estompe, 200, pp.5-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À peine avaient-ils introduit une inversion dans leur énoncé que la subordination s’imposa : subordination inverse et inversion subordonnante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Les liaisons de prédications : lorsque la marque s’estompe, 200, pp.31-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'exception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Eve Damar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Meinertzhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, L'exception (revue et corrigée), 167-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Les liaisons de prédications, 182, pp.3-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’attirail de la titraille. Morphosyntaxe des désignants d’évènement dans les titres de presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Calabrese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neophilologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26, pp.154-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel mode de liaison dans les corrélatives isomorphes plus…plus et autant…autant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.2533-2549</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insubordinons-nous !&amp;quot; Lecture critique de la subordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 182, pp.11-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une (ré)analyse catégorielle et fonctionnelle du de même ligateur de prédications : l’exemple de ses emplois (pseudo-)corrélatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Meinertzhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verbum (Presses Universitaires de Nancy)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Réanalyses, indétermination catégorielle et flou sémantique, 36, pp.169-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des N et du N sujets : des généricités toujours refusées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67, pp.61-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche du lien entre les constructions averbales du type Autant de têtes, autant d’avis et les structures corrélatives isomorphes proportionnelles verbales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.2415-2432</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’article, apport ou support du nom ? Réponse par l’argument fonctionnel de l’actualisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 61, pp.115-133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de : Burger Marcel (dir.), Cahiers de l’Institut de linguistique et des sciences du langage : Langue et littératures pour l’enseignement du français en Suisse romande : problèmes et perspectives, n°27, Université de Lausanne, 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Discours et la Langue Revue de linguistique française et d'analyse du discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Ceci est-il de la linguistique belge (française) ?, pp.157-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire l'article en FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Eve Damar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analele Universităţii "Ştefan cel Mare" Suceava. Seria Filologie, A Lingvistică</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.79-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexibilité des représentations de la norme orthographique chez les étudiants. Le cas des publications sur Facebook et Instagram</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux regards sur la norme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Fribourg, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques compléments en grammaire : cent ans de manuels scolaires sous la loupe du linguiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interuniversitaire : "Vers une didactique outillée : modalités d’articulation entre didactique des langues et disciplines de référence ou connexes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chantal Claudel; Laurence Le Ferrec, Feb 2024, Nanterre - Université de Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04462081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corpus AS2-HP : paroles de soignants de l'AP-HP au terme de la 1re année de covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ludes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barbut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania Delabarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Où en sont les corpus de français parlé ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathieu Avanzi; Laure Anne Johnsen, Sep 2024, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04688426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AS2-HP : attitudes agentives et émotionnelles de soignants de l’AP-HP en période de Covid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude LA-REPT Gremo (Libre arbitre et régulation émotionnelle dans la lésion cérébrale acquise : regards croisés des linguistes, psychologues, médecins et philodophes) Discours des soignants et des patients</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04289608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JE, ON : l’agentivité de soignants en milieu hospitalier révélée par le nombre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La catégorie du nombre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Sorbonne - Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04123772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressions scalaires de l’agentivité des soignants face au covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La perception en langue et en discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04141462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valse des compléments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire sur l’enseignement de la grammaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Mons, Mar 2021, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’affect des soignants face à la Covid-19 : agentivité & patientivité exprimées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizha Chatar-Moumni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PerceptiO. La perception et le vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complément aux compléments de la grammaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du LILPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre l'actant et le circonstant, l'adjet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'héritage de Lucien Tesnière, 60 ans après la parution des Éléments de syntaxe structurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02291568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nous allons à Mons. Du régime à l’adjet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Congrès Mondial de Linguistique Française (CMLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Prédi-Quoi ? Et l’attribut du COD, alors ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Prédicat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire le savoir grammatical : &amp;quot;de mon temps...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude : Construire le savoir grammatical en manipulant la langue. Comment donner du sens (et le goût de) la grammaire ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cachez cette réforme que je ne saurais voir. Le cas des compléments du verbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Congrès Mondial de Linguistique Française (CMLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement, et corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude internationale : Détachement et Corrélation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France. pp.7-24, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tl.074.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putain de béton, un mètre de plus et il me cassait la tronche.&amp;quot; Des lourdes contraintes pesant sur la Préd1 nominale des corrélatives en [(GN), et…]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contraintes linguistiques, linguistique contrainte : à propos de la complémentation nominale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour peu, j’en aurais (presque) perdu ma syntaxe. La syntaxe de l’oral dans les programmes scolaires en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les tendances actuelles dans les discours de référence sur la langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observer (l’inutile) pour (mieux) former. Le cas des compléments du verbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium &amp; colloque OPEEN &amp; REFORM : Observation des pratiques éducatives, de la recherche et de la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si la terminologie grammaticale à l’école en France (m’)était comptée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les tendances actuelles dans les discours de référence sur la langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un appel manqué, (et) c'est le drame : deux prédications autonomes ou une co-prédication incidente ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La coprédication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secrets d’histoire du système corrélatif isomorphe syntagmatisant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diachro VII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définis-moi la subordination, la coordination, et la juxtaposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La phrase, carrefour linguistique et didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déjà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consécutivité et simultanéité en linguistique, langues et parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel mode de liaison dans les corrélatives isomorphes plus…plus et autant…autant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Congrès Mondial de linguistique française (CMLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Berlin, Allemagne. pp.2533-2549</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À peine avaient-ils introduit une inversion et un &amp;quot;que&amp;quot; dans leur énoncé que la subordination s’imposa&amp;quot; : subordination inverse et inversion subordonnante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les liaisons de prédications non marquées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Audrey Roig; Dan Van Raemdonck, May 2014, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni…ni : des corrélatifs déterminant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DéterminationS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eva Havu; Antoine Gautier; Dan Van Raemdonck, Aug 2014, Helsinki, Finlande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soit connecteur primaire, soit connecteur secondaire. Analyse morphosyntaxique des marqueurs corrélatifs soit…soit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Si j'aurais su, j'aurais pas venu". Linguistique des formes exclues : descriptions, genres, épistémologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour autant, la corrélation reste complexe.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations du sens linguistique VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures corrélatives isomorphes proportionnelles verbales et averbales : étude morphosyntaxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">d’étude La prédication : notion inutile ou indispensable ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre la coordination et la subordination, l’Eldorado de la corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les classifications en linguistique : problèmes, méthodologie, enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’attirail de la titraille. Morphosyntaxe des désignants d’évènement dans les titres de presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Calabrese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Eventibus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Opole, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une (ré)analyse catégorielle et fonctionnelle du de même ligateur de prédications : l’exemple de ses emplois (pseudo-)corrélatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Meinertzhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réanalyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Neuchâtel, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panem et circenses. L’arène culinaire, de la convivialité à l’exclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le manger et le dire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au commencement se trouve parfois le verbe : l'inversion du sujet et du verbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le complexe du verbe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche du lien entre les constructions averbales du type 'Autant de têtes, autant d’avis' et les structures corrélatives isomorphes proportionnelles verbales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès mondial de linguistique française (CMLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lyon, France. pp.2415-2432</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autant de têtes, autant de tableaux différents peut-être&amp;quot; : une structure corrélative isomorphe proportionnelle averbale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les séquences fragmentaires en français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La structure corrélative isomorphe plus…plus. Le point de vue des marqueurs de liaisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrélations : aspects syntaxiques et sémantiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rien de nouveau… mis à part plusieurs pensées futiles ou Les formes exceptives et/ou exclusives : syntaxe, énonciation, partition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Rosier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les théories énonciatives aujourd’hui - Benveniste après un demi-siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il une lecture universelle pour les SN du N en position syntaxique de sujet ? Comparaison avec les SN des N en pareille situation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXe Congrès International de Linguistique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Madrid, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outil d’auto-formation à la grammaire française en ligne pour étudiants allophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Eve Damar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIe Colloque des Technologies de l’Information et de la Communication pour l’Enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grammaire française enseignée aux allophones et aux francophones : en marche, ou en marge du discours scientifique ? L’exemple de l’article</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grammaire en francophonie : Curricula, manuels, pratiques d’enseignement observées, formation des enseignants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01104608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concert mondial de linguistique française. Mélanges offerts à Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Toutain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Langages, 979-10-362-0640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines, Berlin, De Gruyter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notions problématiques en grammaire. Le français aujourd'hui 214</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03342277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Connexion corrélative. De la phrase au discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schnedecker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Rencontres, n°475, 978-2-406-10491-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03132414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défense et illustration du prédicat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. , 2020, Dixit Grammatica, 978-2-343-20253-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02611559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Gruyter, 2020, 978-3-11-060165-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02485387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale, Franck Neveu, Audrey Roig (eds), Berlin, De Gruyter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La juxtaposition. Histoire et (dé)construction d’une complexité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. 275 p., 2019, 978-2-406-08234-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02190122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Contraintes linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Meneses Lerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang, 38, 2017, Gramm-R, 978-2-8076-0221-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Détachement et corrélation », Travaux de linguistique n° 74 (2017, 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’exception (revue et corrigée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Eve Damar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Meinertzhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">revues.org, 167-168, 2015, Pratiques : L'exception (revue et corrigée), 0338-2389</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La corrélation en français. Etude morphosyntaxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2-8124-3282-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les liaisons de prédications : lorsque la marque s’estompe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 200, pp.146, 2015, Langages. Les liaisons de prédications : lorsque la marque s'estompe, 9782200930073</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue française: Les liaisons de prédications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.140, 2014, 9782200929404</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01066432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipse & fragment. Morceaux choisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang, pp.237, 2013, 978-2-87574-021-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01066433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le traitement de l'article en français depuis 1980</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang, pp.238, 2011, Gramm-R, 978-90-5201-713-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01066431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur la catégorie du nombre : nombre grammatical, nombre lexical et référence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck Neveu &amp; Delphine Pasques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La catégorie du nombre. Langues romanes et langues germaniques en dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.85-100, 2025, 978-3-11-150501-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouverture du concert mondial de linguistique française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Gaëlle Toutain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concert mondial de linguistique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Éditions, p. 9-17, 2023, 979-10-362-0640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre l'actant et le circonstant, l'adjet (chapitre 14)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, p. 249-265, 2022, 9783110715040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, p. XIX-XXI, 2022, 9783110715040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Portrait de la connexion corrélative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schnedecker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Connexion corrélative. De la phrase au discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres (475), </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 7-14, 2021, 978-2-406-10493-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03132421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prédi-quoi ? Et l'attribut du COD, alors ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Défense et illustration du prédicat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-70, 2020, 978-2-343-20253-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02611567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Réflexions terminologiques et méthodologiques sur l’adjectivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-23, 2020, 978-3-11-060165-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02485400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du prédicat aux prédicats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Défense et illustration du prédicat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.15-25, 2020, 978-2-343-20253-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02611563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour peu, j'en aurais (presque) perdu ma syntaxe... La syntaxe de l'oral dans les programmes et manuels scolaires en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Deschellette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dans Dister A., Piron S. (dir.), Les discours de référence sur la langue française, Bruxelles, Presses de l'Université Saint-Louis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définis-moi la subordination, la coordination, et la juxtaposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La phrase. Carrefour linguistique et didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, pp.239-260, 2019, 978-2-84832-350-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02320792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déjà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consécutivité et simultanéité en Linguistique, Langues et Parole – 2. Syntaxe, Sémantique, Paris, L’Harmattan, coll. Dixit Grammatica, p. 179-198.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01839861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une minute de plus, et Michel était parti&amp;quot;, une construction coordonnée ? Ça dépend vraiment du point de vue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hadermann P. &amp; al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ComplexitéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, PIE Peter Lang, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Meneses Lerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lachet C. &amp; al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contraintes linguistiques. À propos de la complémentation nominale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PIE Peter Lang, 2017, 38, 978-2-8076-0221-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour autant, la corrélation reste complexe. Analyse des structures corrélatives isomorphes en autant et de leurs marqueurs, et comparaison avec la structure plus…plus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations du sens linguistique. Les interfaces de la complexité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 33, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIE Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-178, 2016, 9782875743466</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni…ni : des corrélatifs déterminant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DéterminationS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30, PIE Peter Lang, pp.47-68, 2016, DéterminationS, 9782875743268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tsunami ? Quel tsunami ? Analyse du phénomène de référenciation des désignants d’événements dans la presse par le prisme de la linguistique cognitive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Calabrese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PU Franche-Comté. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saillance. La saillance en langue et en discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp.103-117, 2015, Annales Littéraires de l'Université de Franche-Comté, 9782848675138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au commencement se trouve parfois le verbe : l’inversion du sujet nominal et du verbe en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le verbe en friche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 20, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PIE Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 978-2-87574-117-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01081815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ellipse &amp; fragment. Morceaux choisis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PIE Peter Lang, pp.9-13, 2013, 978-2-87574-021-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La structure corrélative isomorphe plus…plus. Le point de vue des marqueurs de liaisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Hadermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pierrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Droz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La corrélation. Aspects sémantiques et syntaxiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Droz, pp.235-250, 2013, 978-2-600-01754-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autant de têtes, autant de tableaux différents peut-être&amp;quot; : une structure corrélative isomorphe proportionnelle averbale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE Peter Lang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ellipse &amp; fragment. Morceaux choisis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PIE Peter Lang, pp.39-64, 2013, 978-2-87574-021-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rien de nouveau… mis à part plusieurs pensées futiles&amp;quot; ou les formes exceptives et/ou exclusives : syntaxe, énonciation, partition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Rosier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ophrys. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Benveniste après un demi-siècle. Regards sur l’énonciation aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ophrys, 2013, Benveniste après un demi siècle, 978-2708013582</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01087347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurs d'encre - Français 3e - Livre du professeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bertagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jougla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurs d'encre 3e</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Bertagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Jougla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexité phrastique : construction, linéarisation, marquage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Sorbonne Université, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03144739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId150"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="20762369"/>
+    <w:nsid w:val="1D705E6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-roig" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7907-2098" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154897930" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04913039v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizha Chatar-Moumni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lachet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Roig" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00113.cha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287767v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861732v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03342286v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203600v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Neveu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839833v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Deschellette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184607003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839832v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184604002" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01723759v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619053v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan van Raemdonck" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01723766v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382256v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382250v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382253v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382251v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Eve Damar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Meinertzhagen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rosier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382252v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382255v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Hadermann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pierrard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087352v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382254v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Calabrese" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382258v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087351v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087343v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382259v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087354v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087344v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382260v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464763v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04462081v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04688426v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ludes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbut" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Delabarde" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141462v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04289608v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123772v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203603v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861553v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203604v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02291568v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835796v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839836v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950925v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839838v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382266v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.074.0007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382262v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382263v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382264v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382261v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382268v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382267v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382270v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382265v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104593v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087355v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104594v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104597v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104596v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104595v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104602v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087356v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104598v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104600v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104601v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104599v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104604v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104605v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104603v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104607v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104606v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104608v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099876v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Toutain" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100075290" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649762v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03342277v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132414v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schnedecker" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/index.php/la-connexion-correlative-de-la-phrase-au-discours.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02611559v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503984v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485387v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190122v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555309v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Meneses Lerin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761146v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382241v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087345v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.classiques-garnier.com/editions/index.php?option=com_virtuemart&amp;amp;page=shop.product_details&amp;amp;flypage=flypage_garnier.tpl&amp;amp;product_id=1839&amp;amp;vmcchk=1&amp;amp;Itemid=1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382242v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01066432v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01066433v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01066431v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464802v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099885v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861548v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861550v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132421v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-connexion-correlative-de-la-phrase-au-discours.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485400v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/503713?format=G" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02611567v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02611563v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320792v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466126v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839861v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555308v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555310v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382248v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382246v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/product/62159?format=PBK" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382249v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01081815v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peterlang.com/index.cfm?event=cmp.ccc.seitenstruktur.detailseiten&amp;amp;seitentyp=produkt&amp;amp;pk=79957" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087350v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087346v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087348v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087347v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382244v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bertagna" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Carrier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jougla" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382245v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03144739v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-roig" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7907-2098" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/154897930" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04913039v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizha Chatar-Moumni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lachet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Roig" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00113.cha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287767v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861732v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203600v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Neveu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03342286v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839833v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Deschellette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184607003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839832v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184604002" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619053v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan van Raemdonck" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01723766v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01723759v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382256v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382250v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382253v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382252v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382251v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Eve Damar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Meinertzhagen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rosier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087352v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382254v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Calabrese" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382258v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087351v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382255v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Hadermann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pierrard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087343v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382259v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087344v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382260v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087354v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464763v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04462081v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04688426v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ludes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbut" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Delabarde" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04289608v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04123772v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141462v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203604v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861553v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203603v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02291568v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839838v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950925v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835796v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839836v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382266v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.074.0007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382264v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382262v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382263v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382261v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382268v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382270v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382267v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382265v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087355v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104594v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104593v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104596v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104595v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104597v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104601v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104598v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104600v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104599v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104602v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087356v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104605v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104604v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104603v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104607v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104606v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01104608v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099876v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Toutain" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100075290" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649762v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03342277v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132414v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schnedecker" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/index.php/la-connexion-correlative-de-la-phrase-au-discours.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02611559v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485387v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503984v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190122v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555309v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Meneses Lerin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761146v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382241v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087345v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.classiques-garnier.com/editions/index.php?option=com_virtuemart&amp;amp;page=shop.product_details&amp;amp;flypage=flypage_garnier.tpl&amp;amp;product_id=1839&amp;amp;vmcchk=1&amp;amp;Itemid=1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382242v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01066432v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01066433v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01066431v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464802v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099885v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861548v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861550v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03132421v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-connexion-correlative-de-la-phrase-au-discours.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02611567v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485400v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/503713?format=G" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02611563v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466126v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02320792v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01839861v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555308v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555310v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382246v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/product/62159?format=PBK" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382248v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382249v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01081815v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peterlang.com/index.cfm?event=cmp.ccc.seitenstruktur.detailseiten&amp;amp;seitentyp=produkt&amp;amp;pk=79957" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087350v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087348v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087346v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087347v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382245v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bertagna" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Carrier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jougla" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382244v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03144739v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>