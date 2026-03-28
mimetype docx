--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -3139,271 +3139,271 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Installations de la fin du Paléolithique moyen de la Grotte Mandrin, Malataverne, (Drôme). Fouille programmée triennale 2015-2017. Rapport de synthèse</w:t>
+                <w:t xml:space="preserve">La baume d'Oulen (Le Garn-Gard et Labastode-de-Virac-Ardèche). Fouille programmée 2017.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Slimak</w:t>
+                <w:t xml:space="preserve">Nicolas Teyssandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Belkacem</w:t>
+                <w:t xml:space="preserve">Robin Furestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Belles</w:t>
+                <w:t xml:space="preserve">Christophe Gilabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adelphine Bonneau</w:t>
+                <w:t xml:space="preserve">Patricia Guillermin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Élie Brochier</w:t>
+                <w:t xml:space="preserve">Benjamin Audiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l’Archéologie Auvergne Rhône-Alpes. 2017, pp.800</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la culture. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01817196v1</w:t>
+                <w:t xml:space="preserve">hal-02016099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La baume d'Oulen (Le Garn-Gard et Labastode-de-Virac-Ardèche). Fouille programmée 2017.</w:t>
+                <w:t xml:space="preserve">Installations de la fin du Paléolithique moyen de la Grotte Mandrin, Malataverne, (Drôme). Fouille programmée triennale 2015-2017. Rapport de synthèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Teyssandier</w:t>
+                <w:t xml:space="preserve">Ludovic Slimak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Furestier</w:t>
+                <w:t xml:space="preserve">D. Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Gilabert</w:t>
+                <w:t xml:space="preserve">Fabienne Belles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Guillermin</w:t>
+                <w:t xml:space="preserve">Adelphine Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Audiard</w:t>
+                <w:t xml:space="preserve">Jacques Élie Brochier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Ministère de la culture. 2017</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Régional de l’Archéologie Auvergne Rhône-Alpes. 2017, pp.800</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02016099v1</w:t>
+                <w:t xml:space="preserve">halshs-01817196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site de La Boudine à Saumane-de-Vaucluse</w:t>
               </w:r>
@@ -3511,103 +3511,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La baume d'Oulen (Le Garn-Gard et Labastide de Virac-Ardèche)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Teyssandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Furestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gilabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Guillermin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Slimak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de la culture. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -3633,103 +3633,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La baume d'Oulen (Le Garn-Gard et Labastide de Virac-Ardèche)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Teyssandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Furestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gilabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Guillermin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Slimak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC - SRA Auvergne Rhône Alpes. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -3755,51 +3755,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Installations de la fin du Paléolithique moyen de la Grotte Mandrin, Malataverne, (Drôme), rapport de fouille programmée annuelle 2015-2017. rapport de synthèse 2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Slimak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Belles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3877,51 +3877,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Installations de la fin du Paléolithique moyen de la Grotte Mandrin, Malataverne, (Drôme), rapport de fouille programmée annuelle 2015. Premier rapport intermédiaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Slimak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4192,51 +4192,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8BA5ED7E"/>
+    <w:nsid w:val="8DE6DE9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4423,51 +4423,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-roussel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0089-1352" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audreyroussel29@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audrey.roussel@cnrs.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366286v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Valensi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1516t" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752027v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antigone Uzunidis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Blasco" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Fourcade" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ochando" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2024.106007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267118v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fosse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magniez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027510v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharada Channarayapatna Visweswara" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid El Guennouni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cauche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449534v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Reggio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Helard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Guendon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; d'Anna" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979558v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Brugal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979587v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752204v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uzunidis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979489v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979451v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603923v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Guennouni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Michel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479248v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03478969v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479087v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Brugal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479309v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03473224v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03473178v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975099v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639194v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335751v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479052v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454442v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourichon Lionel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03521378v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lateur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03473198v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05295621v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gardeisen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bosch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulbes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Drouart" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gailledrat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01817196v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Slimak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Belkacem" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Belles" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelphine Bonneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;lie Brochier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02016099v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Teyssandier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Furestier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gilabert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Guillermin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audiard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449462v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02016082v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570959v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953251v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Belles" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Camus" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frouin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Giraud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953198v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Metz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Brugal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04126109v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023COAZ2016" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audrey-roussel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0089-1352" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audreyroussel29@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audrey.roussel@cnrs.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366286v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gourichon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Valensi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1516t" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752027v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antigone Uzunidis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Blasco" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Fourcade" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ochando" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2024.106007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267118v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fosse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magniez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027510v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharada Channarayapatna Visweswara" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid El Guennouni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cauche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449534v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Reggio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Helard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Guendon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; d'Anna" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979558v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Brugal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979587v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752204v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uzunidis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979489v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979451v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603923v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Guennouni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Michel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479248v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03478969v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479087v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Brugal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479309v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03473224v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03473178v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975099v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639194v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335751v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479052v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454442v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourichon Lionel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03521378v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lateur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03473198v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05295621v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gardeisen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bosch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulbes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Drouart" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gailledrat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02016099v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Teyssandier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Furestier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gilabert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Guillermin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audiard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01817196v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Slimak" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Belkacem" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Belles" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelphine Bonneau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;lie Brochier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449462v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02016082v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570959v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953251v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Belles" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Camus" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frouin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Giraud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953198v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Metz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Brugal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04126109v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023COAZ2016" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>