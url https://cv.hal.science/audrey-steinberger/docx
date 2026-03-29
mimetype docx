--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -761,138 +761,418 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0957-4484/24/22/225504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00787242v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propriétés hydrodynamiques au voisinage d'une surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Charlaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Cottin-Bizonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Crassous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Restagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reflets de la Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 22, pp.14-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/refdp/20102214⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00708504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using surface force apparatus, diffusion and velocimetry to measure slip lengths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bouzigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyderic Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Charlaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Cottin-Bizonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Cross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Mathematical and Physical Sciences (1934–1990)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 366 (1869), pp.1455-1468. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2007.2168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00324237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionic liquids at interfaces with 2D and porous materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agílio Pádua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zheng Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirella Simões Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Bou Tannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -911,280 +1191,280 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ionic Liquids and Materials – ILMAT 7</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04357016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial structure of ionic liquids for high performance field effect transistors: a combined AFM and XPS study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Bou Tannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Steinberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agílio Pádua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Henri Haumesser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anass Benayad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LMC Virtually - 11th Liquid Matter Conf.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04874617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Happy Science Elisabeth !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Cottin-Bizonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Steinberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Audry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Liquid at Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1194,51 +1474,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast generic method for force gradient evaluation and data averaging in force spectroscopy techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Bou Tannous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1247,73 +1527,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Steinberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capillary force on a tilted cylinder: AFM measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Kosgodagan Acharige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1335,87 +1615,87 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Steinberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-01474408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of PMMA--3-octanone binary by turbidity and light scattering measurements.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Crauste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Devailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1436,65 +1716,168 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Ciliberto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00876273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanorhéologie : écoulement limite et friction à l'interface liquide-solide.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Steinberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Analyse de données, Statistiques et Probabilités [physics.data-an]. Université Claude Bernard - Lyon I, 2006. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-00134261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId46"/>
+      <w:footerReference w:type="default" r:id="rId59"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1641,51 +2024,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752460v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Poincloux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Steinberger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.248201" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161372v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Bou Tannous" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Simoes Santos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Gong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henri Haumesser" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Benayad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c02123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547750v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piednoir" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cottin-Bizonne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barentin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c01760" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01639815v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kosgodagan Acharige" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Laurent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2017.06.095" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00881777v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Devailly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ciliberto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00787242v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/24/22/225504" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357016v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ag&#237;lio P&#225;dua" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Sim&#245;es Santos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874617v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henri Haumesser" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002895v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Audry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Picard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534087v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01474408v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00876273v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Crauste" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752460v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Crassous" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Poincloux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Steinberger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.248201" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161372v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Bou Tannous" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Simoes Santos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Gong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henri Haumesser" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Benayad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c02123" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547750v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piednoir" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cottin-Bizonne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barentin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c01760" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01639815v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kosgodagan Acharige" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Laurent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2017.06.095" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00881777v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Devailly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ciliberto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00787242v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/24/22/225504" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708504v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Charlaix" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Leroy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Restagno" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/20102214" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00324237v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bouzigues" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyderic Bocquet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cross" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2007.2168" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/V84-QH4030RZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357016v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ag&#237;lio P&#225;dua" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Sim&#245;es Santos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874617v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henri Haumesser" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002895v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Audry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Picard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534087v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01474408v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00876273v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Crauste" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00134261v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>