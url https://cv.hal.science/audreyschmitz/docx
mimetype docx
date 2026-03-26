--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -131,779 +131,779 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Pathogenic Clade 2.3.4.4b H5N1 Influenza Virus in Seabirds in France, 2022–2023</w:t>
+                <w:t xml:space="preserve">Investigating the role of environmental factors in the French highly pathogenic avian influenza epizootic in 2022-2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
+                <w:t xml:space="preserve">Maryem Ben Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Palumbo</w:t>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Martenot</w:t>
+                <w:t xml:space="preserve">Stéphanie Bougeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Massin</w:t>
+                <w:t xml:space="preserve">Virginie Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Cherbonnel</w:t>
+                <w:t xml:space="preserve">Morgane Salines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 2025 (1), </w:t>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/tbed/8895883⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2025.1541019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05023527v1</w:t>
+                <w:t xml:space="preserve">anses-05111396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly Pathogenic Clade 2.3.4.4b H5N1 Influenza Virus in Seabirds in France, 2022–2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cherbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2025 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/tbed/8895883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04986637v1</w:t>
+                <w:t xml:space="preserve">hal-05023527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the role of environmental factors in the French highly pathogenic avian influenza epizootic in 2022-2023</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highly Pathogenic Clade 2.3.4.4b H5N1 Influenza Virus in Seabirds in France, 2022–2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryem Ben Salem</w:t>
+                <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+                <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bougeard</w:t>
+                <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Allain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Morgane Salines</w:t>
+                <w:t xml:space="preserve">Martine Cherbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/tbed/8895883⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fvets.2025.1541019⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">anses-05111396v1</w:t>
+                <w:t xml:space="preserve">anses-04986637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To what extent may the duck population be protected after vaccination against highly pathogenic avian influenza? Contributions from a modelling approach and French field data</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of H1N2 influenza viruses in turkeys after spillover from swine and in vitro characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axelle Scoizec</w:t>
+                <w:t xml:space="preserve">Chloé Chavoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+                <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Niqueux</w:t>
+                <w:t xml:space="preserve">Katell Louboutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2025.127905⟩</w:t>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 361, pp.199634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.virusres.2025.199634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-05418814v1</w:t>
+                <w:t xml:space="preserve">anses-05285166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of H1N2 influenza viruses in turkeys after spillover from swine and in vitro characterization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascale Massin</w:t>
+                <w:t xml:space="preserve">To what extent may the duck population be protected after vaccination against highly pathogenic avian influenza? Contributions from a modelling approach and French field data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Salines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Briand</w:t>
+                <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katell Louboutin</w:t>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Busson</w:t>
+                <w:t xml:space="preserve">Eric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 361, pp.199634. </w:t>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 68, pp.127905. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.virusres.2025.199634⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2025.127905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-05285166v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-05418814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influenza aviaire hautement pathogène en France, bilan de la saison 2023-2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Bouquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 106</w:t>
@@ -926,286 +926,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Patterns for Highly Pathogenic Avian Influenza and Adjustment of Prevention, Control and Surveillance Strategies: The Example of France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Influenza aviaire hautement pathogène en France Bilan de la saison 2022-2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Bouquin-Leneveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Palumbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Loïc Palumbo</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne van de Wiele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 103</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04416341v1</w:t>
+                <w:t xml:space="preserve">hal-05056570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influenza aviaire hautement pathogène en France Bilan de la saison 2022-2023</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Patterns for Highly Pathogenic Avian Influenza and Adjustment of Prevention, Control and Surveillance Strategies: The Example of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Scoizec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Niqueux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Le Bouquin-Leneveu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Béatrice Grasland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne van de Wiele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v16010101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05056570v1</w:t>
+                <w:t xml:space="preserve">anses-04416341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly pathogenic avian influenza A (H5N1) clade 2.3.4.4b virus infection in captive bears (Ursus thibetanus) and in captive and wild birds, France, 2022</w:t>
               </w:r>
@@ -1230,51 +1230,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Beltrame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Guillemoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Pigeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1325,103 +1325,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly pathogenic avian influenza in France: two major epizootics during the 2020-2021 and 2021-2022 seasons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Bouquin-Leneveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 100</w:t>
@@ -1584,51 +1584,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly Pathogenic Avian Influenza A(H5N1) Clade 2.3.4.4b Virus in Domestic Cat, France, 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Souchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1712,377 +1712,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04226838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylodynamic analysis of the highly pathogenic avian influenza H5N8 epidemic in France, 2016–2017</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
+                <w:t xml:space="preserve">Multiple independent introductions of highly pathogenic avian influenza H5 viruses during the 2020–2021 epizootic in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François‐xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Niqueux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+                <w:t xml:space="preserve">Claire Martenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cherbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 69 (5), pp.e1574-e1583. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.14490⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 69 (6), pp.4028-4033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.14711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-03659141v1</w:t>
+                <w:t xml:space="preserve">anses-03966161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple independent introductions of highly pathogenic avian influenza H5 viruses during the 2020–2021 epizootic in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Martine Cherbonnel</w:t>
+                <w:t xml:space="preserve">Phylodynamic analysis of the highly pathogenic avian influenza H5N8 epidemic in France, 2016–2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debapriyo Chakraborty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola F. Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 69 (6), pp.4028-4033. </w:t>
+              <w:t xml:space="preserve">, 2022, 69 (5), pp.e1574-e1583. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tbed.14711⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/tbed.14490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03966161v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03659141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avian influenza outbreaks: evaluating the efficacy of cleaning and disinfection of vehicles and transport crates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poultry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 101 (1), pp.101569. </w:t>
@@ -2120,103 +2120,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concomitant NA and NS deletion on avian Influenza H3N1 virus associated with hen mortality in France in 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Briand</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Allée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 104, pp.105356. </w:t>
@@ -2254,103 +2254,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly Pathogenic Avian Influenza A(H5N8) Virus Spread by Short- and Long-Range Transmission, France, 2016–17</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cherbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 27 (2), pp.508-516. </w:t>
@@ -2401,64 +2401,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serological Evidence of Backyard Pig Exposure to Highly Pathogenic Avian Influenza H5N8 Virus during 2016–2017 Epizootic in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2535,64 +2535,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Backyard Flocks in Transmission Dynamics of Highly Pathogenic Avian Influenza A(H5N8) Clade 2.3.4.4, France, 2016-2017.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Souvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Robertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2656,103 +2656,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Airborne Detection of H5N8 Highly Pathogenic Avian Influenza Virus Genome in Poultry Farms, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 5, </w:t>
@@ -2790,64 +2790,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging highly pathogenic H5 avian influenza viruses in France during winter 2015/16: phylogenetic analyses and markers for zoonotic potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Ogor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2950,51 +2950,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lebouquin-Leneveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3062,90 +3062,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Double introduction of highly pathogenic H5N1 avian influenza virus into France in early 2006</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Le Gall-Recule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guionie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Avian Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 37 (01), pp.15-23. </w:t>
@@ -3228,90 +3228,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émergence et diffusion d’un génotype de virus d’influenza aviaire hautement pathogène A(H5N1) de clade 2.2.4.4.b adapté aux Laridae en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cherbonnel-Pansart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIes Journées francophones de virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Virologie, Apr 2024, Liège, Belgique</w:t>
@@ -3340,90 +3340,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cluster de foyers IAHP en poules pondeuses, Bretagne 2023 : résultats des investigations épidémiologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gerbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3465,103 +3465,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epizootie d’Influenza Aviaire Hautement Pathogène en France en 2022-2023 : importance des facteurs environnementaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryem Ben Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bougeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Bouquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Tours, France. pp.236-240</w:t>
@@ -3603,90 +3603,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décontamination des camions et cages de transport de canards : étude descriptive dans le Sud-Ouest de la France durant l’épizootie d’influenza aviaire 2020-2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
@@ -3767,51 +3767,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Allée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Ogor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
@@ -3853,90 +3853,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses phylogénétiques des virus influenza aviaire H5 hautement pathogènes en France durant l’épizootie 2020-21</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cherbonnel-Pansart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
@@ -3997,77 +3997,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro and in vivo characterizations in turkey and mouse of a recent A(H1N2) influenza virus in France originating from swine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chavoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Souchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4122,77 +4122,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro and in vivo characterizations in turkey and mouse of a recent A(H1N2) influenza virus in France originating from swine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chavoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Louboutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Souchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4247,51 +4247,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maitriser le risque de diffusion de l'influenza hautement pathogène entre les élevages de volailles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4299,51 +4299,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Souillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours (France), France. 2022</w:t>
@@ -4404,90 +4404,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérimentation de vaccination des canards mulards en élevage contre un virus influenza aviaire hautement pathogène A(H5N1) clade 2.3.4.4b</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Grasland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4691,51 +4691,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05023527v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Palumbo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/tbed/8895883" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04986637v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05111396v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryem Ben Salem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bougeard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Allain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Salines" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2025.1541019" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05418814v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Niqueux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2025.127905" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05285166v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chavoix" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Louboutin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Busson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2025.199634" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05458294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Huneau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04416341v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grasland" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v16010101" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056570v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin-Leneveu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van de Wiele" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04577858v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Briand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Beltrame" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guillemoto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pigeyre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51585/gjvr.2024.1.0077" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056594v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Niqueux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03868510v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Flodrops" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal All&#233;e" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Lebras" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2022.11.012" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04226838v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Souchaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beven" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hirchaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2908.230188" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03659141v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debapriyo Chakraborty" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola F. M&#252;ller" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14490" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03966161v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14711" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03610357v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Thomas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2021.101569" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03965743v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2022.105356" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03455139v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2702.202920" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03455289v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Herv&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gorin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Qu&#233;guiner" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10050621" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623944v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Souvestre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Robertet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croville" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2503.181040" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01938296v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Daniel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2018.00015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04097764v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Ogor" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Prioux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guillou-Cloarec" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2017.22.9.30473" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05264033v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bronner" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lebouquin-Leneveu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540102v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Le Gall-Recule" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guionie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03079450701774835" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04694195v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;Xavier Briand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel-Pansart" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546955v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerbier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04539486v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082384v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082395v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alassane Keita" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082343v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919153v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Orosco" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919133v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082757v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Souillard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04158032v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Morin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05111396v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryem Ben Salem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bougeard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Allain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Salines" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2025.1541019" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05023527v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Palumbo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/tbed/8895883" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04986637v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05285166v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chavoix" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Louboutin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Busson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2025.199634" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05418814v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Niqueux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2025.127905" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05458294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Huneau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056570v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin-Leneveu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van de Wiele" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04416341v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grasland" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v16010101" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04577858v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Briand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Beltrame" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guillemoto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pigeyre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51585/gjvr.2024.1.0077" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056594v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Niqueux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03868510v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Flodrops" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal All&#233;e" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Lebras" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pierre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2022.11.012" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04226838v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Souchaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beven" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hirchaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2908.230188" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03966161v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14711" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03659141v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debapriyo Chakraborty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola F. M&#252;ller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14490" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03610357v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Thomas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2021.101569" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03965743v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2022.105356" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03455139v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2702.202920" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03455289v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Herv&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gorin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Qu&#233;guiner" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10050621" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623944v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Souvestre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Robertet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croville" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2503.181040" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01938296v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Daniel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2018.00015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04097764v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Ogor" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Prioux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guillou-Cloarec" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2017.22.9.30473" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05264033v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bronner" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lebouquin-Leneveu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540102v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Le Gall-Recule" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guionie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03079450701774835" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04694195v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;Xavier Briand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel-Pansart" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546955v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerbier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04539486v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082384v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082395v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alassane Keita" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082343v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919153v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Orosco" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04919133v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082757v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Souillard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04158032v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Morin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>