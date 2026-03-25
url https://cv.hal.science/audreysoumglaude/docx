--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -306,277 +306,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revêtements à sélectivité spectrale pour l’hybridation solaire PV/CST</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Smart coatings for concentrated solar thermal: from optical design and plasma synthesis to performance and durability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Mahammou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Thomas</w:t>
+                <w:t xml:space="preserve">Danielle Ngoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire (JNES 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Anglet (64), France</w:t>
+              <w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, San Diego (California), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04710003v1</w:t>
+                <w:t xml:space="preserve">hal-04790079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart coatings for concentrated solar thermal: from optical design and plasma synthesis to performance and durability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
+                <w:t xml:space="preserve">Revêtements à sélectivité spectrale pour l’hybridation solaire PV/CST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Mahammou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Diop</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amine Mahammou</w:t>
+                <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danielle Ngoue</w:t>
+                <w:t xml:space="preserve">Béatrice Plujat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Grosjean</w:t>
+                <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, San Diego (California), United States</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire (JNES 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Anglet (64), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790079v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04710003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XPS and TEM investigations of antireflective TaOxNy thin films for concentrated solar power technology</w:t>
               </w:r>
@@ -713,77 +713,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Mahammou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plujat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th Conference on Concentrating Solar Power and Chemical Energy Systems (SolarPACES 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Rome, Italy</w:t>
@@ -806,708 +806,708 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W/W-SiCH/TaOxNy multilayers for concentrated solar power</w:t>
+                <w:t xml:space="preserve">Investigation by TEM and XPS of the thermal stability of multi-layer solar selective absorber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aïssatou Diop</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Danielle Ngoue</w:t>
+                <w:t xml:space="preserve">F. Chabanais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Diallo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Plujat</w:t>
+                <w:t xml:space="preserve">A. Goullet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Richard-Plouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plathinium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04501409v1</w:t>
+                <w:t xml:space="preserve">hal-04501399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectrally selective mirror coatings for hybrid PV/CSP receivers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">W/W-SiCH/TaOxNy multilayers for concentrated solar power</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïssatou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Mahammou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Ngoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plujat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th Conference on Concentrating Solar Power and Chemical Energy Systems (SolarPACES 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Sydney, Australia</w:t>
+              <w:t xml:space="preserve">Plathinium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706161v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W/W-SiCH/TaOxNy multilayers for concentrated solar power</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spectrally selective mirror coatings for hybrid PV/CSP receivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Mahammou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad El Morabit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Plujat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Diop</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">L. Thomas</w:t>
+                <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NINE2023, 5th International Conference on Nanotechnology Based Innovative Applications for the Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Venise, Italy</w:t>
+              <w:t xml:space="preserve">29th Conference on Concentrating Solar Power and Chemical Energy Systems (SolarPACES 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04488550v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revêtements multicouches W/W-SiCH/TaOxNy déposés par plasma pour récepteurs solaires à concentration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïssatou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Mahammou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Ngoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chabanais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur l’Énergie Solaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Le Bourget-du-Lac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04559476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation by TEM and XPS of the thermal stability of multi-layer solar selective absorber</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Goullet</w:t>
+                <w:t xml:space="preserve">W/W-SiCH/TaOxNy multilayers for concentrated solar power</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Richard-Plouet</w:t>
+                <w:t xml:space="preserve">A. Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Hamon</w:t>
+                <w:t xml:space="preserve">T. Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Gautier</w:t>
+                <w:t xml:space="preserve">L. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plathinium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Antibes, France</w:t>
+              <w:t xml:space="preserve">NINE2023, 5th International Conference on Nanotechnology Based Innovative Applications for the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501399v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04488550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TaOxNy/Si1-xCx:H/W solar selective absorber materials ageing studied by in situ ion beam analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chabanais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bellamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1562,103 +1562,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigations by TEM of multi-layered solar selective absorber for concentrated solar power technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chabanais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Richard-Plouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIème colloque de la Société Française des Microscopies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Rouen, France</w:t>
@@ -1700,64 +1700,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of ion beam analysis in multilayer Si1-xCx:H/W solar selective absorber materials characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babacar Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Bellamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1812,90 +1812,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, plasma deposition and optical performance of absorbers based on W/W-SiCH/TaOxNy multinanolayers for Concentrated Solar Power</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1963,64 +1963,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stella Verne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plujat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2058,77 +2058,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des processus physico-chimiques aux interfaces solide/gaz par IBA in situ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bellamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2347,64 +2347,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Martinko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Palmero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47th EPS Conference on Plasma Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Sitges (Barcelona), Spain</w:t>
@@ -2433,90 +2433,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma-deposited W/SiCH nanocomposite multilayers as high temperature air-stable solar selective absorber coatings for concentrated solar power receivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Mahammou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandro Carling Plaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2610,51 +2610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Escape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bêche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SolarPACES 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Online, United States</w:t>
@@ -2722,64 +2722,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Asaad Keilany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bichotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SOLARPACES 2018: International Conference on Concentrating Solar Power and Chemical Energy Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Casablanca, Morocco. pp.020001, </w:t>
@@ -2942,77 +2942,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concentrated solar power plants need plasma coatings for efficient solar energy conversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Carling Plaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3205,51 +3205,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of solar-thermal conversion efficiency of high temperature spectrally selective multilayer thin film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atasi Dan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3313,90 +3313,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of plasma a-Si(NO)C:H/metal based thermo-optical selective multilayers for thermodynamic concentrated solar power plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Di Giacomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3932,177 +3932,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01384557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arc deposited TiAlN selective absorber for high temperature CSP applications</w:t>
+                <w:t xml:space="preserve">AMELIORATION D’UN ABSORBEUR MUTLICOUCHES SELECTIF PAR TEXTURATION MICRONIQUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bichotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kämpfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pouit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soum-Glaude Audrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Glénat</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Celle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIP 2015 (Colloquium on Plasma Processes)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JNES 2015 (Journées Nationales sur l’Energie Solaire)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Perpignan, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01384523v1</w:t>
+                <w:t xml:space="preserve">hal-01384532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arc deposited TiAlN selective absorber for high temperature CSP applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bichotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4124,258 +4115,267 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soum-Glaude Audrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glénat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RELIABILITY OF SOLAR MATERIALS AND SYSTEMS – 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Aix-en-Provence, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4949058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01384517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AMELIORATION D’UN ABSORBEUR MUTLICOUCHES SELECTIF PAR TEXTURATION MICRONIQUE</w:t>
+                <w:t xml:space="preserve">Arc deposited TiAlN selective absorber for high temperature CSP applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bichotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pouit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soum-Glaude Audrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Celle</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glénat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNES 2015 (Journées Nationales sur l’Energie Solaire)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CIP 2015 (Colloquium on Plasma Processes)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, St Etienne, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4949058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01384532v1</w:t>
+                <w:t xml:space="preserve">hal-01384523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomic Layer Deposition of TiO2 ultrathin films on 3D substrates for energy applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4644,51 +4644,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Díaz-Herrezuelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilar Miranzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Escape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4912,51 +4912,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Díaz-Herrezuelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Falcoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Belmonte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5029,51 +5029,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Vossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stella Verne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5114,606 +5114,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04716789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive study of WSiC:H coatings synthesized by microwave-assisted RF reactive sputtering</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Plujat</w:t>
+                <w:t xml:space="preserve">Influence of the oxidation on the optical properties of Mo-Si-Ti, Ta-Mo-Cr-Al and Ta-Mo-Cr-Ti-Al alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bêche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Escape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Laube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2023.129408⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37, pp.107056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2023.107056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04085353v1</w:t>
+                <w:t xml:space="preserve">hal-04228351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W/W-SiCH/TaOxNy Multinanolayers for Concentrated Solar Power</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 101, pp.7-12. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/CET23101002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05399018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optically selective SiC-based nanocomposite objects derived from titanium and boron-modified polycarbosilanes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
+                <w:t xml:space="preserve">Comprehensive study of WSiC:H coatings synthesized by microwave-assisted RF reactive sputtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïssatou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Ngoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Mahammou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Babacar Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Plujat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Ceramics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceram.2023.100353⟩</w:t>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 459, pp.129408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2023.129408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296320v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the oxidation on the optical properties of Mo-Si-Ti, Ta-Mo-Cr-Al and Ta-Mo-Cr-Ti-Al alloys</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Escape</w:t>
+                <w:t xml:space="preserve">Optically selective SiC-based nanocomposite objects derived from titanium and boron-modified polycarbosilanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Balestrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cheype</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Laube</w:t>
+                <w:t xml:space="preserve">Pierre Carles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 37, pp.107056. </w:t>
+              <w:t xml:space="preserve">Open Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.100353. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2023.107056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.oceram.2023.100353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228351v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of operating conditions on the optical optimization of solar selective absorber coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5773,64 +5773,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Replacing silver by aluminum in solar mirrors by improving solar reflectance with dielectric top layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainable Materials and Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 29, pp.e00307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5877,51 +5877,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extremely high temperature stable nanometric scale multilayer spectrally selective absorber coating: Emissivity measurements at elevated temperatures and a comprehensive study on ageing mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Niranjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandro Carling Plaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6050,51 +6050,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Grifo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bordas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 227, pp.457-467. </w:t>
@@ -6158,51 +6158,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héléne Arena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustapha Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Jonchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6260,766 +6260,766 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03005934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature- and Angle-Dependent Emissivity and Thermal Shock Resistance of the W/WAlN/WAlON/Al2O3-Based Spectrally Selective Absorber</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Accelerated aging of absorber coatings for CSP receivers under real high solar flux – Evolution of their optical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reine Reoyo-Prats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandro Carling Plaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Faugeroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Claudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kamanio Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaem.9b00743⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 193, pp.92-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2018.12.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705484v1</w:t>
+                <w:t xml:space="preserve">hal-03463290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical simulation, characterization and thermal stability of Cr2O3/Cr/Cr2O3 multilayer solar selective absorber coatings</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Round Robin Test for the comparison of spectral emittance measurement apparatuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Khamlich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Glénat</w:t>
+                <w:t xml:space="preserve">Estelle Le Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Balghouthi</w:t>
+                <w:t xml:space="preserve">Olivier Raccurt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Adier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Barriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2018.12.286⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 191, pp.476-485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2018.11.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04705515v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04574386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Round Robin Test for the comparison of spectral emittance measurement apparatuses</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optical simulation, characterization and thermal stability of Cr2O3/Cr/Cr2O3 multilayer solar selective absorber coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Adier</w:t>
+                <w:t xml:space="preserve">A.B. Khelifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Barriga</w:t>
+                <w:t xml:space="preserve">S. Khamlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glénat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Balghouthi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2018.11.026⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 783, pp.533-544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2018.12.286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04574386v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04705515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SiC-TiC nanocomposite for bulk solar absorbers applications: Effect of density and surface roughness on the optical properties</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Temperature- and Angle-Dependent Emissivity and Thermal Shock Resistance of the W/WAlN/WAlON/Al2O3-Based Spectrally Selective Absorber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atasi Dan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Adel Mesbah</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandro Carling Plaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clifford Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamanio Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (8), pp.5557-5567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.9b00743⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2018.11.018⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02001098v1</w:t>
+                <w:t xml:space="preserve">hal-04705484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerated aging of absorber coatings for CSP receivers under real high solar flux – Evolution of their optical properties</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">SiC-TiC nanocomposite for bulk solar absorbers applications: Effect of density and surface roughness on the optical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héléne Arena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustapha Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Jonchere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 193, pp.92-100. </w:t>
+              <w:t xml:space="preserve">, 2019, 191, pp.199-208. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solmat.2018.12.030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solmat.2018.11.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03463290v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02001098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive simulation and optimization of porous SiO 2 antireflective coating to improve glass solar transmittance for solar energy applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 182, pp.166 - 177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7079,51 +7079,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Diago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Crespo Iniesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Calvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7170,51 +7170,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical characterization of TiAlN x /TiAlN y /Al 2 O 3 tandem solar selective absorber coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7447,51 +7447,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of high temperature emissivity and photothermal conversion efficiency of TiAlC/TiAlCN/TiAlSiCN/TiAlSiCO/TiAlSiO spectrally selective coating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Jyothi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.S. Nagaraja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8100,51 +8100,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Argon/tetramethysilane PECVD: From process diagnostic and modeling to a-SiC:H hard coating composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8261,51 +8261,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des matériaux efficaces et durables pour le solaire concentré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Université de Perpignan, Magazine Recherche : INTERSECTIONS #3 - Les Communs (www.univ-perp.fr/recherche/intersections-3-les-communs)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.60-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8526,64 +8526,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Chabanais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Richard-Plouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Plujat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Microscopy Congress (EMC 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Copenaghen, Denmark</w:t>
@@ -8612,77 +8612,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Temperature W/W-SiCH/TaOxNy Multilayer Solar Selective Absorber Coatings for Concentrated Solar Receivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Mahammou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babacar Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8737,103 +8737,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Études par XPS d'un absorbeur sélectif solaire pour la technologie de l'énergie solaire à concentration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Richard-Plouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chabanais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Nationale de Spectroscopie de PhotoEmission</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Sophia Antipolis, France</w:t>
@@ -8856,467 +8856,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04560245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of solar selective absorber coating stability and durability: pertinence of purely thermal aging vs. real concentrated solar aging</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Performance bounds of PV mirror hybrid systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Verne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Plujat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th Conference on Concentrating Solar Power and Chemical Energy Systems (SolarPACES 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Albuquerque, United States</w:t>
+              <w:t xml:space="preserve">, Sep 2022, Albuquerque (NM), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04706432v1</w:t>
+                <w:t xml:space="preserve">hal-04707345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance bounds of PV mirror hybrid systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Assessment of solar selective absorber coating stability and durability: pertinence of purely thermal aging vs. real concentrated solar aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Carling Plaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Grifo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Bordas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th Conference on Concentrating Solar Power and Chemical Energy Systems (SolarPACES 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Albuquerque (NM), France</w:t>
+              <w:t xml:space="preserve">, Sep 2022, Albuquerque, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707345v1</w:t>
+                <w:t xml:space="preserve">hal-04706432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanocomposite cermet coatings for CSP technologies deposited by RF reactive PVD assisted with microwave ECR sources</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Plasma-deposited W/SiCH nanocomposite multilayers as high temperature air-stable solar selective absorber coatings for concentrated solar power receivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Quoizola</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Mahammou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandro Carling Plaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plathinium 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Antibes, France</w:t>
+              <w:t xml:space="preserve">JNES 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Odeillo – Font-Romeu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03580593v1</w:t>
+                <w:t xml:space="preserve">hal-03579679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical performance of high temperature air-stable solar absorber coatings based on W/SiCH plasma multilayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Carling Plaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plathinium 2021, visioconférence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Antibes, France</w:t>
@@ -9339,527 +9339,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03580600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma-deposited W/SiCH nanocomposite multilayers as high temperature air-stable solar selective absorber coatings for concentrated solar power receivers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Nanocomposite cermet coatings for CSP technologies deposited by RF reactive PVD assisted with microwave ECR sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïssatou Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alexandro Carling Plaza</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glénat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNES 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Odeillo – Font-Romeu, France</w:t>
+              <w:t xml:space="preserve">Plathinium 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03579679v1</w:t>
+                <w:t xml:space="preserve">hal-03580593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Temperature Emissivity and Thermal Stability of W/WAlSiN/SiON/SiO2 Solar Selective Tandem Absorber Coatings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">K. Niranjan</w:t>
+                <w:t xml:space="preserve">Optical performance and thermal stability of high temperature air-stable solar selective absorber coatings based on W/SiCH multilayers and W-SiCH nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïssatou Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Carling Plaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Quoizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Goullet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th Conference on Concentrating Solar Power and Chemical Energy Systems (SolarPACES 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707443v1</w:t>
+                <w:t xml:space="preserve">hal-04707417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High temperature emissivity of SiC, TiC and SiC-TiC nanocomposites as solar selective absorber materials: comparison of room temperature and on-sun MEDIASE facility measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">High Temperature Emissivity and Thermal Stability of W/WAlSiN/SiON/SiO2 Solar Selective Tandem Absorber Coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Niranjan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Carling Plaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Grifo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paturu Kondaiah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th Conference on Concentrating Solar Power and Chemical Energy Systems (SolarPACES 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707475v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical performance and thermal stability of high temperature air-stable solar selective absorber coatings based on W/SiCH multilayers and W-SiCH nanocomposites</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High temperature emissivity of SiC, TiC and SiC-TiC nanocomposites as solar selective absorber materials: comparison of room temperature and on-sun MEDIASE facility measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Quoizola</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Goullet</w:t>
+                <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Sans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Arena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pradeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th Conference on Concentrating Solar Power and Chemical Energy Systems (SolarPACES 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707417v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration et caractérisation de céramiques nanocomposites TiC-SiC pour des applications solaires photothermiques</w:t>
               </w:r>
@@ -9884,51 +9884,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Arrachart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustapha Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Jonchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9983,51 +9983,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TiC – SiC carbide nanocomposites intended as bulk materials for high temperature solar selective receivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Arena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Arrachart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10134,51 +10134,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Arrachart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustapha Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Jonchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10384,51 +10384,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pouit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10522,51 +10522,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soum-Glaude Audrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glénat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar PACES 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Cape Town, South Africa</w:t>
@@ -10634,51 +10634,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soum-Glaude Audrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glénat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itskhokine David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10994,51 +10994,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Materials for Concentrated Solar Power</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11089,103 +11089,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ceramics for concentrated solar power (CSP): From thermophysical properties to solar absorbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ngoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Di Giacomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Quoizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Ceramics for Energy Conversion and Storage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.89-127, 2020, </w:t>
@@ -11249,64 +11249,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soum-Glaude Audrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Di Giacomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Flamant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11385,77 +11385,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réacteur de dépôt de couches et procédé de dépôt associé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Di Giacomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11499,77 +11499,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactor for depositing layers and associated deposition process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Di Giacomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11613,77 +11613,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réacteur de dépôt de couches et procédé de dépôt associé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Di Giacomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11727,77 +11727,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revêtement pour récepteur solaire et dispositif comportant un tel revêtement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Quoizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Di Giacomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11925,51 +11925,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soum-Glaude Audrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Glénat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -12141,51 +12141,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses expérimentales et simulation numérique d'un procédé PACVD pour le dépôt de couches minces à vocation mécanique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Soum-Glaude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Science des matériaux [cond-mat.mtrl-sci]. Université de Perpignan Via Domitia (UPVD), 2006. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2006PERP0760⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -12302,51 +12302,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="27E26275"/>
+    <w:nsid w:val="E807E4CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12533,51 +12533,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audreysoumglaude" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7397-9174" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/114718903" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707954v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grosjean" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bennet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita Drumond" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Mahammou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Langevin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710003v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Quoizola" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Plujat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thomas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04790079v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Soum-Glaude" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diop" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ngoue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grosjean" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710022v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chabanais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Goullet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Richard-Plouet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hamon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gautier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707987v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04501409v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssatou Diop" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Diallo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706161v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad El Morabit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04488550v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bousquet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sauvage" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04559476v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chabanais" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04501399v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goullet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Richard-Plouet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hamon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gautier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04501443v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bellamy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Wendling" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04559470v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706458v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babacar Diallo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Bellamy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wendling" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04061291v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850786v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vossier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Verne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dollet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04067617v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933515v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charpentier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kauffmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B&#234;che" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Escape" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Sans" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749011v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Raynaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Martinko" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Palmero" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03574563v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandro Carling Plaza" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357145v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kaufmann" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705877v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Asaad Keilany" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bichotte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5117509" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02489662v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;ne Arena" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coulibaly" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soum-Glaude" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jonchere" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707512v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Carling Plaza" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Par&#232;s" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589549v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Arena" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Coulibaly" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jonch&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707600v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atasi Dan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chattopadhyay" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harish Barshilia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Basu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707575v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Di Giacomo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589497v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042697v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kampfe" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Iff" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Celle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384569v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K&#228;mpfe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Celle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384557v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soum-Glaude Audrey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Le Gal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384523v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gl&#233;nat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949058" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384517v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384532v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807357v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tian" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Briz&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cagnon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2012.913" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01017234v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#233;chu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#232;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pelletier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lacoste" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744932v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene D&#237;az-Herrezuelo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Miranzo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Falcoz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.116975" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172348v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissatou Diop" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bousquet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauvage" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2025.140725" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705528v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Belmonte" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2024.100648" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716789v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2024.121380" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085353v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2023.129408" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399018v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET23101002" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296320v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Balestrat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cheype" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carles" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100353" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228351v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Laube" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2023.107056" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368635v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Laurent" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2021.111280" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368709v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2021.e00307" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368640v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Niranjan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Bysakh" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siju John" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2020.110905" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368634v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Grifo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bordas" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2021.09.026" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005934v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jonchere" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2020.110536" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705484v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Ho" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamanio Chattopadhyay" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.9b00743" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705515v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Khelifa" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khamlich" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balghouthi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.12.286" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04574386v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Le Baron" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raccurt" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giraud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barriga" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.11.026" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02001098v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.11.018" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03463290v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Reoyo-Prats" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faugeroux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Claudet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.12.030" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870060v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neveu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.03.040" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870054v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Diago" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Crespo Iniesta" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Calvet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2018.02.106" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870064v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dubost" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2017.06.007" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870103v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jyothi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Biswas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sarkar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nagaraja" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-017-1103-2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870072v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.S. Nagaraja" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2017.06.057" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384616v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Iff" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2016.10.027" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211353v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Volpi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Salvo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthome" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.4904025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00870733v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Svarnas" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4823466" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426684v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Rebib" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaudy" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lemaire-Caron" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony da Silva Botelho" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.200932305" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04109432v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S&#233;gur" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Bordage" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2006.11.003" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PFMH675W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031970v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299698v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita F Drumond" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Moreau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708027v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705620v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04560245v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706432v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707345v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580593v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580600v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579679v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707443v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paturu Kondaiah" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707475v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pradeilles" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707417v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589570v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589510v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589486v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384541v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042943v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384593v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384501v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itskhokine David" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00721930v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bacal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00721932v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassouni" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705565v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394169702.ch7" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368717v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-102726-4.00003-X" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870139v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Flamant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527696109.ch10" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972242v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hernandez" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972249v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972238v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972233v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384611v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384602v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04928123v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006PERP0760" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/audreysoumglaude" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7397-9174" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/114718903" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707954v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grosjean" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bennet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita Drumond" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Mahammou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Langevin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04790079v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Soum-Glaude" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diop" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ngoue" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grosjean" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710003v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Quoizola" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Plujat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thomas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710022v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chabanais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Goullet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Richard-Plouet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hamon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gautier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707987v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04501399v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chabanais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goullet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Richard-Plouet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hamon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gautier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04501409v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssatou Diop" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Diallo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706161v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad El Morabit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04559476v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04488550v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bousquet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sauvage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04501443v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bellamy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Wendling" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04559470v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706458v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babacar Diallo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Bellamy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wendling" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04061291v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850786v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vossier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Verne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dollet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04067617v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933515v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charpentier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kauffmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B&#234;che" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Escape" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Sans" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749011v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Raynaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Martinko" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Palmero" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03574563v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandro Carling Plaza" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357145v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kaufmann" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705877v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Asaad Keilany" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bichotte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5117509" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02489662v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;ne Arena" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coulibaly" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soum-Glaude" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jonchere" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707512v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Carling Plaza" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Par&#232;s" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589549v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Arena" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Coulibaly" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jonch&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707600v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atasi Dan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chattopadhyay" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harish Barshilia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Basu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707575v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Di Giacomo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589497v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042697v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kampfe" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Iff" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Celle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384569v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K&#228;mpfe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Celle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384557v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soum-Glaude Audrey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Le Gal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384532v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384517v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gl&#233;nat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949058" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384523v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807357v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tian" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Briz&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cagnon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/opl.2012.913" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01017234v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#233;chu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#232;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pelletier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lacoste" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744932v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene D&#237;az-Herrezuelo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Miranzo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Falcoz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.116975" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172348v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissatou Diop" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bousquet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauvage" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2025.140725" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705528v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Belmonte" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2024.100648" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716789v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2024.121380" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228351v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Laube" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2023.107056" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399018v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET23101002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085353v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2023.129408" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296320v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Balestrat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cheype" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carles" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100353" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368635v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Laurent" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2021.111280" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368709v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susmat.2021.e00307" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368640v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Niranjan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Bysakh" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siju John" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2020.110905" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368634v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Grifo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bordas" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2021.09.026" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005934v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jonchere" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2020.110536" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03463290v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Reoyo-Prats" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faugeroux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Claudet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.12.030" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04574386v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Le Baron" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raccurt" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giraud" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barriga" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.11.026" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705515v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Khelifa" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khamlich" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balghouthi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.12.286" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705484v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Ho" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamanio Chattopadhyay" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.9b00743" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02001098v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.11.018" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870060v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neveu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.03.040" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870054v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Diago" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Crespo Iniesta" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Calvet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2018.02.106" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870064v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dubost" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2017.06.007" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870103v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jyothi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Biswas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sarkar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nagaraja" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-017-1103-2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870072v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.S. Nagaraja" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2017.06.057" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384616v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Iff" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2016.10.027" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211353v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Volpi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Salvo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthome" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.4904025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00870733v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Svarnas" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4823466" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426684v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Rebib" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaudy" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lemaire-Caron" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony da Silva Botelho" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.200932305" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04109432v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S&#233;gur" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Bordage" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2006.11.003" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PFMH675W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031970v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299698v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita F Drumond" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Moreau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708027v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705620v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04560245v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707345v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706432v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579679v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580600v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580593v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707417v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707443v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paturu Kondaiah" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707475v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pradeilles" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589570v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589510v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589486v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384541v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042943v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384593v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384501v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itskhokine David" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00721930v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bacal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00721932v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassouni" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705565v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394169702.ch7" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03368717v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-102726-4.00003-X" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01870139v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Flamant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527696109.ch10" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972242v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hernandez" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972249v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972238v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972233v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384611v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384602v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04928123v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006PERP0760" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>