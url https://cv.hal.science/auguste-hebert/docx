--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -284,308 +284,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03812898v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tessellations of an affine apartment by affine weight polytopes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Auguste Hebert</w:t>
+                <w:t xml:space="preserve">On affine Kazhdan-Lusztig R-polynomials for Kac-Moody groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Izquierdo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Loisel</w:t>
+                <w:t xml:space="preserve">Paul Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04788279v1</w:t>
+                <w:t xml:space="preserve">hal-04725250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum roots for Kac-Moody root systems and finiteness properties of the Kac-Moody affine Bruhat order</w:t>
+                <w:t xml:space="preserve">Tessellations of an affine apartment by affine weight polytopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Philippe</w:t>
+                <w:t xml:space="preserve">Diego Izquierdo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Loisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579365v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04788279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On affine Kazhdan-Lusztig R-polynomials for Kac-Moody groups</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quantum roots for Kac-Moody root systems and finiteness properties of the Kac-Moody affine Bruhat order</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auguste Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auguste Hébert</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-04725250v1</w:t>
+                <w:t xml:space="preserve">hal-04579365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weakness of the topological twin building of a masure for the cone topology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -791,77 +791,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">$\Lambda$-buildings associated to quasi-split groups over $\Lambda$-valued fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Izquierdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Loisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Münster Journal of Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -889,304 +889,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02430546v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Principal series representations of Iwahori-Hecke algebras for Kac-Moody groups over local fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Auguste Hébert</w:t>
+                <w:t xml:space="preserve">A new axiomatics for masures II</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auguste Hebert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Advances in Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (4), pp.513-522. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/aif.3469⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/advgeom-2022-0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01960351v4</w:t>
+                <w:t xml:space="preserve">hal-03108175v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum to &amp;quot;Completed Iwahori-Hecke algebra and parahoric Hecke algebras for Kac-Moody groups over local fields</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Principal series representations of Iwahori-Hecke algebras for Kac-Moody groups over local fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/jep.206⟩</w:t>
+              <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/aif.3469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206162v1</w:t>
+                <w:t xml:space="preserve">hal-01960351v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new axiomatics for masures II</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Auguste Hebert</w:t>
+                <w:t xml:space="preserve">Erratum to &amp;quot;Completed Iwahori-Hecke algebra and parahoric Hecke algebras for Kac-Moody groups over local fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramla Abdellatif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Geometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22 (4), pp.513-522. </w:t>
+              <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.1293-1304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/advgeom-2022-0013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/jep.206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108175v2</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distances on a masure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transformation Groups</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1220,51 +1220,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decompositions of principal series representations of Iwahori-Hecke algebras for Kac-Moody groups over local fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pacific Journal of Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1337,51 +1337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Mühlherr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Geometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 20, pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1409,226 +1409,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01479708v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Completed Iwahori-Hecke algebras and parahoric Hecke algebras for Kac-Moody groups over local fields</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A new axiomatics for masures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 6, pp.79-118. </w:t>
+              <w:t xml:space="preserve">Canadian Journal of Mathematics = Journal Canadien de Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/jep.88⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4153/S0008414X19000051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01536067v3</w:t>
+                <w:t xml:space="preserve">hal-01623600v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new axiomatics for masures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Completed Iwahori-Hecke algebras and parahoric Hecke algebras for Kac-Moody groups over local fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramla Abdellatif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Mathematics = Journal Canadien de Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.79-118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4153/S0008414X19000051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/jep.88⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01623600v3</w:t>
+                <w:t xml:space="preserve">hal-01536067v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gindikin-Karpelevich finiteness for Kac-Moody groups over local fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Mathematics Research Notices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1694,51 +1694,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of masures and of their applications in arithmetic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auguste Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Representation Theory [math.RT]. Université de Lyon, 2018. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1926,51 +1926,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="782EA2A0"/>
+    <w:nsid w:val="7A38384D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2157,51 +2157,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/auguste-hebert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-9698-1641" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241064104" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812898v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bardy-Panse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Hebert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Rousseau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788279v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Bravo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Izquierdo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Loisel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579365v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Philippe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725250v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste H&#233;bert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796718v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011912v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2303.17205" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192454v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/ert/665" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430546v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2001.01542" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960351v4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3469" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206162v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Abdellatif" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.206" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108175v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/advgeom-2022-0013" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397819v3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00031-021-09674-9" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496531v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/pjm.2021.310.303" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479708v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Ciobotaru" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard M&#252;hlherr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/advgeom-2019-0020" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536067v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.88" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623600v3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4153/S0008414X19000051" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248091v4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imrn/rnw224" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01856620v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02379211v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSES027" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/auguste-hebert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-9698-1641" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241064104" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812898v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bardy-Panse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Hebert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Rousseau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725250v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste H&#233;bert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Philippe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788279v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Bravo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Izquierdo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Loisel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579365v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796718v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011912v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2303.17205" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192454v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/ert/665" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430546v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2001.01542" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108175v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/advgeom-2022-0013" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960351v4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.3469" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206162v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramla Abdellatif" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.206" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397819v3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00031-021-09674-9" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496531v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/pjm.2021.310.303" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479708v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Ciobotaru" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard M&#252;hlherr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/advgeom-2019-0020" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623600v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4153/S0008414X19000051" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536067v3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.88" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248091v4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imrn/rnw224" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01856620v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02379211v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSES027" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>