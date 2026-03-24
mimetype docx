--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -169,398 +169,398 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing MRI annotation workflows for high-accuracy deep learning thigh muscle segmentation in athletes</w:t>
+                <w:t xml:space="preserve">Navigator-gated free-breathing joint T1–T2 mapping of the kidney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Slutsky-Ganesh</w:t>
+                <w:t xml:space="preserve">Pauline Calarnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salomé Baup</w:t>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upasana Bharadwaj</w:t>
+                <w:t xml:space="preserve">Christopher Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jake Slaton</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie Valencia</w:t>
+                <w:t xml:space="preserve">Angela Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiology Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 3 (1), </w:t>
+              <w:t xml:space="preserve">Magnetic Resonance Materials in Physics, Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/radadv/umag005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10334-026-01337-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05524523v1</w:t>
+                <w:t xml:space="preserve">hal-05538070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Navigator‐gated free‐breathing 2D radial cardiac joint T 1 – T 2 mapping</w:t>
+                <w:t xml:space="preserve">Optimizing MRI annotation workflows for high-accuracy deep learning thigh muscle segmentation in athletes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Calarnou</w:t>
+                <w:t xml:space="preserve">Alexis Slutsky-Ganesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+                <w:t xml:space="preserve">Salomé Baup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Roy</w:t>
+                <w:t xml:space="preserve">Upasana Bharadwaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Rocca</w:t>
+                <w:t xml:space="preserve">Jake Slaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tamila Abdurashidova</w:t>
+                <w:t xml:space="preserve">Melanie Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Radiology Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 3 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mrm.30588⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/radadv/umag005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160952v1</w:t>
+                <w:t xml:space="preserve">hal-05524523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free‐running 5D whole‐heart MRI for isotropic cardiac function measurements at 3T without contrast agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Montón Quesada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Calarnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐Baptiste Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -624,77 +624,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study Protocol for HeartMagic: A Prospective Observational Cohort Characterizing Subtypes of Heart Failure With Preserved Ejection Fraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaume Banus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costa Georgantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -758,51 +758,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How low can we go? The effect of acquisition duration on cardiac volume and function measurements in free-running cardiac and respiratory motion-resolved five-dimensional whole-heart cine magnetic resonance imaging at 1.5T</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Holtackers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovica Romanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -905,51 +905,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akanksha Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Slutsky-Ganesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jed Diekfuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1007,3265 +1007,3399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05432241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self‐gated free‐running 5D whole‐heart MRI using blind source separation for automated cardiac motion extraction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Navigator‐gated free‐breathing 2D radial cardiac joint T 1 – T 2 mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Calarnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Rocca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masaki Ishida</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Haruno Ito</w:t>
+                <w:t xml:space="preserve">Tamila Abdurashidova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrm.30322⟩</w:t>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrm.30588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04749256v1</w:t>
+                <w:t xml:space="preserve">hal-05160952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclosporine A Delays the Terminal Disease Stage in the &amp;lt;i&amp;gt;Tfam&amp;lt;/i&amp;gt;KO Mitochondrial Myopathy Mouse Model Without Improving Mitochondrial Energy Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Varlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Chatel</w:t>
+                <w:t xml:space="preserve">Augustin C Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Varlet</w:t>
+                <w:t xml:space="preserve">Emilie Pecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Muscle &amp; Nerve</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 71 (2), pp.265 - 274. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mus.28315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05369435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond weakness: Exploring intramuscular fat and quadriceps atrophy in ACLR recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mckenzie White</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chenevert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mckenzie White</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+                <w:t xml:space="preserve">Elizabeth Zucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luke Stoneback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Orthopaedic Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jor.25910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of muscle involvement in familial amyloid polyneuropathy using MRI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Self‐gated free‐running 5D whole‐heart MRI using blind source separation for automated cardiac motion extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Montón Quesada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masaki Ishida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masafumi Takafuji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Durelle</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marc‐adrien Hostin</w:t>
+                <w:t xml:space="preserve">Haruno Ito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ene.15970⟩</w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrm.30322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250793v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04749256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of knee joint angle on vastus medialis and vastus lateralis rigidity during isometric submaximal voluntary knee extensions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantification of muscle involvement in familial amyloid polyneuropathy using MRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Durelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Delmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Bouvier</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marc‐adrien Hostin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2023.102826⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (10), pp.3286-3295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ene.15970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04217521v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four-dimensional reconstruction and characterization of bladder deformations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Rapacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc‐Emmanuel Bellemare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 237, pp.107569. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cmpb.2023.107569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Fatty Infiltration on MRI Segmentation of Lower Limb Muscles in Neuromuscular Diseases: A Comparative Study of Deep Learning Approaches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Effect of knee joint angle on vastus medialis and vastus lateralis rigidity during isometric submaximal voluntary knee extensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance P. Michel</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre Fouré</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetic Resonance Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jmri.28708⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.102826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2023.102826⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04064186v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Road Toward Reproducibility of Parametric Mapping of the Heart: A Technical Review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The Impact of Fatty Infiltration on MRI Segmentation of Lower Limb Muscles in Neuromuscular Diseases: A Comparative Study of Deep Learning Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc‐adrien Hostin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance P. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Bustin</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Guye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cardiovascular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcvm.2022.876475⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnetic Resonance Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmri.28708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03858418v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04064186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of surface motion patterns in highly deformable soft tissue organs from dynamic MRI: An application to assess 4D bladder motion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Road Toward Reproducibility of Parametric Mapping of the Heart: A Technical Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Bustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juerg Schwitter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Makki</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marc Emmanuel Bellemare</w:t>
+                <w:t xml:space="preserve">Ruud van Heeswijk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2022.106708⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cardiovascular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcvm.2022.876475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03658072v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-muscle fat analysis identifies distal muscle end as disease initiation site in facioscapulohumeral muscular dystrophy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of surface motion patterns in highly deformable soft tissue organs from dynamic MRI: An application to assess 4D bladder motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Makki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bohi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Heskamp</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Arend Heerschap</w:t>
+                <w:t xml:space="preserve">Marc Emmanuel Bellemare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43856-022-00217-1⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 218, pp.106708. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2022.106708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03885547v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03658072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impaired aerobic capacity and premature fatigue preceding muscle weakness in the skeletal muscle Tfam KO mouse model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Chatel</w:t>
+                <w:t xml:space="preserve">Whole-muscle fat analysis identifies distal muscle end as disease initiation site in facioscapulohumeral muscular dystrophy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Heskamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bendahan David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Ducreux</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arend Heerschap</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disease Models &amp; Mechanisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/dmm.048981⟩</w:t>
+              <w:t xml:space="preserve">Communications Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2 (1), pp.155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43856-022-00217-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335080v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03885547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of MR Image Segmentation Strategies in Neuromuscular Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+                <w:t xml:space="preserve">Impaired aerobic capacity and premature fatigue preceding muscle weakness in the skeletal muscle Tfam KO mouse model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Ducreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeina Harhous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bendridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc-Adrien Hostin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">I. Varlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fneur.2021.625308⟩</w:t>
+              <w:t xml:space="preserve">Disease Models &amp; Mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dmm.048981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181363v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of in vivo bone microarchitecture changes in an anti-TNFα treated psoriatic arthritic patient</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of MR Image Segmentation Strategies in Neuromuscular Disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Adrien Hostin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Emmanuel Bellemare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrico Soldati</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Bendahan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0251788⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.625308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fneur.2021.625308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03233052v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03181363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supervised segmentation framework for evaluation of diffusion tensor imaging indices in skeletal muscle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of in vivo bone microarchitecture changes in an anti-TNFα treated psoriatic arthritic patient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Soldati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Escoffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Secondulfo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">David Bendahan</w:t>
+                <w:t xml:space="preserve">Christophe Chagnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/nbm.4406⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (5), pp.e0251788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0251788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02957980v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03233052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep learning‐based fully automatic segmentation of wrist cartilage in MR images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Brui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandr Efimtcev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekaterina Brui</w:t>
+                <w:t xml:space="preserve">Vladimir Fokin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksandr Efimtcev</w:t>
+                <w:t xml:space="preserve">Remi Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatoliy Levchuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NMR in Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 33 (8), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/nbm.4320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02570930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Quantitative muscle MRI Study of Patients with Sporadic Inclusion Body Myositis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnaz Ansari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Salort-Campana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behnaz Ansari</w:t>
+                <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin de Sainte Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Muscle &amp; nerve. Supplement.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 61 (4), pp.496-503. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mus.26813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02444963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fat fraction distribution in lower limb muscles of patients with CMT1A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Delmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Leporq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 94 (14), pp.e1480-e1487. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1212/WNL.0000000000009013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02473561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative assessment of sciatic nerve changes in CMT1A patients using magnetic resonance neurography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Fortanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Delmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐noëlle Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Viout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 27 (8), pp.1382-1389. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ene.14303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02617417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle alterations induced by electrostimulation are lower at short quadriceps femoris length</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Supervised segmentation framework for evaluation of diffusion tensor imaging indices in skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Secondulfo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maxime Guye</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jithsa Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Gondin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Vincent Aengevaeren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bendahan</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 120, pp.325 - 335. </w:t>
+              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00421-019-04277-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/nbm.4406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426083v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02957980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel segmentation framework dedicated to the follow‐up of fat infiltration in individual muscles of patients with neuromuscular disorders</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Muscle alterations induced by electrostimulation are lower at short quadriceps femoris length</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fouré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bendahan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrm.28030⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 120, pp.325 - 335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-019-04277-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02362978v1</w:t>
+                <w:t xml:space="preserve">hal-02426083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial difference can occur between activated and damaged muscle areas following electrically‐induced isometric contractions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">A novel segmentation framework dedicated to the follow‐up of fat infiltration in individual muscles of patients with neuromuscular disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Heskamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance P. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julien Gondin</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Emmanuel Bellemare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 83 (5), pp.1825-1836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrm.28030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1113/JP278205⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02438449v1</w:t>
+                <w:t xml:space="preserve">hal-02362978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrahigh-Field Multimodal MRI Assessment of Muscle Damage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">Spatial difference can occur between activated and damaged muscle areas following electrically‐induced isometric contractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Troter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Camille Mattei</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Gondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetic Resonance Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jmri.26222⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 597 (16), pp.4227-4236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1113/JP278205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459104v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02438449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo characterization of skeletal muscle function in nebulin‐deficient mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Gineste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zaynab Hourani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Muscle &amp; Nerve</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 61, pp.416 - 424. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mus.26798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02434597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L-tyrosine supplementation does not ameliorate skeletal muscle dysfunction in zebrafish and mouse models of dominant skeletal muscle α-actin nemaline myopathy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrahigh-Field Multimodal MRI Assessment of Muscle Damage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fouré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Pini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Rappacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Messineo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christophe A Vilmen</w:t>
+                <w:t xml:space="preserve">Jean-Camille Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-29437-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnetic Resonance Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 49 (3), pp.904-906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmri.26222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02425848v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02459104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L-tyrosine supplementation does not ameliorate skeletal muscle dysfunction in zebrafish and mouse models of dominant skeletal muscle α-actin nemaline myopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Messineo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Gineste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamar Sztal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elyshia Mcnamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe A Vilmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.11490. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-29437-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02425848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Diffusion Properties and 3D Architecture of Human Lower Leg Muscles Assessed with Ultra-High-Field-Strength Diffusion-Tensor MR Imaging and Tractography: Reproducibility and Sensitivity to Sex Difference and Intramuscular Variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vilmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Feiweier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 287 (2), pp.592-607. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1148/radiol.2017171330⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02000373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4275,534 +4409,534 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fully Automated Motion-corrected 2D CINE MRI of the Fetal Heart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Ferincz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovica Romanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonor Alamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Tenisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Cardiovascular Magnetic Resonance (SCMR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Londres, United Kingdom. pp.100198, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jocmr.2024.100198⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04581057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intramuscular Fat Infiltration Following ACL Reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mckenzie White</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chenevert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mckenzie White</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+                <w:t xml:space="preserve">Elizabeth Zucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luke Stoneback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orthopaedic Research Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Long beach, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04581287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A single session of neuromuscular electrically evoked isometric contractions generates superficial activation of knee extensor muscles and localized alterations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th annual Congress of the European College of Sport Science (ECSS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European College of Sport Science, Jul 2019, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04077712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D MRI Segmentation of muscle through 2D multi-label propagation at 7T</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Sdika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bendahan David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th Annual Scientific Meeting of the European Society of Magnetic Resonance in Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society of Magnetic Resonance in Medicine and Biology, Oct 2017, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04077604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4812,3981 +4946,3981 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free-breathing respiratory-navigator-gated 2D radial MR fingerprinting of the transplanted heart at 3T</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Calarnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamila Abdurashidova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Yerly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04581886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free-running motion-resolved 5D whole-heart anatomical MRI at 3T without contrast agent</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Convex Gradient Optimization for the Free Running Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Tous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Nicoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Ledoux</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher W. Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Yerly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04581875v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex Gradient Optimization for the Free Running Framework</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Free-running motion-resolved 5D whole-heart anatomical MRI at 3T without contrast agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jerome Yerly</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Montón Quesada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Calarnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04581897v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multi-Resolution Approach to Estimate Cardiac and Respiratory Motion Fields for 5D Whole-Heart MR Image Reconstruction – a Proof of Concept</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">First Application of a 3D Radial Trajectory for Free-Breathing ECG-Triggered Cardiac T1ρ Mapping at 1.5T</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana H. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Bustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruud B van Heeswijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher W. Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04581893v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Application of a 3D Radial Trajectory for Free-Breathing ECG-Triggered Cardiac T1ρ Mapping at 1.5T</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Multi-Resolution Approach to Estimate Cardiac and Respiratory Motion Fields for 5D Whole-Heart MR Image Reconstruction – a Proof of Concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Yerly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher W. Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jana H. Zhang</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ruud B van Heeswijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Stuber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04581919v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Navigator-gated 2D radial MR fingerprinting of the kidney at 3T</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Calarnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtisam Aslam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Vallee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04581865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free-running self-gated motion-resolved 5D whole-heart anatomical MRI at 3T without contrast agent</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The navigator acceptance window width does not affect accuracy and precision in free-breathing 2D radial cardiac MR fingerprinting of the myocardium at 3T</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Calarnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Ledoux</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Hullin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Richiardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society for Magnetic Resonance Angiography (SMRA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04316857v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The navigator acceptance window width does not affect accuracy and precision in free-breathing 2D radial cardiac MR fingerprinting of the myocardium at 3T</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Effect of knee angle and submaximal voluntary contraction intensity on vastus medialis and vastus lateralis rigidity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fouré</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">28th annual Congress of the European College of Sport Science (ECSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04316852v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04077762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of knee angle and submaximal voluntary contraction intensity on vastus medialis and vastus lateralis rigidity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Blind Source Separation Improves the Precision and Robustness of Self-Gated Motion Extraction in Free-Running 4D Whole-Heart MRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Montón Quesada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Yerly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Richiardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher W. Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th annual Congress of the European College of Sport Science (ECSS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04077762v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blind Source Separation Improves the Precision and Robustness of Self-Gated Motion Extraction in Free-Running 4D Whole-Heart MRI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Free-running self-gated motion-resolved 5D whole-heart anatomical MRI at 3T without contrast agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Montón Quesada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christopher W. Roy</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Calarnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">Society for Magnetic Resonance Angiography (SMRA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04316844v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional reconstruction and characterization of bladder deformations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Rapacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc‐Emmanuel Bellemare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometric and clinical evaluation of deep learning-based segmentation of individual lower limb muscles from patients with neuropathies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Adrien Hostin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance P. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonction de perte basée sur les contours pour la segmentation d’IRM de vessie par apprentissage profond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Adrien Hostin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Emmanuel Bellemare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème congrès scientifique de la Société Francaise de Résonance Magnétique en Biologie et Médecine (SFRMBM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction et caractérisation 3D des déformations de la vessie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Rapacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Emmanuel Bellemare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Congrès de la Société Française de Résonance Magnétique en Biologie et Médecine (SFRMBM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03361799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscular fat infiltration in FSHD starts with a “fat burst” near the distal tendon and advances towards the proximal tendon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Heskamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bendahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arend Heerschap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Online, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscular fat infiltration in FSHD starts with a ‘‘fat burst’’ near the distal tendon and advances towards the proximal tendon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Heskamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bendahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arend Heerschap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 37th Annual Scientific Meeting of European Society for Magnetic Resonance in Medicine and Biology (ESMRMB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Online, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi dynamique 3D des organes pelviens - résultats préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Rapacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Emmanuel Bellemare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lille, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03127903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurographie IRM quantitative de patients atteints d’une neuropathie de Charcot-Marie-Tooth de type 1A</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Intramuscular Pattern of Fat Infiltration Measured by MRI to Identify Disease Initiation in FSHD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Heskamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Troter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bendahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arend Heerschap</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17es Journées de la Société Française de Myologie (JSFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">MYO-MRI, Imaging in Neuromuscular Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02438588v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02438643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramuscular Pattern of Fat Infiltration Measured by MRI to Identify Disease Initiation in FSHD</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Neurographie IRM quantitative de patients atteints d’une neuropathie de Charcot-Marie-Tooth de type 1A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Fortanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilien Delmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bendahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MYO-MRI, Imaging in Neuromuscular Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">17es Journées de la Société Française de Myologie (JSFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02438643v1</w:t>
+                <w:t xml:space="preserve">hal-02438588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Areas of muscle tissue alteration can differ from activated regions during electrically-induced isometric contractions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Guye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MYO-MRI, Imaging in Neuromuscular Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Montréal, Canada. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02438631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fat fraction distribution in lower limb muscles of CMT1A patients: a quantitative MRI study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Intramuscular pattern of fat infiltration measured by MRI to identify disease initiation in FSHD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Heskamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bendahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arend Heerschap</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MYO-MRI, Imaging in Neuromuscular Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">FSH Society International Research Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02438616v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02438685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramuscular pattern of fat infiltration measured by MRI to identify disease initiation in FSHD</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Fat fraction distribution in lower limb muscles of CMT1A patients: a quantitative MRI study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilien Delmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Leporq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FSH Society International Research Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">MYO-MRI, Imaging in Neuromuscular Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02438685v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02438616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-automatic segmentation of individual muscles in MR images: A new tool dedicated to the follow-up of patients with neuromuscular disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Heskamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Emmanuel Bellemare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02000334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intramuscular variability and sex difference in diffusion properties and 3D architecture of human lower leg muscles assessed with ultra-high-field diffusion tensor imaging and tractography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe A Vilmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Feiweier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine (ISMRM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02000548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de segmentation dédiée au suivi de l'infiltration en graisse des muscles individuels des patients atteints de maladies neuromusculaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Heskamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arend Heerschap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16es Journées de la Société Française de Myologie (JSFM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02000469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D architecture of human lower leg muscles assessed with ultra-high-field diffusion tensor imaging and tractography: sensitivity to sex difference and intramuscular variability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">Caractérisation de la microarchitecture des muscles de la jambe par IRM à très haut champ (7T) : Etude de faisabilité pour une évaluation précise et non-invasive de l’architecture musculaire en 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Troter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Feiweier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe A Vilmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MYO-MRI, Imaging in Neuromuscular Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">3e congrès de la Société Française de Résonance Magnétique Biologique et Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Bordeaux, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000587v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la microarchitecture des muscles de la jambe par IRM à très haut champ (7T) : Etude de faisabilité pour une évaluation précise et non-invasive de l’architecture musculaire en 3D</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">3D architecture of human lower leg muscles assessed with ultra-high-field diffusion tensor imaging and tractography: sensitivity to sex difference and intramuscular variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Feiweier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe A Vilmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e congrès de la Société Française de Résonance Magnétique Biologique et Médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Bordeaux, France. 2017</w:t>
+              <w:t xml:space="preserve">MYO-MRI, Imaging in Neuromuscular Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04076483v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la microarchitecture des muscles de la jambe par IRM à très haut champs magnétique (7T) : Etude de faisabilité et perspectives pour une évaluation précise et non invasive de l’architecture musculaire en 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Feiweier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Congrès de la Société Française de Résonance Magnétique en Biologie et Médecine (SFRMBM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02000456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation des muscles individuels en IRM basée sur des approches de recalage non-linéaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">3D Architecture of Human Lower Leg Muscles assessed with Ultra High-Field Diffusion Tensor Imaging and Tractography: Sensitivity to Sex-Difference and Intramuscular Variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fouré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Feiweier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Vilmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Congrès de la Société Française de Résonance Magnétique en Biologie et Médecine (SFRMBM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Bordeaux, France. 2017</w:t>
+              <w:t xml:space="preserve">Imaging in Neuromuscular Disease (Myo-MRI 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01560300v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04077634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Architecture of Human Lower Leg Muscles assessed with Ultra High-Field Diffusion Tensor Imaging and Tractography: Sensitivity to Sex-Difference and Intramuscular Variability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">Segmentation des muscles individuels en IRM basée sur des approches de recalage non-linéaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin C. Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Sdika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bendahan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imaging in Neuromuscular Disease (Myo-MRI 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">3ème Congrès de la Société Française de Résonance Magnétique en Biologie et Médecine (SFRMBM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Bordeaux, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04077634v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01560300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An accurate supervised segmentation of 3D individual lower leg muscles from 7T-MRI using label propagation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Segmentation d’images IRM à 7T des muscles individuels basée sur des approches de propagation de masques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Sdika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bendahan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MYO-MRI, Imaging in Neuromuscular Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">15es Journées de la Société Française de Myologie (JSFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Colmar, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000564v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation d’images IRM à 7T des muscles individuels basée sur des approches de propagation de masques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">An accurate supervised segmentation of 3D individual lower leg muscles from 7T-MRI using label propagation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Sdika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bendahan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15es Journées de la Société Française de Myologie (JSFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Colmar, France</w:t>
+              <w:t xml:space="preserve">MYO-MRI, Imaging in Neuromuscular Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000426v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">METHOD AND DEVICE FOR SEGMENTING IMAGES BY AUTOMATIC PROPAGATION INTO AN (N+1)-TH DIMENSION OF AN IMAGE SEGMENTATION INITIALIZED IN DIMENSION N</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Troter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bendahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin C. Ogier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO/2019/012220. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02399193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId228"/>
+      <w:footerReference w:type="default" r:id="rId230"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8854,51 +8988,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1C8B16B9"/>
+    <w:nsid w:val="F303DE03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9085,51 +9219,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/augustinogier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9178-9964" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://augustin-ogier.ovh/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524523v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Slutsky-Ganesh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Baup" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Upasana Bharadwaj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Slaton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Valencia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/radadv/umag005" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160952v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Calarnou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin C. Ogier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Roy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Rocca" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamila Abdurashidova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30588" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010112v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Mont&#243;n Quesada" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sieber" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30469" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525967v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Banus" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costa Georgantas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.125.043541" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042507v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Holtackers" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Romanin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Tenisch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocmr.2025.101863" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432241v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Sharma" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Smith" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jed Diekfuss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hogg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pdig.0001144" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749256v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaki Ishida" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masafumi Takafuji" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haruno Ito" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30322" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369435v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chatel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Varlet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin C Ogier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pecchi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Bernard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.28315" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607377v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mckenzie White" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenevert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Zucker" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Stoneback" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jor.25910" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250793v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Durelle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Delmont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Michel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Trabelsi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc&#8208;adrien Hostin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15970" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217521v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bouvier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Martin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Four&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2023.102826" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090378v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rapacchi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc&#8208;Emmanuel Bellemare" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2023.107569" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064186v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance P. Michel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Fur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guye" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.28708" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858418v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Bustin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Cochet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juerg Schwitter" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud van Heeswijk" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2022.876475" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03658072v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Makki" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bohi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Emmanuel Bellemare" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2022.106708" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885547v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Heskamp" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendahan David" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arend Heerschap" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-022-00217-1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335080v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ducreux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Harhous" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bendridi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Varlet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dmm.048981" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181363v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Adrien Hostin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Emmanuel Bellemare" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bendahan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2021.625308" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233052v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Soldati" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Escoffier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gabriel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chagnaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251788" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957980v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Secondulfo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jithsa Monte" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aengevaeren" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4406" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570930v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Brui" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Efimtcev" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Fokin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Fernandez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoliy Levchuk" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4320" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444963v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnaz Ansari" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort-Campana" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Troter" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin de Sainte Marie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.26813" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473561v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Bas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leporq" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000009013" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02617417v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Fortanier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;no&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Viout" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14303" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426083v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gondin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-019-04277-5" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362978v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.28030" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438449v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP278205" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02459104v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Pini" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rappacchi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Camille Mattei" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.26222" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434597v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gineste" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynab Hourani" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.26798" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425848v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Messineo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Sztal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyshia Mcnamara" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A Vilmen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29437-z" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000373v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vilmen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Feiweier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.2017171330" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04581057v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ferincz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor Alamo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocmr.2024.100198" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04581287v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077712v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077604v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sdika" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581886v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Yerly" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581875v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581897v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tous" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Nicoletti" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher W. Roy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581893v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud B van Heeswijk" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Stuber" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581919v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana H. Zhang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581865v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtisam Aslam" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vallee" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316857v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316852v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Hullin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Richiardi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077762v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316844v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316836v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316834v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366156v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361799v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958325v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958319v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127903v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438588v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Delmont" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438643v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438631v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438616v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438685v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000334v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000548v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000469v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000587v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076483v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Besson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000456v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560300v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077634v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000564v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000426v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399193v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/augustinogier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9178-9964" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://augustin-ogier.ovh/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538070v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Calarnou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin C. Ogier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Roy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Rocca" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10334-026-01337-8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524523v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Slutsky-Ganesh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Baup" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Upasana Bharadwaj" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Slaton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Valencia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/radadv/umag005" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010112v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Mont&#243;n Quesada" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sieber" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30469" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525967v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Banus" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costa Georgantas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.125.043541" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042507v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Holtackers" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Romanin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Tenisch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocmr.2025.101863" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432241v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Sharma" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Smith" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jed Diekfuss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hogg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pdig.0001144" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160952v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamila Abdurashidova" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30588" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369435v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chatel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Varlet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin C Ogier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pecchi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Bernard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.28315" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607377v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mckenzie White" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenevert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Zucker" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Stoneback" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jor.25910" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaki Ishida" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masafumi Takafuji" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haruno Ito" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.30322" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250793v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Durelle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Delmont" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Michel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Trabelsi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc&#8208;adrien Hostin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15970" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090378v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rapacchi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc&#8208;Emmanuel Bellemare" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2023.107569" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217521v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bouvier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Martin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Four&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2023.102826" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064186v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance P. Michel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Fur" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guye" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.28708" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858418v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Bustin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Cochet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juerg Schwitter" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud van Heeswijk" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2022.876475" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03658072v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Makki" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bohi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Emmanuel Bellemare" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2022.106708" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885547v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Heskamp" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendahan David" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arend Heerschap" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-022-00217-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335080v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ducreux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Harhous" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bendridi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Varlet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dmm.048981" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181363v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Adrien Hostin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Emmanuel Bellemare" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bendahan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2021.625308" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233052v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Soldati" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Escoffier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gabriel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chagnaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251788" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570930v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Brui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr Efimtcev" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Fokin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Fernandez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoliy Levchuk" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4320" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444963v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnaz Ansari" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort-Campana" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Troter" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin de Sainte Marie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.26813" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473561v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Bas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leporq" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000009013" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02617417v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Fortanier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;no&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Viout" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14303" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957980v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Secondulfo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jithsa Monte" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aengevaeren" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4406" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426083v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gondin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-019-04277-5" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362978v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.28030" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438449v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP278205" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434597v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gineste" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynab Hourani" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.26798" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02459104v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Pini" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rappacchi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Camille Mattei" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.26222" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425848v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Messineo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Sztal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyshia Mcnamara" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A Vilmen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29437-z" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000373v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vilmen" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Feiweier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.2017171330" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04581057v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ferincz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor Alamo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocmr.2024.100198" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04581287v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077712v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077604v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Sdika" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581886v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Yerly" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581897v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Tous" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Nicoletti" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher W. Roy" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581875v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581919v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana H. Zhang" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruud B van Heeswijk" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581893v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Stuber" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581865v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtisam Aslam" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vallee" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316852v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Hullin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Richiardi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077762v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316844v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316857v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316836v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316834v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366156v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361799v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958325v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958319v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127903v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438643v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438588v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Delmont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438631v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438685v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438616v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000334v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000548v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000469v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076483v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Besson" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000587v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000456v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077634v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560300v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000426v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02000564v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399193v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>