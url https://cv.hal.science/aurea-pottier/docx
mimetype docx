--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -180,1505 +180,1597 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring Olive Tree and Identifying Olive-Growing Formation Using Very High Satellite Imagery : A Case Study of the Ouezzane Province in Morocco</w:t>
+                <w:t xml:space="preserve">Participatory mapping with the communities and students of Ovalau island, Fiji, in 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auréa Pottier</w:t>
+                <w:t xml:space="preserve">Aurea Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Girres</w:t>
+                <w:t xml:space="preserve">Jasha Dehm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Blanco</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+                <w:t xml:space="preserve">Alexandra Nozik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SOCPacific2R. 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (typdoc.RESPROT)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05169929v1</w:t>
+                <w:t xml:space="preserve">hal-05559461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy Space in the Making: From Fisheries to Conservation Knowledges and Uses of the Costal Rica Thermal Dome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évaluation des services écosystémiques du Banc d'Arguin, Mauritanie : rapport final</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewan Trégarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurea Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Legroux</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Nice, France. 2025, </w:t>
+                <w:t xml:space="preserve">Cindy Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/oos2025-440⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05444884v1</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] University of portsmouth; CEE-M. Centre d'Economie de l'Environnement - Montpellier; IRD. Institut de Recherche pour le Développement; Nova Blue Environnement; IMROP. Institut Mauritanien de Recherches Océanographiques et des Pêches; FFEM. Fonds Français pour l’Environnement Mondial; PNBA. Parc national du Banc d’Arguin; AFD. Agence Française de Développement; BaCoMab. Fonds fiduciaire du Banc d’Arguin et de la biodiversité côtière et marine. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02091352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique de conversion de l'usage des sols dans un village du Sud Comoé, Djimini-Koffikro</w:t>
+                <w:t xml:space="preserve">Monitoring Olive Tree and Identifying Olive-Growing Formation Using Very High Satellite Imagery : A Case Study of the Ouezzane Province in Morocco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Colin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Auréa Pottier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Girres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Dalous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards sur le foncier</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">Living Planet Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Vienne (Austria), Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809566v1</w:t>
+                <w:t xml:space="preserve">hal-05169929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’extension spatiale des monocultures d’ananas au Nord du Costa Rica à partir de données géographiques hétérogènes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Fuzzy Space in the Making: From Fisheries to Conservation Knowledges and Uses of the Costal Rica Thermal Dome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Legroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auréa Pottier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">One Ocean Science Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Nice, France. 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/oos2025-440⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.62437/cixz357cwvtgnjjlp-45620207⟩</w:t>
-[...554 lines deleted...]
-                <w:t xml:space="preserve">hal-01959525v1</w:t>
+                <w:t xml:space="preserve">hal-05444884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the spatial extension of pineapple monocultures in northern Costa Rica using heterogeneous geographic data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Analyse de l’extension spatiale des monocultures d’ananas au Nord du Costa Rica à partir de données géographiques hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Girres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Rodriguez Echavarria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auréa Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st International Cartographic Conference (ICC 2023)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04390714v1</w:t>
+              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31ème conférence cartographique internationale (254), pp.15-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.62437/cixz357cwvtgnjjlp-45620207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Surface Water Product Reliability for Amazon Floodplain Hydrology</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Dynamique de conversion de l'usage des sols dans un village du Sud Comoé, Djimini-Koffikro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auréa Pottier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESA Living Planet Symposium</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Regards sur le foncier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Conversions des usages des sols liées à l’urbanisation dans les Suds : études de cas, 13, pp.106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determining the spatial distribution of environmental and socio-economic suitability for human leptospirosis in the face of limited epidemiological data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximiliano Cristaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auréa Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Herbreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Infectious Diseases of Poverty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Infectious Diseases of Poverty, 11 (1), pp.86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40249-022-01010-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03936604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coastal protection assessment: a tradeoff between ecological, social, and economic issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewan Trégarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auréa Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El‐hacen M El‐hacen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ahmed Sidi Cheikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ecs2.3364⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04398052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mapping coastal marine ecosystems of the National Park of Banc d’Arguin (PNBA) in Mauritania using Sentinel-2 imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewan Trégarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Fayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 102, pp.102419. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04399025v1</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jag.2021.102419⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03520186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apports de la combinaison d’images satellites optique et RADAR dans l’étude des maladies à transmission vectorielle : cas du paludisme à la frontière Guyane française – Brésil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auréa Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Marti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhichao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37, art. no 15027 [32 p. en ligne]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/confins.15027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01959525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des services écosystémiques du Banc d'Arguin, Mauritanie : rapport final</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Analysis of the spatial extension of pineapple monocultures in northern Costa Rica using heterogeneous geographic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Girres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auréa Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31st International Cartographic Conference (ICC 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Cartographic Association, Aug 2023, Cape Town, South Africa, South Africa. pp.1-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Global Surface Water Product Reliability for Amazon Floodplain Hydrology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Catry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auréa Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Seyler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESA Living Planet Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Milan (Italie), Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Maréchal</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-02091352v1</w:t>
+                <w:t xml:space="preserve">hal-04399025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId56"/>
+      <w:footerReference w:type="default" r:id="rId59"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1746,51 +1838,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9036CAE2"/>
+    <w:nsid w:val="BA4DE4B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1977,51 +2069,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurea-pottier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6962-0134" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umr-sens.fr/fr/-/aurea-pottier2?p_l_back_url=%2Fmembres%3Fq%3Dpottier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169929v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;a Pottier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Dalous" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Vallier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444884v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Legroux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-440" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809566v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699897v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Prunier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Rodriguez Echavarria" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L&#233;onard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz357cwvtgnjjlp-45620207" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936604v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Cristaldi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbreteau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40249-022-01010-x" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398052v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Tr&#233;garot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#8208;hacen M El&#8208;hacen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahmed Sidi Cheikh" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.3364" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03520186v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pottier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Mar&#233;chal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Fayad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2021.102419" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959525v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Marti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhichao Li" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.15027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390714v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Rodriguez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399025v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Seyler" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091352v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurea Pottier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Cornet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Mar&#233;chal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurea-pottier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6962-0134" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umr-sens.fr/fr/-/aurea-pottier2?p_l_back_url=%2Fmembres%3Fq%3Dpottier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05559461v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurea Pottier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasha Dehm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Nozik" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091352v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Tr&#233;garot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Cornet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Mar&#233;chal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169929v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;a Pottier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Dalous" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Vallier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444884v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Legroux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-440" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699897v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Prunier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Rodriguez Echavarria" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L&#233;onard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz357cwvtgnjjlp-45620207" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809566v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936604v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximiliano Cristaldi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herbreteau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40249-022-01010-x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398052v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#8208;hacen M El&#8208;hacen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahmed Sidi Cheikh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.3364" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03520186v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pottier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Mar&#233;chal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Fayad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2021.102419" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959525v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Marti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhichao Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.15027" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390714v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Rodriguez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399025v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Seyler" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>