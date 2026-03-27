--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -127,291 +127,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Different Are Industrial, Artisanal and Homemade Soft Breads?</w:t>
+                <w:t xml:space="preserve">Flavor of fava bean (Vicia faba L.) ingredients: Effect of processing and application conditions on odor-perception and headspace volatile chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Maurice</w:t>
+                <w:t xml:space="preserve">Siddharth Sharan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Saint-Eve</w:t>
+                <w:t xml:space="preserve">Gabriela Zanghelini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Leroy</w:t>
+                <w:t xml:space="preserve">Nicolas Descharles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Souchon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jens Zotzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (10), pp.1484. </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 159, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods11101484⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2022.111582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03673229v1</w:t>
+                <w:t xml:space="preserve">hal-04157685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavor of fava bean (Vicia faba L.) ingredients: Effect of processing and application conditions on odor-perception and headspace volatile chemistry</w:t>
+                <w:t xml:space="preserve">How Different Are Industrial, Artisanal and Homemade Soft Breads?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siddharth Sharan</w:t>
+                <w:t xml:space="preserve">Bastien Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Zanghelini</w:t>
+                <w:t xml:space="preserve">Anne Saint-Eve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Descharles</w:t>
+                <w:t xml:space="preserve">Pascal Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jens Zotzel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Souchon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 159, </w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (10), pp.1484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2022.111582⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/foods11101484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04157685v1</w:t>
+                <w:t xml:space="preserve">hal-03673229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Click-Chemistry Based Fluorometric Assay for Apolipoprotein N-acyltransferase from Enzyme Characterization to High-Throughput Screening</w:t>
               </w:r>
@@ -495,330 +495,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02894809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibitory activity of phenolic acids against Listeria monocytogenes: deciphering the mechanisms of action using three different models.</w:t>
+                <w:t xml:space="preserve">Ferulic acid and eugenol have different abilities to maintain their inhibitory activity against &amp;lt;em&amp;gt; Listeria monocytogenes&amp;lt;/em&amp;gt; in emulsified systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Guillier</w:t>
+                <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noelle M.-N. Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2018.12.010⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01986595v1</w:t>
+                <w:t xml:space="preserve">hal-02619839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferulic acid and eugenol have different abilities to maintain their inhibitory activity against &amp;lt;em&amp;gt; Listeria monocytogenes&amp;lt;/em&amp;gt; in emulsified systems</w:t>
+                <w:t xml:space="preserve">Inhibitory activity of phenolic acids against Listeria monocytogenes: deciphering the mechanisms of action using three different models.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noelle M.-N. Maillard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Laurent Guillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, pp.1-10. </w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 80, pp.18-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00137⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2018.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02619839v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenolic compounds can delay the oxidation of polyunsaturated fatty acids and the growth of Listeria monocytogenes: structure‐activity relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 98 (14), pp.5401-5408. </w:t>
@@ -901,90 +901,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid oxidation in oil-in-water rmulsions rich in omega-3: Effect of aqueous phase viscosity, Emulsifiers, and antioxidants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Even Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle M.-N. Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Symposium on Lipid Oxidation and Antioxidants in Food and Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Graz, Australia. pp.13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1044,51 +1044,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Touche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbes, 15ème congrès national de la SFM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFM, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1126,90 +1126,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect on lipid oxidation and microbial growth of bulk and interfacial composition in rich omega-3 oil-in-water emulsions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Even Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Symposium on Lipid Oxidation and Antioxidants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Graz, Austria</w:t>
@@ -1264,77 +1264,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th ISEKI-food conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISEKI Food Association.; Universität für Bodenkultur Wien [Vienne, Autriche] (BOKU). AUT., Jul 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1404,51 +1404,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are antimicrobial phenolic compounds still efficient to limit Listeria monocytogenes growth in emulsified food systems?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1529,51 +1529,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Could ferulic acid be an efficient natural antimicrobial against Listeria monocytogenes in model food systems?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1650,64 +1650,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibitory activity of phenolic acids against Listeria monocytogenes: deciphering mechanisms of action using three different models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International ISEKI_Food Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Stuttgart, Germany. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1745,51 +1745,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenolic compounds can be valued for their dual antioxidant and antimicrobial potential : structure-activity relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubois-Brissonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1920,52 +1920,211 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02139084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Logiciel (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Missing Value imputation Rscript</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Cladière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Farah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélina Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Even Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:71a05f10c0987eed9c8326259e8e508a652bc3dd;origin=https://hal.archives-ouvertes.fr/hal-05512267;visit=swh:1:snp:7ccb4886b023149a8a11a4691fca471363cb0517;anchor=swh:1:rel:fe438cde28ee6f30b2b5ff83f08012829f4f3637;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05512267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId58"/>
+      <w:footerReference w:type="default" r:id="rId64"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2112,51 +2271,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673229v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Maurice" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saint-Eve" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Pernin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Souchon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11101484" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157685v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Sharan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Zanghelini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Descharles" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Zotzel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111582" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02894809v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Nozeret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nienke Buddelmeijer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61146" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986595v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubois-Brissonnet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.12.010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619839v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bosc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Maillard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00137" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819032v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.9082" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738084v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Soto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Even Le Roux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201800462" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434622v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Touche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990158v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990165v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Maillard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988651v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Truong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sous" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736514v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pernin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bosc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Maillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dubois-Brissonnet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990161v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433688v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02139084v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLA033" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157685v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Sharan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Zanghelini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Pernin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Descharles" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Zotzel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111582" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03673229v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Maurice" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saint-Eve" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Leroy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Souchon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11101484" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02894809v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Nozeret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nienke Buddelmeijer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61146" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619839v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bosc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Maillard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubois-Brissonnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00137" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986595v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.12.010" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819032v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.9082" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738084v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Soto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Even Le Roux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201800462" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434622v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Touche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990158v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990165v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Maillard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988651v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Truong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sous" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736514v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pernin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bosc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Maillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dubois-Brissonnet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990161v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433688v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02139084v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLA033" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512267v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cladi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Delaporte" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soha Farah" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Ramos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:71a05f10c0987eed9c8326259e8e508a652bc3dd;origin=https://hal.archives-ouvertes.fr/hal-05512267;visit=swh:1:snp:7ccb4886b023149a8a11a4691fca471363cb0517;anchor=swh:1:rel:fe438cde28ee6f30b2b5ff83f08012829f4f3637;path=/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>