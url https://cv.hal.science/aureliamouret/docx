--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Aurelia Mouret </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal dynamics of mudflat foraminifera linked to diatom species and traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Choquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Geslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jesus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Prins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micropalaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 45 (1), pp.51-72. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jm-45-51-2026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Locating enzyme activities and nutrients in the rhizosphere: Combining zymography and DET methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Paillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Huché-Thélier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 213 (110039), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2025.110039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05368796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of frequent or massive sediment supplies on sediment redox dynamics: a microcosm simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Guilhermic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Couasnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 324, pp.109472. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecss.2025.109472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05244250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species‐Specific Offsets in Manganese Incorporation in Hyaline Foraminiferal Calcite Across a Gradient of Seawater [Mn]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Oron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Boer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (10), pp.e2025GC012363. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2025GC012363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05482644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap: oxygen and nutrient budgets in the Loire estuary using a benthic-pelagic box model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour E Boukortt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Deflandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1000, pp.180446. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.180446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining morphological and molecular data to study past foraminiferal communities from a temperate coastal sediment core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Mojtahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendoline Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Murat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boreas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bor.70020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical cycling of manganese and iron in a macrotidal and hyperturbid estuary subject to flow-driven sedimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Barhdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 661, pp.122182. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2024.122182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution 3D images of sediment cores as powerful tool for exploring foraminiferal microhabitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Vanderesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Moller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Guilhermic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 191, pp.102394. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2024.102394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional determination of dissolved manganese in sediment porewaters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Choquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Cesbron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jauffrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 267, pp.104454. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marchem.2024.104454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological patterns of benthic foraminiferal communities driven by seasonal and spatial environmental gradients in an Arctic fjord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Guilhermic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Pusceddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Baltzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Limnology and Oceanography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 69 (11), pp.2596-2609. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/lno.12691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal, Diurnal, and Tidal Variations of Dissolved Inorganic Carbon and pCO2 in Surface Waters of a Temperate Coastal Lagoon (Arcachon, SW France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Polsenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuaries and Coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 46, pp.128-148. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12237-022-01121-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03797380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of different carbonate system parameters on benthic foraminifera from controlled growth experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mojtahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Depuydt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Houedec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fiorini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.121396. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2023.121396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of an exceptional winter flood on benthic oxygen and nutrient fluxes in a temperate macrotidal estuary: Potential consequences on summer deoxygenation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Hulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2023.1083377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term response of benthic foraminifera to fine-sediment depositional events simulated in microcosm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Guilhermic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (15), pp.3329-3351. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-20-3329-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A historical record of benthic foraminifera in seasonally anoxic Lake Grevelingen, the Netherlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Guihéneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Slomp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 599, pp.111057. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2022.111057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 4GFOR model – Coupling 4G early diagenesis and benthic foraminiferal ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Jorissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Meyers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Kelly-Gerreyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Huchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 170, pp.102078. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2021.102078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foraminiferal Distribution in Two Estuarine Intertidal Mudflats of the French Atlantic Coast: Testing the Marine Influence Index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Singer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Coynel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swann Héliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (4), pp.645. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w14040645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denitrification by benthic foraminifera and their contribution to N-loss from a fjord environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Choquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Geslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Filipsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Risgaard-Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (1), pp.327-341. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-18-327-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeographic distribution of three phylotypes (T1, T2 and T6) of Ammonia (foraminifera, Rhizaria) around Great Britain: new insights from combined molecular and morphological recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Quinchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salha A. Saad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micropalaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40, pp.61-74. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jm-40-61-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03663674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D distribution of Pseudomonas fluorescens activities at the soil-root interface of sunflower grown on vineyard soils: Effects on copper uptake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Randriamamonjy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 163, pp.108462. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2021.108462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemistry in an intertidal pocket beach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecroart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 243, pp.106920 -. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecss.2020.106920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03491625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foraminiferal community response to seasonal anoxia in Lake Grevelingen (the Netherlands)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Riedel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dewi Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (6), pp.1415-1435. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-17-1415-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional ammonium distribution in sediment pore waters using a new colorimetric diffusive equilibration in thin-film technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Cesbron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jauffrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2, pp.100023. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wroa.2018.100023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupled calcium and inorganic carbon uptake suggested by magnesium and sulfur incorporation in foraminiferal calcite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Jan de Nooijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esmee Geerken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (10), pp.2115-2130. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-16-2115-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03600762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological Distinction of Three Ammonia Phylotypes Occurring Along European Coasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. M. P. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Quinchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Foraminiferal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 49 (1), pp.76-93. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gsjfr.49.1.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">scaling laws explain foraminiferal pore patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Champmartin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.9149. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-45617-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of diagenetic transformation of continental margin sediments at the Holocene time scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 180, pp.63-74. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2019.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02357287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical Heterogeneity of Mg, Mn, Na, S, and Sr in Benthic Foraminiferal Calcite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Cotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Le Houedec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Oron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Earth Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/feart.2019.00281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mn/Ca ratios of Ammonia tepida as a proxy for seasonal coastal hypoxia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bézos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Slomp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 518, pp.55-66. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2019.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02398525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental calibration of manganese incorporation in foraminiferal calcite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 237, pp.49-64. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2018.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manganese incorporation in living (stained) benthic foraminiferal shells: a bathymetric and in-sediment study in the Gulf of Lions (NW Mediterranean)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shauna Fhlaithearta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Fontanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Jorissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Dueñas-Bohórquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (20), pp.6315-6328. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-15-6315-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02872445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mn∕Ca intra- and inter-test variability in the benthic foraminifer &amp;lt;i&amp;gt;Ammonia tepida&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bézos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Jan de Nooijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (1), pp.331-348. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-15-331-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02872792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D Image Quantification of Microbial Iron Chelators (Siderophores) Using Diffusive Equilibrium in Thin Films Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Le Houedec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Launeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 91 (2), pp.1399-1407. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.8b04021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mn&thinsp;/&thinsp;Ca intra-test variability in the benthic foraminifer &amp;lt;i&amp;gt;Ammonia tepida&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bézos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Jan de Nooijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15, pp.331-348. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-2017-273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02872796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two dimensional mapping of iron release in marine sediments at submillimetre scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Knoery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Geslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 191, pp.34-49. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marchem.2016.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manganese, iron and phosphorus cycling in an estuarine mudflat sediment, Loire, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Knoery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Geslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sea Research (JSR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 118 (92-102), </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seares.2016.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terrestrial groundwater and nutrient discharge along the 240-km-long Aquitanian coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loris Deirmendjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 185, pp.38-47. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marchem.2016.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01453028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Nitrite/Nitrate Imagery at Millimeter Scale through the Water–Sediment Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Cesbron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Launeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (15), pp.8188-8195. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.6b00187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01453016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particles transformation in estuaries: Fe, Mn and REE signatures through the Loire Estuary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Knoery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sea Research (JSR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 118, pp.103-112. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seares.2016.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional distribution of living benthic foraminifera in anoxic sediment layers of an estuarine mudflat (Loire estuary, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cesbron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Knoery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.1 - 16. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-12-6219-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial heterogeneity of benthic biogeochemistry in two contrasted marine environments (Arcachon Bay and Bay of Biscay, SW France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Deflandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Canton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.51-65. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecss.2015.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence for foraminiferal calcification under anoxia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Filipsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (14), pp.4029-4038. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-11-4029-2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ study of short-term variations of redox species chemistry in intertidal permeable sediments of the Arcachon lagoon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Deflandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Nuzzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Capo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 699 (1), pp.69-84. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-012-1154-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of solid waste disposal on nutrient dynamics in a sandy catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Canton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Naudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Molnar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 116 (1-4), pp.1-15. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconhyd.2010.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxygen and organic carbon fluxes in sediments of the Bay of Biscay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Deflandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénaëlle Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hyacinthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 57 (4), pp.528-540. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dsr.2009.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tidal sands as biogeochemical reactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bujan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 84 (1), pp.84-90. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecss.2009.06.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle fluxes and recent sediment accumulation on the Aquitanian margin of Bay of Biscay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 29 (8), pp.1044-1052. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2008.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benthic geochemistry of manganese in the Bay of Biscay, and sediment mass accumulation rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecroart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénaëlle Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hyacinthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geo-Marine Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 29 (3), pp.133-149. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00367-008-0130-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Live foraminifera from the open slope between Grand Rhône and Petit Rhône Canyons (Gulf of Lions, NW Mediterranean)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fontanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.J. Jorissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lansard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Buscail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 55 (11), pp.1532-1553. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dsr.2008.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02881044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of seasonal dynamics of a Zostera noltii meadow on phosphorus and iron cycles in a tidal mudflat (Arcachon Bay, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Thouzeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology Progress Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 355, pp.59-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00524663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of seasonal dynamics in a Zostera noltiimeadow on phosphorus and iron cycles in a tidalmudflat (Arcachon Bay, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Abril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jezequel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Thouzeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology Progress Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 355, pp.59-71. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/meps07254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02543401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId236"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Aurelia Mouret </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal dynamics of mudflat foraminifera linked to diatom species and traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Choquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Geslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jesus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Prins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micropalaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 45 (1), pp.51-72. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jm-45-51-2026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Locating enzyme activities and nutrients in the rhizosphere: Combining zymography and DET methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Paillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Huché-Thélier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 213 (110039), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2025.110039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05368796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap: oxygen and nutrient budgets in the Loire estuary using a benthic-pelagic box model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour E Boukortt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Deflandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1000, pp.180446. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.180446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of frequent or massive sediment supplies on sediment redox dynamics: a microcosm simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Guilhermic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Couasnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 324, pp.109472. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecss.2025.109472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05244250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species‐Specific Offsets in Manganese Incorporation in Hyaline Foraminiferal Calcite Across a Gradient of Seawater [Mn]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Oron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Boer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (10), pp.e2025GC012363. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2025GC012363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05482644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining morphological and molecular data to study past foraminiferal communities from a temperate coastal sediment core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Mojtahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendoline Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Murat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boreas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bor.70020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical cycling of manganese and iron in a macrotidal and hyperturbid estuary subject to flow-driven sedimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Barhdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 661, pp.122182. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2024.122182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution 3D images of sediment cores as powerful tool for exploring foraminiferal microhabitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Vanderesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Moller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Guilhermic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 191, pp.102394. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2024.102394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional determination of dissolved manganese in sediment porewaters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Choquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Cesbron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jauffrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 267, pp.104454. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marchem.2024.104454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological patterns of benthic foraminiferal communities driven by seasonal and spatial environmental gradients in an Arctic fjord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Guilhermic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Pusceddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Baltzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Limnology and Oceanography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 69 (11), pp.2596-2609. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/lno.12691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal, Diurnal, and Tidal Variations of Dissolved Inorganic Carbon and pCO2 in Surface Waters of a Temperate Coastal Lagoon (Arcachon, SW France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Polsenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuaries and Coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 46, pp.128-148. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12237-022-01121-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03797380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of different carbonate system parameters on benthic foraminifera from controlled growth experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mojtahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Depuydt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Houedec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Fiorini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.121396. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2023.121396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of an exceptional winter flood on benthic oxygen and nutrient fluxes in a temperate macrotidal estuary: Potential consequences on summer deoxygenation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Hulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2023.1083377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term response of benthic foraminifera to fine-sediment depositional events simulated in microcosm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Guilhermic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Le Moigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (15), pp.3329-3351. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-20-3329-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 4GFOR model – Coupling 4G early diagenesis and benthic foraminiferal ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Jorissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Meyers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Kelly-Gerreyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louison Huchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Micropaleontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 170, pp.102078. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marmicro.2021.102078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foraminiferal Distribution in Two Estuarine Intertidal Mudflats of the French Atlantic Coast: Testing the Marine Influence Index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Fouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Singer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Coynel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swann Héliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (4), pp.645. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w14040645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A historical record of benthic foraminifera in seasonally anoxic Lake Grevelingen, the Netherlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Guihéneuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Slomp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 599, pp.111057. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2022.111057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denitrification by benthic foraminifera and their contribution to N-loss from a fjord environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Choquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Geslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Filipsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Risgaard-Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (1), pp.327-341. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-18-327-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03118608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeographic distribution of three phylotypes (T1, T2 and T6) of Ammonia (foraminifera, Rhizaria) around Great Britain: new insights from combined molecular and morphological recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Quinchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salha A. Saad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micropalaeontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40, pp.61-74. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/jm-40-61-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03663674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D distribution of Pseudomonas fluorescens activities at the soil-root interface of sunflower grown on vineyard soils: Effects on copper uptake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Randriamamonjy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 163, pp.108462. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2021.108462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemistry in an intertidal pocket beach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecroart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 243, pp.106920 -. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecss.2020.106920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03491625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foraminiferal community response to seasonal anoxia in Lake Grevelingen (the Netherlands)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Riedel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dewi Langlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (6), pp.1415-1435. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-17-1415-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional ammonium distribution in sediment pore waters using a new colorimetric diffusive equilibration in thin-film technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Cesbron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jauffrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2, pp.100023. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wroa.2018.100023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupled calcium and inorganic carbon uptake suggested by magnesium and sulfur incorporation in foraminiferal calcite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Jan de Nooijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esmee Geerken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (10), pp.2115-2130. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-16-2115-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03600762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological Distinction of Three Ammonia Phylotypes Occurring Along European Coasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. M. P. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Quinchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Foraminiferal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 49 (1), pp.76-93. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2113/gsjfr.49.1.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">scaling laws explain foraminiferal pore patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Richirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Champmartin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Schweizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.9149. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-45617-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of diagenetic transformation of continental margin sediments at the Holocene time scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 180, pp.63-74. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2019.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02357287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mn/Ca ratios of Ammonia tepida as a proxy for seasonal coastal hypoxia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bézos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Slomp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 518, pp.55-66. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2019.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02398525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical Heterogeneity of Mg, Mn, Na, S, and Sr in Benthic Foraminiferal Calcite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inge van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Cotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Le Houedec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Oron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Earth Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/feart.2019.00281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental calibration of manganese incorporation in foraminiferal calcite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 237, pp.49-64. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2018.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D Image Quantification of Microbial Iron Chelators (Siderophores) Using Diffusive Equilibrium in Thin Films Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Le Houedec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Launeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 91 (2), pp.1399-1407. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.8b04021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mn∕Ca intra- and inter-test variability in the benthic foraminifer &amp;lt;i&amp;gt;Ammonia tepida&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bézos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Jan de Nooijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (1), pp.331-348. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-15-331-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02872792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manganese incorporation in living (stained) benthic foraminiferal shells: a bathymetric and in-sediment study in the Gulf of Lions (NW Mediterranean)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shauna Fhlaithearta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Fontanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Jorissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Dueñas-Bohórquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (20), pp.6315-6328. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-15-6315-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02872445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mn&thinsp;/&thinsp;Ca intra-test variability in the benthic foraminifer &amp;lt;i&amp;gt;Ammonia tepida&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jassin Petersen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bézos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole La</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Jan de Nooijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15, pp.331-348. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-2017-273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02872796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two dimensional mapping of iron release in marine sediments at submillimetre scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Knoery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Geslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 191, pp.34-49. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marchem.2016.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manganese, iron and phosphorus cycling in an estuarine mudflat sediment, Loire, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Knoery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Geslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sea Research (JSR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 118 (92-102), </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seares.2016.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01409964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terrestrial groundwater and nutrient discharge along the 240-km-long Aquitanian coast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loris Deirmendjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 185, pp.38-47. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marchem.2016.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01453028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Nitrite/Nitrate Imagery at Millimeter Scale through the Water–Sediment Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubin Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Cesbron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Launeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (15), pp.8188-8195. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.6b00187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01453016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particles transformation in estuaries: Fe, Mn and REE signatures through the Loire Estuary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Knoery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sea Research (JSR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 118, pp.103-112. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seares.2016.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-dimensional distribution of living benthic foraminifera in anoxic sediment layers of an estuarine mudflat (Loire estuary, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Thibault de Chanvalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cesbron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Knoery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.1 - 16. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-12-6219-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial heterogeneity of benthic biogeochemistry in two contrasted marine environments (Arcachon Bay and Bay of Biscay, SW France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Deflandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Canton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.51-65. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecss.2015.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence for foraminiferal calcification under anoxia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Barras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Filipsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (14), pp.4029-4038. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-11-4029-2014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02442467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ study of short-term variations of redox species chemistry in intertidal permeable sediments of the Arcachon lagoon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Deflandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Nuzzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Capo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 699 (1), pp.69-84. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-012-1154-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02421609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of solid waste disposal on nutrient dynamics in a sandy catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Canton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Naudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Molnar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 116 (1-4), pp.1-15. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconhyd.2010.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxygen and organic carbon fluxes in sediments of the Bay of Biscay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Deflandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénaëlle Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hyacinthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 57 (4), pp.528-540. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dsr.2009.12.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tidal sands as biogeochemical reactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bujan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 84 (1), pp.84-90. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecss.2009.06.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle fluxes and recent sediment accumulation on the Aquitanian margin of Bay of Biscay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Howa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 29 (8), pp.1044-1052. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2008.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benthic geochemistry of manganese in the Bay of Biscay, and sediment mass accumulation rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Anschutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lecroart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwénaëlle Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Hyacinthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geo-Marine Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 29 (3), pp.133-149. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00367-008-0130-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Live foraminifera from the open slope between Grand Rhône and Petit Rhône Canyons (Gulf of Lions, NW Mediterranean)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fontanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.J. Jorissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lansard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Buscail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 55 (11), pp.1532-1553. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dsr.2008.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02881044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of seasonal dynamics of a Zostera noltii meadow on phosphorus and iron cycles in a tidal mudflat (Arcachon Bay, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Abril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jézéquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Thouzeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology Progress Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 355, pp.59-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00524663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of seasonal dynamics in a Zostera noltiimeadow on phosphorus and iron cycles in a tidalmudflat (Arcachon Bay, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Abril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jezequel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Thouzeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology Progress Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 355, pp.59-71. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/meps07254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02543401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId236"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460027v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Choquel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Geslin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Metzger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jesus" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Prins" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jm-45-51-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368796v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Paillat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mouret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Metzger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Huch&#233;-Th&#233;lier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.110039" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244250v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Guilhermic" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Howa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Couasnet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2025.109472" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482644v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. van Dijk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Oron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Evans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Boer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GC012363" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347240v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour E Boukortt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Mouret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Deflandre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Thibault de Chanvalon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.180446" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209068v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Mojtahid" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Schweizer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Moigne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gr&#233;goire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.70020" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597801v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Barhdadi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barras" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Maillet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122182" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700039v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Nardelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Vanderesse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Moller" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2024.102394" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704452v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cesbron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jauffrais" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2024.104454" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703053v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pusceddu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lno.12691" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03797380v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Polsenaere" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poirier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charbonnier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Deborde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12237-022-01121-6" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015882v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mojtahid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Depuydt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Houedec" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fiorini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2023.121396" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04046714v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Hulot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1083377" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216794v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-3329-2023" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925917v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Richirt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guih&#233;neuf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Slomp" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2022.111057" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925911v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Jorissen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Meyers" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kelly-Gerreyn" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Huchet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2021.102078" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03620004v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fouet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Singer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swann H&#233;liot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14040645" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118608v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Filipsson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Risgaard-Petersen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-327-2021" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03663674v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Quinchard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salha A. Saad" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jm-40-61-2021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619954v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Randriamamonjy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaudin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole La" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2021.108462" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491625v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecroart" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2020.106920" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514878v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Riedel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dewi Langlet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-17-1415-2020" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421140v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Barbe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wroa.2018.100023" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600762v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge van Dijk" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Jan de Nooijer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmee Geerken" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-16-2115-2019" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442090v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Richirt" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. P. Bouchet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gsjfr.49.1.76" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421102v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champmartin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jassin Petersen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45617-x" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357287v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gillet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2019.04.015" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02409107v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cotte" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Houedec" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2019.00281" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398525v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;zos" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.04.002" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421393v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2018.06.009" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872445v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shauna Fhlaithearta" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fontanier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Due&#241;as-Boh&#243;rquez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-6315-2018" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872792v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-331-2018" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408258v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Launeau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.8b04021" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872796v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-2017-273" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421462v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thibault de Chanvalon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Metzger" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Knoery" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Geslin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2016.04.003" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409964v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Knoery" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Peron" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2016.10.004" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453028v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anschutz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Charbonnier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Deirmendjian" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2016.04.002" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453016v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbe" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b00187" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421470v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Chiffoleau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2016.11.004" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442538v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cesbron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-12-6219-2015" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392636v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Canton" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2015.09.001" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D3PL07S6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442467v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Filipsson" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-4029-2014" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421609v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delgard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deflandre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nuzzio" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Capo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-012-1154-5" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8ZCFS0VC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925777v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Naudet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Molnar" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2010.04.006" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67W6C30F-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925761v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Chaillou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hyacinthe" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2009.12.009" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHXMKFTP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925723v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Smith" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bujan" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2009.06.015" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG5C2J9Q-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959706v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lombard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2008.11.018" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VSJ1BL8T-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278057v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-008-0130-6" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M024G853-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881044v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontanier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Jorissen" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lansard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buscail" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2008.07.003" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QL0M5KV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00524663v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deborde" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abril" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thouzeau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02543401v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Abril" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jezequel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps07254" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460027v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Choquel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Geslin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Metzger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jesus" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Prins" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jm-45-51-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368796v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Paillat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mouret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Metzger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Huch&#233;-Th&#233;lier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.110039" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347240v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour E Boukortt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Schmidt" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Mouret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Deflandre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Thibault de Chanvalon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.180446" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244250v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Guilhermic" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Howa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Couasnet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2025.109472" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482644v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. van Dijk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Oron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Evans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Boer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GC012363" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209068v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Mojtahid" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Schweizer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Moigne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gr&#233;goire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.70020" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597801v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Barhdadi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barras" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Maillet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122182" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700039v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Nardelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Vanderesse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Moller" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2024.102394" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704452v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cesbron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jauffrais" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2024.104454" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703053v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pusceddu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baltzer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lno.12691" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03797380v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Polsenaere" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poirier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charbonnier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Deborde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12237-022-01121-6" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015882v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mojtahid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Depuydt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Houedec" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fiorini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2023.121396" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04046714v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Hulot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1083377" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216794v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-3329-2023" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925911v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Jorissen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Meyers" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Kelly-Gerreyn" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Huchet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2021.102078" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03620004v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fouet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Singer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swann H&#233;liot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14040645" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925917v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Richirt" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guih&#233;neuf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Slomp" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2022.111057" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118608v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Filipsson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Risgaard-Petersen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-327-2021" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03663674v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Quinchard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salha A. Saad" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/jm-40-61-2021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619954v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Randriamamonjy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaudin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole La" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2021.108462" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491625v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lecroart" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2020.106920" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514878v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Riedel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dewi Langlet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-17-1415-2020" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421140v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Barbe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wroa.2018.100023" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600762v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge van Dijk" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Jan de Nooijer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmee Geerken" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-16-2115-2019" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442090v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Richirt" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. P. Bouchet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gsjfr.49.1.76" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421102v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champmartin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jassin Petersen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45617-x" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357287v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gillet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2019.04.015" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398525v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;zos" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2019.04.002" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02409107v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cotte" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Houedec" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2019.00281" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421393v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2018.06.009" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408258v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Launeau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.8b04021" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872792v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-331-2018" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872445v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shauna Fhlaithearta" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fontanier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Due&#241;as-Boh&#243;rquez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-6315-2018" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872796v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-2017-273" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421462v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thibault de Chanvalon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Metzger" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Knoery" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Geslin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2016.04.003" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01409964v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Knoery" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Peron" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2016.10.004" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453028v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anschutz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Charbonnier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Deirmendjian" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2016.04.002" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453016v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barbe" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b00187" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421470v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Chiffoleau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2016.11.004" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442538v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cesbron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-12-6219-2015" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392636v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Canton" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2015.09.001" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D3PL07S6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442467v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Filipsson" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-4029-2014" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421609v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delgard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deflandre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nuzzio" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Capo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-012-1154-5" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8ZCFS0VC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925777v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Naudet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Molnar" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2010.04.006" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67W6C30F-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925761v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Chaillou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hyacinthe" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2009.12.009" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHXMKFTP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925723v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Smith" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bujan" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2009.06.015" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG5C2J9Q-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959706v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lombard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2008.11.018" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VSJ1BL8T-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03278057v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-008-0130-6" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M024G853-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881044v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontanier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Jorissen" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lansard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buscail" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2008.07.003" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QL0M5KV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00524663v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deborde" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abril" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thouzeau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02543401v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Abril" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jezequel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps07254" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>