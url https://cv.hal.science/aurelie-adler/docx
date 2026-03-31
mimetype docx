--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -168,829 +168,829 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entretien avec Maylis de Kerangal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Kieffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique du romanesque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04608540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation du colloque international « Editions Verticales 1997-2017 : éditer et écrire debout »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Narjoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02519315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voix sur les ondes : enquêtes orales et témoignages dans le reportage radiophonique (XXe-XXIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Lecacheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Saignes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Komodo 21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04826812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Verticales 1997-2017 : éditer et écrire debout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narjoux Cécile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 14, 2022, Ecritures contemporaines, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05531301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Ernaux, les écritures à l'œuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Piat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fabula. Colloques en ligne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://www.fabula.org/colloques/sommaire6613.php, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Littérature de jeunesse et romanesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Marcoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Besson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04508312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romanesque et écrits personnels : attraction, hybridation, résistance (xviie-xxie siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Coudreuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 11, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hors cadre : Arno Bertina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Siècle 21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 32, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835295v1</w:t>
-              </w:r>
-[...213 lines deleted...]
-                <w:t xml:space="preserve">hal-02519315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1086,77 +1086,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Lecacheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Saignes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Komodo 21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1175,759 +1175,759 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04826825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Adler, un regard d'historienne féministe sur la littérature</w:t>
+                <w:t xml:space="preserve">Laure Adler, un regard d’historienne féministe sur la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 4, pp.867-878</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 4-2023, pp.867-878. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15960-5.p.0099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270716v1</w:t>
+                <w:t xml:space="preserve">hal-04362036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Adler, un regard d’historienne féministe sur la littérature</w:t>
+                <w:t xml:space="preserve">Laure Adler, un regard d'historienne féministe sur la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 4-2023, pp.867-878. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 4, pp.867-878</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15960-5.p.0099⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04362036v1</w:t>
+                <w:t xml:space="preserve">hal-04270716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-propos</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">By Word as Much as by Fire'': The Riot as a Moment of Truth in the Books of the Invisible Committee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, L’usage du roman-photo, 15, pp.11-12. </w:t>
+              <w:t xml:space="preserve">L'esprit créateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 63 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15077-0.p.0011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1353/esp.2023.0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04173180v1</w:t>
+                <w:t xml:space="preserve">hal-04146111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">By Word as Much as by Fire'': The Riot as a Moment of Truth in the Books of the Invisible Committee</w:t>
+                <w:t xml:space="preserve">Par le verbe autant que par le feu” : l’émeute comme moment de vérité dans les livres du Comité invisible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'esprit créateur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 63 (1), </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04146111v1</w:t>
+                <w:t xml:space="preserve">hal-04031968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Par le verbe autant que par le feu” : l’émeute comme moment de vérité dans les livres du Comité invisible</w:t>
+                <w:t xml:space="preserve">Les Années d’Annie Ernaux : se raconter (d’) après Proust, Beauvoir, Perec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'esprit créateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître</w:t>
+              <w:t xml:space="preserve">Raison-publique.fr : arts, politique, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://raison-publique.fr/3106/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04031968v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04031999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Années d’Annie Ernaux : se raconter (d’) après Proust, Beauvoir, Perec</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Reffait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raison-publique.fr : arts, politique, société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, L’usage du roman-photo, 15, pp.11-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15077-0.p.0011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04031999v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’âge de la première passe d’Arno Bertina : éthique et politique d’un livre de voix qui sonne juste</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction. Verticales comme « centre de ralliement des divergences »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Narjoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fabula. Colloques en ligne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Éditions Verticales, ou comment éditer et écrire debout, 14, pp.13-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0.p.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032069v1</w:t>
+                <w:t xml:space="preserve">hal-05531314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Verticales comme « centre de ralliement des divergences »</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’âge de la première passe d’Arno Bertina : éthique et politique d’un livre de voix qui sonne juste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karine Germoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fabula. Colloques en ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Livres de voix. Narrations pluralistes et démocratie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0.p.0013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05531314v1</w:t>
+                <w:t xml:space="preserve">hal-04032069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Verticales, ou comment éditer et écrire debout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Narjoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue des lettres modernes. Écritures contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03610311v1</w:t>
@@ -1938,113 +1938,113 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction - Verticales comme « centre de ralliement des divergences »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjoux Cécile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bikialo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue des Lettres Modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.13-26. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12908-0.p.0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03958082v1</w:t>
@@ -2440,51 +2440,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 9, pp.277-297. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2843,665 +2843,665 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/litts.2009.2060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une décennie de littérature en France (2010-2021) : déplacements de la critique et de la narration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une décennie de littérature en France (2010-2021) : déplacements de la critique et de la narration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fabula, 2024, "Le fond de l'air : idéologie, engagement, réception", </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/colloques.11840⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fictions et pouvoirs : présentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lefort-Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03610299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figurations épiques et contre-épiques de la Grande Guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lemonnier-Delpy Marie-Françoise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herta-Luise Ott</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 2019, Interférences</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arno Bertina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, 2018, Écrivains francophones d’aujourd’hui, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07382-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écrire le travail au XXIe siècle : quelles implications politiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Heck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Sorbonne Nouvelle, 2016, Fiction/Non fiction XXI</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecrire le travail au XXIe siècle. Quelles implications politiques?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Adler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Heck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03610884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des mères émancipées : les récits de filiation de Christine Détrez et Édouard Louis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métamorphoses du réel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jochen Mecke; Mélanie Schneider, Jul 2023, Regensburg, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04274965v1</w:t>
-              </w:r>
-[...512 lines deleted...]
-                <w:t xml:space="preserve">hal-03610884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3545,51 +3545,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Melmoux-Montaubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier, 2024, Romanesques, 978-2-406-17452-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17453-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3752,51 +3752,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Montémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Piat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Sorbonne Nouvelle, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58282/colloques.6613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3849,51 +3849,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hautbout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Reffait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Blondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4115,242 +4115,242 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écritures engagées : les fictions de l’usine dans la littérature française contemporaine (Élisabeth Filhol et Arno Bertina)</w:t>
+                <w:t xml:space="preserve">Sept jours sur sept sa femme de ménage favorite&amp;quot;: apprentissage et aliénation dans La femme gelée d'Annie Ernaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Epure - Editions et Presses universitaires de Reims. </w:t>
+              <w:t xml:space="preserve">Hermann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anfractuosités de la fiction 2 : Tâtonnements du politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 978-2-37496-181-1</w:t>
+              <w:t xml:space="preserve">Récits de la charge mentale des femmes - Small stories 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9791037020185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04031903v1</w:t>
+                <w:t xml:space="preserve">hal-04031884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sept jours sur sept sa femme de ménage favorite&amp;quot;: apprentissage et aliénation dans La femme gelée d'Annie Ernaux</w:t>
+                <w:t xml:space="preserve">L’âge de la première passe d’Arno Bertina : éthique et politique d’un livre de voix qui sonne juste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Récits de la charge mentale des femmes - Small stories 2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 9791037020185</w:t>
+              <w:t xml:space="preserve">Livres de voix. Narrations pluralistes et démocratie : Journée d’études organisée à Sciences Po Paris, le 1er octobre 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://www.fabula.org/colloques/document8058.php, 2022, Fabula / Les colloques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04031884v1</w:t>
+                <w:t xml:space="preserve">hal-03836034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’âge de la première passe d’Arno Bertina : éthique et politique d’un livre de voix qui sonne juste</w:t>
+                <w:t xml:space="preserve">Écritures engagées : les fictions de l’usine dans la littérature française contemporaine (Élisabeth Filhol et Arno Bertina)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Epure - Editions et Presses universitaires de Reims. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livres de voix. Narrations pluralistes et démocratie : Journée d’études organisée à Sciences Po Paris, le 1er octobre 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, https://www.fabula.org/colloques/document8058.php, 2022, Fabula / Les colloques</w:t>
+              <w:t xml:space="preserve">Anfractuosités de la fiction 2 : Tâtonnements du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 978-2-37496-181-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836034v1</w:t>
+                <w:t xml:space="preserve">hal-04031903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redonner voix aux émotions : littérature et cultures ouvrières</w:t>
               </w:r>
@@ -4549,191 +4549,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Sortir de moi, ne plus m’entendre, mais autre chose » : entretien avec Arno Bertina</w:t>
+                <w:t xml:space="preserve">Emmanuel Carrère et le vortex de la fiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sous la direction de Laurent Demanze et Dominique Rabaté. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arno Bertina</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Emmanuel Carrère : faire effraction dans le réel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P.O.L., pp.189-198, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04199394v1</w:t>
+                <w:t xml:space="preserve">hal-03835918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Carrère et le vortex de la fiction</w:t>
+                <w:t xml:space="preserve">« Sortir de moi, ne plus m’entendre, mais autre chose » : entretien avec Arno Bertina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Adler</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arno Bertina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emmanuel Carrère : faire effraction dans le réel</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Arno Bertina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 5, Classiques Garnier, pp.215-274, 2018, "Ecrivains francophones d'Aujourd'hui", </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07382-6.p.0215⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03835918v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une « tranche de cœur », l’Afrique mobile d'Arno Bertina</w:t>
               </w:r>
@@ -5316,51 +5316,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E751776B"/>
+    <w:nsid w:val="F0D7C40E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5547,51 +5547,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-adler" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4954-5864" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159207371" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/CAL-8014-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826812v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lecacheur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adler" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Saignes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531301v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bikialo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjoux C&#233;cile" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germoni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835239v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508312v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reffait" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marcoin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Besson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835272v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coudreuse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835295v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608540v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Kieffer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519315v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Narjoux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04515380v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09571558231214821" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826825v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270716v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362036v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15960-5.p.0099" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04173180v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15077-0.p.0011" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04146111v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esp.2023.0004" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031968v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031999v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04032069v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531314v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0.p.0013" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610311v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03958082v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031981v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194604v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/litt.206.0058" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836023v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610868v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836024v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199317v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vasset" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07044-3.p.0277" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610376v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610361v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032101v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629722v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03818026v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/litts.2009.2060" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04274965v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680411v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Messager" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.11840" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610299v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefort-Favreau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835280v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemonnier-Delpy Marie-Fran&#231;oise" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herta-Luise Ott" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835304v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07382-6" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835314v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Heck" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610884v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901841v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Melmoux-Montaubin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17453-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329497v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demanze" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Baud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.9838" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01931721v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mont&#233;mont" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.6613" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620895v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hautbout" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blondeau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rosemberg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://canalnord.org/ancrages-passages" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835189v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04032058v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031903v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031884v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836034v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835415v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835910v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835911v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199394v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Bertina" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07382-6.p.0215" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835918v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835988v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610339v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836051v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835991v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836041v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836053v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835997v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-adler" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4954-5864" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159207371" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/CAL-8014-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608540v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Kieffer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Adler" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519315v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bikialo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Narjoux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826812v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lecacheur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Saignes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531301v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjoux C&#233;cile" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835239v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04508312v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reffait" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marcoin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Besson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835272v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coudreuse" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835295v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04515380v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09571558231214821" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826825v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362036v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15960-5.p.0099" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270716v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04146111v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/esp.2023.0004" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031968v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031999v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04173180v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15077-0.p.0011" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531314v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12908-0.p.0013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04032069v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610311v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03958082v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031981v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194604v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/litt.206.0058" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836023v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610868v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836024v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199317v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vasset" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07044-3.p.0277" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610376v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610361v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032101v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629722v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03818026v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/litts.2009.2060" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680411v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Messager" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.11840" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610299v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefort-Favreau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835280v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemonnier-Delpy Marie-Fran&#231;oise" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herta-Luise Ott" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835304v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07382-6" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835314v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Heck" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610884v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04274965v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901841v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Melmoux-Montaubin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17453-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329497v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demanze" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Baud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.9838" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01931721v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mont&#233;mont" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.6613" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620895v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hautbout" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blondeau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Rosemberg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://canalnord.org/ancrages-passages" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835189v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04032058v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031884v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836034v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031903v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835415v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835910v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835911v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835918v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199394v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Bertina" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07382-6.p.0215" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835988v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610339v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836051v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835991v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836041v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03836053v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835997v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>