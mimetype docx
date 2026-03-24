--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -160,355 +160,355 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pure Shift NMR in Continuous Flow</w:t>
+                <w:t xml:space="preserve">Fast Multidimensional Flow Nuclear Magnetic Resonance at High Field for Real‐Time Reaction Monitoring and Flow Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armand Régheasse</w:t>
+                <w:t xml:space="preserve">Yuliia Horbenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Caytan</w:t>
+                <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Felpin</w:t>
+                <w:t xml:space="preserve">Achille Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Giraudeau</w:t>
+                <w:t xml:space="preserve">Magdalena Grochowska-Tatarczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 31 (1), pp.e202403385. </w:t>
+              <w:t xml:space="preserve">Chemistry–Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (6), pp.e202400061. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202403385⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cmtd.202400061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04772617v1</w:t>
+                <w:t xml:space="preserve">hal-05371282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Multidimensional Flow Nuclear Magnetic Resonance at High Field for Real‐Time Reaction Monitoring and Flow Synthesis</w:t>
+                <w:t xml:space="preserve">Pure Shift NMR in Continuous Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuliia Horbenko</w:t>
+                <w:t xml:space="preserve">Armand Régheasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nour El Sabbagh</w:t>
+                <w:t xml:space="preserve">Elsa Caytan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achille Marchand</w:t>
+                <w:t xml:space="preserve">François-Xavier Felpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magdalena Grochowska-Tatarczak</w:t>
+                <w:t xml:space="preserve">Patrick Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry–Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5 (6), pp.e202400061. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (1), pp.e202403385. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cmtd.202400061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202403385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05371282v1</w:t>
+                <w:t xml:space="preserve">hal-04772617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clean $^1$H NMR Spectra of Products Directly from Batch and Flow Reaction Mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliia Horbenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Jaudronnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -706,77 +706,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomous reaction self-optimization using in-line high-field NMR spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliia Horbenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1026,51 +1026,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Felpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyst</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
@@ -1147,51 +1147,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rituraj Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oksana Cazimajou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achille Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1415,51 +1415,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lorandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achille Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rituraj Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1510,51 +1510,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online reaction monitoring with fast and flow-compatible diffusion NMR spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achille Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rituraj Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2195,90 +2195,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping of the selectivity profile of single-scan ultraselective NMR experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Régheasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rituraj Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2320,103 +2320,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast and flow-compatible 3D diffusion NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliia Horbenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Felpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euromar 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Oulu, Finland</w:t>
@@ -2445,77 +2445,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-way analysis of diffusion NMR data for the monitoring of a click chemistry reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliia Horbenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achille Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2609,51 +2609,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rituraj Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oksana Cazimajou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achille Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2747,51 +2747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouakou Eric Konan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMASH Conference 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Baveno, Italy</w:t>
@@ -2872,51 +2872,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouakou Eric Konan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Felpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès binational GERM-GIDRM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t>
@@ -3003,77 +3003,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rituraj Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Régheasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euromar Conference 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Bilbao, France</w:t>
@@ -3102,77 +3102,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomous reaction self-optimization using in- line high-field NMR spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliia Horbenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3227,103 +3227,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion NMR monitoring of a click reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliia Horbenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achille Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMASH Conference 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Baveno, Italy</w:t>
@@ -3352,90 +3352,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated control of a chemical reactor and a high-field NMR spectrometer for autonomous reaction optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliia Horbenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3477,90 +3477,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated control of a chemical reactor and a high-field NMR spectrometer for autonomous reaction optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour El Sabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Bazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Lhoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuliia Horbenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3596,398 +3596,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04424680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reaction monitoring with fast and flow-compatible diffusion NMR</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultrafast (UF) COSY for the structural analysis of small molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Nicolas Dumez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euromar Conference 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Utrecht, Netherlands</w:t>
+              <w:t xml:space="preserve">Congrès binational GERM GIDRM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04424341v1</w:t>
+                <w:t xml:space="preserve">hal-04428660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast (UF) COSY for the structural analysis of small molecules</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accounting for gradient non-uniformity in ultrafast diffusion- ordered NMR spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lorandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rituraj Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oksana Cazimajou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achille Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès binational GERM GIDRM 2022</w:t>
+              <w:t xml:space="preserve">Congrès binational GERM-GIDRM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04428660v1</w:t>
+                <w:t xml:space="preserve">hal-04428845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accounting for gradient non-uniformity in ultrafast diffusion- ordered NMR spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Lorandel</w:t>
+                <w:t xml:space="preserve">Reaction monitoring with fast and flow-compatible diffusion NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achille Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rituraj Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Nicolas Dumez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès binational GERM-GIDRM 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t>
+              <w:t xml:space="preserve">Euromar Conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04428845v1</w:t>
+                <w:t xml:space="preserve">hal-04424341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de la COSY Ultrarapide pour l’analyse structurale de petites molécules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Nicolas Dumez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4115,51 +4115,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DE5086C3"/>
+    <w:nsid w:val="F14D68CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4346,51 +4346,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-bernard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3711-5341" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772617v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Bazzoni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand R&#233;gheasse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Caytan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Felpin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202403385" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371282v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliia Horbenko" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Sabbagh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Marchand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Grochowska-Tatarczak" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmtd.202400061" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117346v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jaudronnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500038" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05000427v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Renaudineau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Chamoreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Thouvenot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Proust" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c04695" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637947v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cort&#233;s-Borda" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4RE00270A" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742454v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lorandel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rocha" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Cazimajou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rituraj Mishra" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5488" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191032v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lhoste" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bonnet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3AN01165H" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191021v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2023.107543" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946009v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Eric Konan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202203240" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831650v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Praud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2022.01.002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765236v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;nicolas Dumez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202201175" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428928v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Levernier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Jaouadi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng&#8208;rui Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Corc&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202100453" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02887768v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Salles" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ab&#233;cassis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Derat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalil Brouri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b03333" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03148563v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o A.C. Oliveira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Oliveira" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gredy Kiala" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipa Siopa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2020.131182" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01511158v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Parrot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jacquart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Artin Serapian" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Bo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201701860" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420850v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Marchand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826660v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Nilsson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428860v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428959v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816890v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817135v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428925v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424432v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424680v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424341v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Dumez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428660v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428845v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428672v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-bernard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3711-5341" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371282v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Bazzoni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliia Horbenko" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Sabbagh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Marchand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Grochowska-Tatarczak" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmtd.202400061" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772617v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand R&#233;gheasse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Caytan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Felpin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Giraudeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202403385" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117346v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jaudronnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500038" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05000427v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Renaudineau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Chamoreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Thouvenot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Proust" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c04695" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637947v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cort&#233;s-Borda" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4RE00270A" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742454v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lorandel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rocha" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Cazimajou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rituraj Mishra" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.5488" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191032v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lhoste" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bonnet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3AN01165H" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191021v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2023.107543" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946009v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Eric Konan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202203240" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831650v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Praud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnmrs.2022.01.002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765236v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;nicolas Dumez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202201175" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428928v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Levernier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Jaouadi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng&#8208;rui Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Corc&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202100453" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02887768v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Salles" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ab&#233;cassis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Derat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalil Brouri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b03333" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03148563v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o A.C. Oliveira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Oliveira" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gredy Kiala" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipa Siopa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2020.131182" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01511158v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Parrot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jacquart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Artin Serapian" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Bo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201701860" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420850v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Marchand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826660v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Nilsson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428860v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428959v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816890v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817135v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428925v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424432v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424680v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428660v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Dumez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428845v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424341v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428672v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>