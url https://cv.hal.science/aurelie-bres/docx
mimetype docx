--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -244,2619 +244,2619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04812450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Disparition par prescription, obs. ss. Civ. 1re, 5 juin 2024, n° 22-24.462, Droit des affaires - Usages - Chronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04812456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les usages contractuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de jurisprudence de droit des affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 6, pp.7-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04747207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Disparition par prescription, obs. ss. Civ. 1re, 5 juin 2024, n° 22-24.462, Droit des affaires - Usages - Chronique</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet translatif de propriété en matière de vente de vin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 46</w:t>
+              <w:t xml:space="preserve">, 2024, 18, pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Effet translatif de propriété en matière de vente de vin</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04812121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usage et communauté d'une seule personne, note sous Soc., 21 juin 2023, n° 21-22.076</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 18, pp.30</w:t>
+              <w:t xml:space="preserve">, 2023, n° 47, 1336</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Usage et communauté d'une seule personne, note sous Soc., 21 juin 2023, n° 21-22.076</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet judiciaire de l'usage du maintien en fonction du juge-commissaire, obs. ss. CA Pau 13 février 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, n° 47, 1336</w:t>
+              <w:t xml:space="preserve">, 2023, 23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Effet judiciaire de l'usage du maintien en fonction du juge-commissaire, obs. ss. CA Pau 13 février 2023</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04195874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages du courtage d'assurance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 23</w:t>
+              <w:t xml:space="preserve">, 2023, 23, pp.32-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Usages du courtage d'assurance</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages et contrat, note sous CA Rennes, 22 sept. 2023, n° 20/05719</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 23, pp.32-33</w:t>
+              <w:t xml:space="preserve">, 2023, n° 47, 1336</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Usages et contrat, note sous CA Rennes, 22 sept. 2023, n° 20/05719</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération de l'usage relatif au taux de la clause pénale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, n° 47, 1336</w:t>
+              <w:t xml:space="preserve">, 2022, 47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Modération de l'usage relatif au taux de la clause pénale</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03914335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet des usages en matière contractuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 47</w:t>
+              <w:t xml:space="preserve">, 2022, 19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Effet des usages en matière contractuelle</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03914331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tolérance usuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 19</w:t>
+              <w:t xml:space="preserve">, 2021, 18, pp.42-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03465979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages et détermination de la valeur locative en matière de bail commercial (note sous CA Paris, pôle 5, ch. 3, 16 juin 2021, n° 19/15429)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Grignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 18, pp.42-43</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04953872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages et détermination de la valeur locative en matière de bail commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Grignon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2021, 51-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Philippe Grignon</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03914315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Durée du préavis d'usage en matière de rupture de relations commerciales établies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 51-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Durée du préavis d'usage en matière de rupture de relations commerciales établies</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03914320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages et signes communautaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 51-52</w:t>
+              <w:t xml:space="preserve">, 2020, 48, pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Usages et signes communautaires</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03242190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usage de la méthode hôtelière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 48, pp.34-35</w:t>
+              <w:t xml:space="preserve">, 2019, 43-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Usage de la méthode hôtelière</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuve de l'usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 43-44</w:t>
+              <w:t xml:space="preserve">, 2019, 20, pp.35-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Preuve de l'usage</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Champ d'application des usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 20, pp.35-36</w:t>
+              <w:t xml:space="preserve">, 2019, 20, pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Champ d'application des usages</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usage et détermination de l'objet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 20, pp.34-35</w:t>
+              <w:t xml:space="preserve">, 2019, 43-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Usage et détermination de l'objet</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02430699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détermination du préavis de rupture d'un contrat liant un médecin à un établissement privé par référence aux usages : résolution du conflit d'usages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.292</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02430672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet des usages en matière probatoire (suite) en matière de droit du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 43-44</w:t>
+              <w:t xml:space="preserve">, 2018, 19, pp.39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Détermination du préavis de rupture d'un contrat liant un médecin à un établissement privé par référence aux usages : résolution du conflit d'usages</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fondement de la force des usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Contrats d'affaires : concurrence, distribution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 6, pp.292</w:t>
+              <w:t xml:space="preserve">, 2018, août septembre 2018, pp.352-356</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Effet des usages en matière probatoire (suite) en matière de droit du travail</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet des usages en matière de clause pénale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 19, pp.39</w:t>
+              <w:t xml:space="preserve">, 2018, 19, pp.37-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Effet des usages en matière de clause pénale</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application des usages. Usages et banque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 19, pp.37-38</w:t>
+              <w:t xml:space="preserve">, 2018, 43-44, pp.41-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Application des usages. Usages et banque</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autonomie des usages par rapport au contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 43-44, pp.41-42</w:t>
+              <w:t xml:space="preserve">, 2017, 19, pp.23-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Autonomie des usages par rapport au contrat</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réduction du préavis contractuel dans le cadre de l'application de L. 442-6, I, 5° c. com., obs. ss. CA Reims, 14 févr. 2017, n° 15/02398</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lettre de la distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, avr. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Point de départ du délai de renonciation à une clause de non-concurrence par l'employeur d'un VRP, obs. ss. Soc., 21 juin 2017, n° 16-15271</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lettre de la distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, juill-août 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agence commerciale : tribunal internationalement compétent pour connaître de l'action en paiement de l'indemnité de cessation de contrat, obs. ss. Com., 13 sept. 2017, n° 15-26019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lettre de la distribution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un détournement de commandes contraire aux usages est constitutif de concurrence déloyale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 19, pp.23-24</w:t>
+              <w:t xml:space="preserve">, 2017, 45, pp.25-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Réduction du préavis contractuel dans le cadre de l'application de L. 442-6, I, 5° c. com., obs. ss. CA Reims, 14 févr. 2017, n° 15/02398</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques commerciales trompeuses visant des professionnels, obs. ss. Crim. 22 novembre 2016, n° 15-83559</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lettre de la distribution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, avr. 2017</w:t>
+              <w:t xml:space="preserve">, 2017, janv. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Point de départ du délai de renonciation à une clause de non-concurrence par l'employeur d'un VRP, obs. ss. Soc., 21 juin 2017, n° 16-15271</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels rôles pour les usages en matière contractuelle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20, pp.30-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disparition des usages : : la vente traditionnelle d'animaux de compagnie dans certains marchés et foires alimentaires peut-elle perdurer malgré l'interdiction légale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20, pp.34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les usages permettent-ils d'apprécier la licéité de l'obtention et de la divulgation de secrets d'affaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 51-52, pp.44-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parasitisme : caractérisation nécessaire du savoir-faire et des efforts dont le parasite a indûment tiré profit, obs. ss Com. 5 juill. 2016, n° 14-10108</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lettre de la distribution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, juill-août 2017</w:t>
+              <w:t xml:space="preserve">, 2016, sept. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Agence commerciale : tribunal internationalement compétent pour connaître de l'action en paiement de l'indemnité de cessation de contrat, obs. ss. Com., 13 sept. 2017, n° 15-26019</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'usage peut-il constituer un instrument de contrôle de l'abus dans les pratiques restrictives de concurrence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45, pp.42-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les usages fondent-ils un devoir de conseil et de coopération en matière informatique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Brès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19, pp.33-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit d'accès aux documents et confidentialité dans les procédures conduites par les autorités en charge de la concurrence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lettre de la distribution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...98 lines deleted...]
-                <w:t xml:space="preserve">Pratiques commerciales trompeuses visant des professionnels, obs. ss. Crim. 22 novembre 2016, n° 15-83559</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déconditionnement et commercialisation par le distributeur des produits du fabricant après cessation des relations, obs. ss Com., 29 sept. 2015, n° 14-17130</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lettre de la distribution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, janv. 2017</w:t>
+              <w:t xml:space="preserve">, 2015, nov. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...482 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01931457v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01930983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immixtion d’une société-mère dans le différend opposant une filiale à un créancier, obs. ss com. 3 février 2015, n° 13-24895</w:t>
               </w:r>
@@ -4141,51 +4141,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valoriser les usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sigrid Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4259,51 +4259,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages : l'autre Droit de l'entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mousseron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Brès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6144,51 +6144,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812120v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Br&#232;s" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812450v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747207v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812456v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354364v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195874v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184014v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354369v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914335v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914331v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465979v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04953872v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grignon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914315v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914320v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242190v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431524v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156652v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156630v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430699v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430672v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931095v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930886v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931091v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931101v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931082v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931444v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931442v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931439v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931088v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931450v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931055v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931078v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931069v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931454v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931045v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931463v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931457v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930983v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931467v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931460v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931473v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931110v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931476v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931120v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931114v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931129v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931134v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813291v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659898v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812664v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812654v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124699v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214829v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195303v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Laurens" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Valette" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tallon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Bachevillier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767700v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maubernard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478466v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Aubert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Badji" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bento de Carvalho" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931171v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bourdeau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Chatain" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812462v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259946v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812111v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085739v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476455v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899505v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430654v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maury" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931149v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73362-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815439v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931180v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476462v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196170v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferrier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mouly-Guillemaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Alby" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bettoni" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Bories" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209279v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boulaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864143v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brena" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865050v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alby" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-L. Adde Soubra" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865041v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Allegro" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970713v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Attali" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812120v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Br&#232;s" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812450v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812456v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747207v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354364v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195874v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184014v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354369v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914335v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914331v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465979v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04953872v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grignon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914315v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914320v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242190v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431524v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156652v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156630v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430699v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430672v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931095v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930886v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931091v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931101v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931082v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931444v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931442v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931439v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931088v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931450v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931055v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931069v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931078v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931454v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931045v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930983v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931463v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931457v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931467v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931460v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931473v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931110v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931476v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931120v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931114v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931129v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931134v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813291v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659898v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812664v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812654v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124699v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214829v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195303v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasselin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Laurens" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Valette" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tallon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Bachevillier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767700v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maubernard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478466v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Aubert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Badji" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bento de Carvalho" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931171v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bourdeau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Chatain" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812462v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259946v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812111v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085739v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476455v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899505v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430654v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maury" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931149v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-73362-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815439v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931180v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476462v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196170v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferrier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mouly-Guillemaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Alby" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bettoni" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Bories" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209279v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boulaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864143v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brena" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865050v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alby" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-L. Adde Soubra" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865041v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Allegro" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970713v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Attali" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>