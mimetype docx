--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -886,51 +886,51 @@
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jad.2018.12.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04199924v1</w:t>
+                <w:t xml:space="preserve">hal-03257455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time perspective differences between depressed patients and non-depressed participants, and their relationships with depressive and anxiety symptoms</w:t>
               </w:r>
@@ -1020,51 +1020,51 @@
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jad.2018.12.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03257455v1</w:t>
+                <w:t xml:space="preserve">hal-04199924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faciliter la prise en charge psychothérapeutique : le dispositif innovant du centre d’évaluation TCA de la CMME</w:t>
               </w:r>
@@ -1576,173 +1576,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Letter to the Editor: Simply avoiding reactivating fear memory after exposure therapy may help to consolidate fear extinction memory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Psychoéducation, TCC et éducation thérapeutique du patient : un programme certifié par l’ARS pour patients bipolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mirabel-Sarron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Docteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eryc Siobud-Dorocant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Dardennes</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
+                <w:t xml:space="preserve">Roland Dardennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0033291714001627⟩</w:t>
+              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (4), pp.159-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2015.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04240143v1</w:t>
+                <w:t xml:space="preserve">hal-04240126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychoéducation, TCC et éducation thérapeutique du patient : un programme certifié par l’ARS pour patients bipolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1751,216 +1738,229 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eryc Siobud-Dorocant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Dardennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25 (4), pp.159-167. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jtcc.2015.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04240126v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychoéducation, TCC et éducation thérapeutique du patient : un programme certifié par l’ARS pour patients bipolaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Mirabel-Sarron</w:t>
+                <w:t xml:space="preserve">Letter to the Editor: Simply avoiding reactivating fear memory after exposure therapy may help to consolidate fear extinction memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dardennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Alanbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Dardennes</w:t>
+                <w:t xml:space="preserve">S. Divac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2015.09.003⟩</w:t>
+              <w:t xml:space="preserve">Psychological Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45 (4), pp.887-887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0033291714001627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04212675v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04240143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychoéducation et TCC</w:t>
               </w:r>
@@ -1985,51 +1985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eryc Siobud-Dorocant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Dardennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Gorwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2080,90 +2080,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Letter to the Editor: Minimal clinical contact may contribute to Internet cognitive behavioural therapy (iCBT) efficacy relative to wait-list control condition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dardennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Alanbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychological Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 44 (7), pp.1567-1567. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2191,325 +2191,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04240146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of CBT in explicit memory bias in bipolar I patients</w:t>
+                <w:t xml:space="preserve">Effets d’une psychoéducation sur la prévention des rechutes de patients bipolaires I résistants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eryc Siobud-Dorocant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien-Daniel Guelfi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dragana Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Swendsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Behavior Therapy and Experimental Psychiatry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PSN – Psychiatrie, Sciences humaines, Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11, pp.19-32</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04240128v1</w:t>
+                <w:t xml:space="preserve">hal-04240317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d’une psychoéducation sur la prévention des rechutes de patients bipolaires I résistants</w:t>
+                <w:t xml:space="preserve">The role of CBT in explicit memory bias in bipolar I patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dragana Goujon</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien-Daniel Guelfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Gorwood</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSN – Psychiatrie, Sciences humaines, Neurosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Behavior Therapy and Experimental Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 44 (3), pp.307-311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbtep.2012.12.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04240317v1</w:t>
+                <w:t xml:space="preserve">hal-04240128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d'une thérapie comportementale et cognitive sur la qualité de vie perçue de patients bipolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. D. Guelfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2588,356 +2588,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01473285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact d’une thérapie comportementale et cognitive sur la qualité de vie perçue de patients bipolaires</w:t>
+                <w:t xml:space="preserve">Les thérapies comportementales et cognitives dans la prise en charge de patients bipolaires I comorbides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mirabel-Sarron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eryc Siobud-Dorocant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragana Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Gorwood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PSN – Psychiatrie, Sciences humaines, Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10, pp.69-84</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04240130v1</w:t>
+                <w:t xml:space="preserve">hal-04240329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les thérapies comportementales et cognitives dans la prise en charge de patients bipolaires I comorbides</w:t>
+                <w:t xml:space="preserve">Impact d’une thérapie comportementale et cognitive sur la qualité de vie perçue de patients bipolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-D. Guelfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Siobud-Dorocant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rouillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSN – Psychiatrie, Sciences humaines, Neurosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 170 (1), pp.39-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2011.11.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04240329v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04240130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of cognitive factors in body-size perception and recall-size estimation in normal-weight women</w:t>
+                <w:t xml:space="preserve">The Role of Cognitive Factors in Body-Size Perception and Recall-Size Estimation in Normal-Weight Women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Urdapilleta</w:t>
+                <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Rico Duarte</w:t>
+                <w:t xml:space="preserve">Liliana Rico Duarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 62 (3), pp.129-135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.erap.2012.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
@@ -2947,113 +2947,113 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04240129v1</w:t>
+                <w:t xml:space="preserve">hal-01473284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Cognitive Factors in Body-Size Perception and Recall-Size Estimation in Normal-Weight Women</w:t>
+                <w:t xml:space="preserve">The role of cognitive factors in body-size perception and recall-size estimation in normal-weight women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
+                <w:t xml:space="preserve">I. Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liliana Rico Duarte</w:t>
+                <w:t xml:space="preserve">L. Rico Duarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 62 (3), pp.129-135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.erap.2012.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
@@ -3063,81 +3063,81 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01473284v1</w:t>
+                <w:t xml:space="preserve">hal-04240129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of a picture distortion technique to examine perceptive and ideal body image in male and female competitive swimmers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Aspavlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3222,51 +3222,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of a Picture Distortion Technique to Examine Perceptive and Ideal Body Image in Male and Female Competitive Swimmers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Aspavlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3345,282 +3345,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01473308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Body Perception and Satisfaction in Obese, Severely Obese, and Normal Weight Female Patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Body image perception and satisfaction in male versus female competitive swimmers using a picture distortion technique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Aspavlo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Masse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jocelyne Raison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obesity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11, pp.568-573</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04240133v1</w:t>
+                <w:t xml:space="preserve">hal-00714679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Body image perception and satisfaction in male versus female competitive swimmers using a picture distortion technique.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Body Perception and Satisfaction in Obese, Severely Obese, and Normal Weight Female Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Docteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Docteur</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Raison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 18 (7), pp.1464-1465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/oby.2009.418⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00714679v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04240133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Body perception and satisfaction in obese, severely obese and normal weight female patients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3678,494 +3678,494 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00714652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les thérapies de groupe pour patients bipolaires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Traitement de l’information à contenu émotionnel et représentation de soi chez des patients bipolaires de type I après traitement combiné médicamenteux et comportemental-cognitif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Docteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Urdapilleta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-D. Guelfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rouillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, pp.818-821</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 167 (10), pp.779-786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2009.03.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01058886v1</w:t>
+                <w:t xml:space="preserve">hal-04240136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement de l'information à contenu émotionnel et représentation de soi chez des patients bipolaires de type I après traitement combiné médicamenteux et comportemental-cognitif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-D. Guelfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rouillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 167 (10), pp.779. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.amp.2009.03.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00595510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement de l’information à contenu émotionnel et représentation de soi chez des patients bipolaires de type I après traitement combiné médicamenteux et comportemental-cognitif</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les thérapies de groupe pour patients bipolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Siobud-Dorocant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bachelard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 167 (10), pp.779-786. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, pp.818-821</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04240136v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01058886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les thérapies de groupe pour patients bipolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Siobud-Dorocant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bachelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 167 (10), pp.818. </w:t>
@@ -4197,338 +4197,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00595514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement de l'information à contenu émotionnel et représentation de soi chez des patients bipolaires de type I après traitement combiné médicamenteux et comportemental-cognitif.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
+                <w:t xml:space="preserve">Les thérapies de groupe pour patients bipolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Siobud-Dorocant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bachelart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 167 (10), pp.779-786</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 167 (10), pp.818-821. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2009.09.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00714644v1</w:t>
+                <w:t xml:space="preserve">hal-04240135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les thérapies de groupe pour patients bipolaires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Traitement de l'information à contenu émotionnel et représentation de soi chez des patients bipolaires de type I après traitement combiné médicamenteux et comportemental-cognitif.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Docteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien-Daniel Guelfi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 167 (10), pp.818-821. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, 167 (10), pp.779-786</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04240135v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00714644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit and explicit memory bias for words related to food, shape and body parts in obese and normal weight females</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Defrance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Raison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Psychology Letters - Behaviour, Brain and Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Vol. 24, Issue 2, 2008, </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4562,51 +4562,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit and explicit memory bias for food, shape and body parts related words in obese and normal weight females.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4670,103 +4670,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation clinique et cognitive d'une thérapie cognitivo-comportementale de groupe chez des patients bipolaires.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Siobud-Dorocant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien-Daniel Guelfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 17 (2), pp.79-83</w:t>
@@ -4821,51 +4821,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Siobud-Dorocant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5613,51 +5613,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mirabel‐sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Dardennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rouillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5842,51 +5842,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eryc Siobud-Dorocant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragana Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Gorwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5967,51 +5967,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eryc Siobud-Dorocant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragana Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Gorwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6308,51 +6308,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eryc Siobud-Dorocant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragana Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Gorwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6541,51 +6541,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Defrance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Raison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Pangborn sensory science symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Toronto, Canada. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6718,51 +6718,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explicit memory for high and low caloric food words in obese dieters and normal weight females.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6839,51 +6839,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social representations and stereotypes of thinness.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6934,51 +6934,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole body perception of severe obese females.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7036,286 +7036,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00715040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CBT group for bipolar's patients.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Implicit and explicit memory bias for food, shape and body parts related words in obese and normal weight females.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Rouillon</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Raison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Congress of Cognitive Psychotherapy.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00715019v1</w:t>
+                <w:t xml:space="preserve">hal-00715038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implicit and explicit memory bias for food, shape and body parts related words in obese and normal weight females.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">CBT group for bipolar's patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Raison</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Siobud-Dorocant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rouillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Congress of Cognitive Psychotherapy.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00715038v1</w:t>
+                <w:t xml:space="preserve">hal-00715019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit and explicit memory for food and shape related words in obese patients and normal weight females.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7379,51 +7379,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration et représentation en mémoire de stimuli liés à l'alimentation chez des patientes obèses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7468,424 +7468,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00715017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les signes précoces de l'entrée dans la schizophrénie : le point de vue des parents.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Body morph representation in obese women.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vigneront</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Jeunes Chercheurs en Sciences Cognitives.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Lyon, France</w:t>
+              <w:t xml:space="preserve">7th Pangborn Sensory Science Symposium.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Minneapolis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00714840v1</w:t>
+                <w:t xml:space="preserve">hal-00715028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Body morph representation in obese women.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Assessment of self-esteem, anxiety and personality disorders before and after cognitive and behavioural treatment for bipolar disorder.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Siobud-Dorocant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien-Daniel Guelfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Pangborn Sensory Science Symposium.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Minneapolis, United States</w:t>
+              <w:t xml:space="preserve">5th World Congress of Behavioral and Cognitive Therapies.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00715028v1</w:t>
+                <w:t xml:space="preserve">hal-00717661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of self-esteem, anxiety and personality disorders before and after cognitive and behavioural treatment for bipolar disorder.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Les signes précoces de l'entrée dans la schizophrénie : le point de vue des parents.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vigneront</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th World Congress of Behavioral and Cognitive Therapies.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">Congrès Jeunes Chercheurs en Sciences Cognitives.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00717661v1</w:t>
+                <w:t xml:space="preserve">hal-00714840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive assessment in bipolar disorder patient's group.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mirabel-Sarron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Siobud-Dorocant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien-Daniel Guelfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th World Congress of Behavioural and Cognitive Therapies.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Barcelone, Spain</w:t>
@@ -8649,51 +8649,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obesity and body image.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8821,51 +8821,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obesity and body image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Docteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Urdapilleta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Masse Laurence. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">English for psychologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, 2011</w:t>
@@ -9063,51 +9063,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199901v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Docteur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Gorwood" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mirabel-Sarron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;line Kaya Lef&#232;vre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loretta Sala" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jclp.23243" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03346081v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mirabel&#8208;sarron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199909v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Husky" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2020.07.072" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03257456v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091007v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199924v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Leclerc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Laszcz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2018.12.053" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03257455v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199913v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Scanferla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bruel-Jungerman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Docteur" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gauthier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fjpsy.2019.10.482" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200106v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Docteur" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Siobud-Dorocant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rouillon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29011/2574-7762" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240125v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Weber" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gex-Fabry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/acm.2016.0427" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212671v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eryc Siobud-Dorocant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.09.003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240143v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dardennes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alanbar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Divac" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mirabel-Sarron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033291714001627" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240126v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Dardennes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2015.09.003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212675v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240127v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2014.12.005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240146v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0033291714000154" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240128v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien-Daniel Guelfi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbtep.2012.12.003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240317v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragana Goujon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Swendsen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01473285v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Guelfi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouillon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2011.11.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HTLDS51B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240130v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Guelfi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240329v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240129v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Urdapilleta" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rico Duarte" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2012.05.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18BQG7CX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01473284v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Urdapilleta" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Rico Duarte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240131v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Aspavlo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Masse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2010.06.006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X0S0FK5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01473308v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240133v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Defrance" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Raison" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oby.2009.418" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714679v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aspavlo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714652v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Defrance" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Raison" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01058886v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bachelard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Goujon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595510v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2009.03.014" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240136v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595514v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2009.09.009" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714644v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240135v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bachelart" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240334v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/CPL.3983" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714649v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714646v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240138v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Mirabel-Sarron" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Guelfi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1155-1704(07)89709-6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385214v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Victoire Rousselet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Schneider" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04280988v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Scanferla" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bruel-Jungerman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elys&#233;e Gauthier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240513v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240521v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240531v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240569v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240576v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240563v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241013v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241019v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240640v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241025v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241053v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241061v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594070v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valentin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Defrance" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241079v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715052v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717715v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nys" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715040v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715019v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715038v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715036v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715017v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigneront" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714840v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715028v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717661v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715027v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240339v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240350v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Penet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240356v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240427v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407335v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnaire" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Shankland" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Aguerre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vavassori" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Harrati" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.masse.2018.01.0063" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240424v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gerard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240416v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718088v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240437v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240434v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199901v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Docteur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Gorwood" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mirabel-Sarron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;line Kaya Lef&#232;vre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loretta Sala" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jclp.23243" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03346081v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mirabel&#8208;sarron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199909v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Husky" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2020.07.072" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03257456v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091007v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03257455v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Leclerc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Laszcz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2018.12.053" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199924v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04199913v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Scanferla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bruel-Jungerman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Docteur" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gauthier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fjpsy.2019.10.482" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200106v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Docteur" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Siobud-Dorocant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rouillon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29011/2574-7762" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240125v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Weber" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gex-Fabry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/acm.2016.0427" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212671v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eryc Siobud-Dorocant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.09.003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240126v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Dardennes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2015.09.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212675v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240143v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dardennes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alanbar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Divac" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mirabel-Sarron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033291714001627" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240127v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2014.12.005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240146v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0033291714000154" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240317v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragana Goujon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Swendsen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240128v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien-Daniel Guelfi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbtep.2012.12.003" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01473285v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Guelfi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouillon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2011.11.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HTLDS51B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240329v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240130v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Guelfi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01473284v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Urdapilleta" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Rico Duarte" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2012.05.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18BQG7CX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240129v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Urdapilleta" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rico Duarte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240131v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Aspavlo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Masse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2010.06.006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X0S0FK5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01473308v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714679v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aspavlo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240133v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Defrance" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Raison" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oby.2009.418" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714652v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Defrance" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Raison" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240136v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2009.03.014" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595510v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01058886v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bachelard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Goujon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595514v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2009.09.009" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240135v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bachelart" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714644v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240334v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/CPL.3983" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714649v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714646v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240138v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Mirabel-Sarron" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Guelfi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1155-1704(07)89709-6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385214v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Victoire Rousselet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Schneider" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04280988v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Scanferla" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bruel-Jungerman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elys&#233;e Gauthier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240513v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240521v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240531v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240569v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240576v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240563v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241013v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241019v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240640v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241025v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241053v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241061v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594070v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valentin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Defrance" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241079v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715052v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717715v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nys" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715040v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715038v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715019v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715036v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715017v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigneront" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715028v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717661v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714840v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715027v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240339v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240350v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Penet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240356v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240427v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407335v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnaire" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Shankland" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Aguerre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vavassori" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Harrati" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.masse.2018.01.0063" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240424v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gerard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240416v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718088v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240437v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240434v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>