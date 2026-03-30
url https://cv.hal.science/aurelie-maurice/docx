--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -614,247 +614,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02965530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring mental health carers' caregiving experiences in France Nancy de Jesus, Aurélie Maurice</w:t>
+                <w:t xml:space="preserve">Recommandations diététiques chez les hommes insuffisants cardiaques : quels besoins éducatifs pour les épouses ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nancy de Jesus</w:t>
+                <w:t xml:space="preserve">Marie Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Dellinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mental Health Training, Education and Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/JMHTEP-06-2019-0031⟩</w:t>
+              <w:t xml:space="preserve">Éducation Thérapeutique du Patient / Therapeutic Patient Education </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (2), pp.20201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/tpe/2020009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02548008v1</w:t>
+                <w:t xml:space="preserve">hal-05180396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommandations diététiques chez les hommes insuffisants cardiaques : quels besoins éducatifs pour les épouses ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Marchand</w:t>
+                <w:t xml:space="preserve">Exploring mental health carers' caregiving experiences in France Nancy de Jesus, Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy de Jesus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Dellinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation Thérapeutique du Patient / Therapeutic Patient Education </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/tpe/2020009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mental Health Training, Education and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (4), pp.207-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/JMHTEP-06-2019-0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05180396v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02548008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des adolescents vecteurs de messages nutritionnels au sein de leur famille. L’éducation alimentaire au collège</w:t>
               </w:r>
@@ -1134,584 +1134,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la transférabilité de la méthode ARDI dans le champ de l'éducation à l'alimentation au projet &amp;quot;SPECIALE</w:t>
+                <w:t xml:space="preserve">La place des émotions dans l’éducation à l’alimentation des jeunes : une scoping review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Scutti</w:t>
+                <w:t xml:space="preserve">Marie Jaunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonie Brière</w:t>
+                <w:t xml:space="preserve">Sylvie Delaroche-Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent de Andrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rallou Thomopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Jeux &amp; Enjeux 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société d’Éducation Thérapeutique Européenne (SETE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Liège (Belgique), Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04771871v1</w:t>
+                <w:t xml:space="preserve">hal-05160298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place des émotions dans l’éducation à l’alimentation des jeunes : une scoping review</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approches interdisciplinaires et participatives dans le domaine de l’éducation à l’alimentation en contexte scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société d’Éducation Thérapeutique Européenne (SETE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Liège (Belgique), Belgique</w:t>
+              <w:t xml:space="preserve">Colloque international du programme Emergence CANTINEGALITE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Christine Tichit, Jun 2024, Paris ( Ecole normale supérieure), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05160298v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05160278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approches interdisciplinaires et participatives dans le domaine de l’éducation à l’alimentation en contexte scolaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De la transférabilité de la méthode ARDI dans le champ de l'éducation à l'alimentation au projet &amp;quot;SPECIALE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Scutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonie Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rallou Thomopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international du programme Emergence CANTINEGALITE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Christine Tichit, Jun 2024, Paris ( Ecole normale supérieure), France</w:t>
+              <w:t xml:space="preserve">Rencontres Jeux &amp; Enjeux 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05160278v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symposium: Faire de la recherche interdisciplinaire en promotion de la santé àl’école. L’exemple du projet ERMES, Enfants Récepteurs et Messagers pour l'Éducation à laSanté</w:t>
+                <w:t xml:space="preserve">La cantine scolaire au cœur de la transition vers une alimentation durable : cadre, acteurs et limites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rallou Thomopoulos</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Verdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque scientifique francophone "Promotion de la santé en milieu scolaire"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire inter-unités CSGA CSAER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809301v1</w:t>
+                <w:t xml:space="preserve">hal-05160286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire de la recherche interdisciplinaire en promotion de la santé à l’école : L’exemple du projet ERMES (Enfants Récepteurs et Messagers pour l’Education à la Santé),</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque scientifique francophone « Promotion de la Santé en milieu scolaire : actualité de la recherche et de l’innovation »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cantine scolaire au cœur de la transition vers une alimentation durable : cadre, acteurs et limites</w:t>
+                <w:t xml:space="preserve">Symposium: Faire de la recherche interdisciplinaire en promotion de la santé àl’école. L’exemple du projet ERMES, Enfants Récepteurs et Messagers pour l'Éducation à laSanté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Basile Verdeau</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémi Berlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Santini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rallou Thomopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire inter-unités CSGA CSAER</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Dijon, France</w:t>
+              <w:t xml:space="preserve">Colloque scientifique francophone "Promotion de la santé en milieu scolaire"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05160286v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ERMES project, Children as receptors and messengers for health education</w:t>
               </w:r>
@@ -1760,368 +1760,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enfants à l’épreuve des messages alimentaires à l’école : immersions scientifiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’éducation alimentaire en classe et à la cantine : le rôle des enseignants et des agents de restauration; Spécificités du modèle français de restauration scolaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Comoretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Parlementaire « L’éducation à l’alimentation à l’école »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris (Assemblée nationale), France</w:t>
+              <w:t xml:space="preserve">Journée pparlementaire "Pédagogie alimentaire", Sénat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160291v1</w:t>
+                <w:t xml:space="preserve">hal-03795174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’éducation alimentaire en classe et à la cantine : le rôle des enseignants et des agents de restauration; Spécificités du modèle français de restauration scolaire.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les enfants à l’épreuve des messages alimentaires à l’école : immersions scientifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée pparlementaire "Pédagogie alimentaire", Sénat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée Parlementaire « L’éducation à l’alimentation à l’école »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris (Assemblée nationale), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03795174v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05160291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cantine scolaire au cœur de la transition vers une alimentation durable : contexte, acteurs et limites de la mise en œuvre de la loi Egalim dans la restauration scolaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geraldine Comoretto</w:t>
+                <w:t xml:space="preserve">Faire du stigmate du handicap psychique une ressource identitaire : le parcours de vie des Médiateurs de Santé-Pairs et la reconnaissance de leurs « savoirs expérientiels »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Fanchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude « La restauration collective : un enjeu de transition pour les politiques publiques » Sciences Po Grenoble – Pacte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">9ème Congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03795209v1</w:t>
+                <w:t xml:space="preserve">hal-03597044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire du stigmate du handicap psychique une ressource identitaire : le parcours de vie des Médiateurs de Santé-Pairs et la reconnaissance de leurs « savoirs expérientiels »</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agathe Fanchini</w:t>
+                <w:t xml:space="preserve">La cantine scolaire au cœur de la transition vers une alimentation durable : contexte, acteurs et limites de la mise en œuvre de la loi Egalim dans la restauration scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Comoretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Congrès de l'Association Française de Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude « La restauration collective : un enjeu de transition pour les politiques publiques » Sciences Po Grenoble – Pacte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03597044v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03795209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation alimentaire en classe et à la cantine : le rôle des enseignants et des agents de restauration</w:t>
               </w:r>
@@ -2183,243 +2183,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport des mères aux normes d'allaitement : éclairage des données Elfe par une enquête qualitative</w:t>
+                <w:t xml:space="preserve">La socialisation des femmes à l’allaitement : une construction genrée du rapport à la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Comoretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kersuzan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique de la Cohorte Elfe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Etude Longitudinale Française depuis l'Enfance (ELFE). FRA., Mar 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">7. Congrès de l'Association Française de Sociologie (ASF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Jul 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02789178v1</w:t>
+                <w:t xml:space="preserve">hal-02788403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction sociale du rapport aux normes de santé L’exemple de l’allaitement en France</w:t>
+                <w:t xml:space="preserve">Gouvernement des corps et redéfinition des politiques de santé infantile: l’allaitement entre normes concurrentes et stigmatisation maternelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kersuzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Comoretto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Kersuzan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier Inégalités Sociales de Santé PSE- Jourdan</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Paris Jourdan Sciences Economiques (PSE). FRA., Apr 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">7. Congrès de l'Association Française de Sociologie (ASF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Jul 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02785011v1</w:t>
+                <w:t xml:space="preserve">hal-01786044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expérience maternelle d’allaitement au prisme de la notion de carrière : la construction de la maternalité au fil des naissances</w:t>
               </w:r>
@@ -2507,351 +2507,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouvernement des corps et redéfinition des politiques de santé infantile: l’allaitement entre normes concurrentes et stigmatisation maternelle</w:t>
+                <w:t xml:space="preserve">Rapport des mères aux normes d'allaitement : éclairage des données Elfe par une enquête qualitative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kersuzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Comoretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Comoretto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Congrès de l'Association Française de Sociologie (ASF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Jul 2017, Amiens, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique de la Cohorte Elfe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Etude Longitudinale Française depuis l'Enfance (ELFE). FRA., Mar 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01786044v1</w:t>
+                <w:t xml:space="preserve">hal-02789178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French standards and resistance to the implementation of breastfeeding policies</w:t>
+                <w:t xml:space="preserve">Construction sociale du rapport aux normes de santé L’exemple de l’allaitement en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Comoretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kersuzan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Conference of the European Sociological Association ESA 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Sociological Association. INT., Aug 2017, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">Atelier Inégalités Sociales de Santé PSE- Jourdan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris Jourdan Sciences Economiques (PSE). FRA., Apr 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01786042v1</w:t>
+                <w:t xml:space="preserve">hal-02785011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La socialisation des femmes à l’allaitement : une construction genrée du rapport à la santé</w:t>
+                <w:t xml:space="preserve">French standards and resistance to the implementation of breastfeeding policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kersuzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Comoretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Kersuzan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Congrès de l'Association Française de Sociologie (ASF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Jul 2017, Amiens, France</w:t>
+              <w:t xml:space="preserve">13. Conference of the European Sociological Association ESA 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Sociological Association. INT., Aug 2017, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02788403v1</w:t>
+                <w:t xml:space="preserve">hal-01786042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir mère : le rôle de l’allaitement dans l’expérience maternelle et la construction identitaire féminine</w:t>
               </w:r>
@@ -3089,51 +3089,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet « SPECIALE » : Sciences Participatives pour une Education Citoyenne à l’Alimentation à l’Ecole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonie Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3653,288 +3653,392 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02942221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chapitre 16 - Identification de messages alimentaires à destination des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rallou Thomopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudier les changements de comportements alimentaires : Approches interdisciplinaires, méthodes et enjeux éthiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Étudier les changements de comportements alimentaires. Méthodes, approches interdisciplinaires et enjeux éthiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Quae, pp.146-154, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4069-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05157879v1</w:t>
+                <w:t xml:space="preserve">hal-05563370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sociologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Plessz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Darcel; Aurélie Maurice. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudier les changements de comportements alimentaires : Approches interdisciplinaires, méthodes et enjeux éthiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Quae, A paraître, Synthèses, 9782759240685</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05157879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chapitre 17 Diffusion de messages alimentaires et relations sociales des enfants à l’école</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémi Berlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pernelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Rouveirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Santini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudier les changements de comportements alimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, éditions Quae, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.35690/978-2-7592-4069-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3944,113 +4048,113 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprendre à varier son alimentation : écouter les émotions des enfants, un enjeu central</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Djavadi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.64628/AAK.rfx4dyq3q⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...33 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05502484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4060,51 +4164,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C’est l’heure du goûter, des friandises à l’école pour le lien social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4120,51 +4224,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alimentation des enfants : quand les chercheurs se mettent à table</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.25-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02965544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4174,147 +4278,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etat des lieux et échange de pratiques des sciences participatives à l’université Sorbonne Paris Nord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Leveque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bellicha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Roucous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04541087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4324,51 +4428,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet EMA : Expérience Maternelle d'Allaitement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4394,65 +4498,65 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Tichit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] INRA. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId105"/>
+      <w:footerReference w:type="default" r:id="rId106"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4599,51 +4703,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100644v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bellicha" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Dehove" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Charreire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar El Karmouni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Marty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.05.004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160271v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Verdeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Darcel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/132q5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961164v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marchand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Communier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Njantou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vilder" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.221.0009" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965530v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kersuzan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Comoretto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tichit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2020.09.006" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02548008v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy de Jesus" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JMHTEP-06-2019-0031" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180396v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lecuelle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dellinger" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2020009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KXS5NLQV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180442v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2018.3321" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05451208v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mendez Barreto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Chartofylaka" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rallou Thomopoulos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160306v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771871v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Scutti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Bri&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160298v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jaunet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delaroche-Houot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Andrade" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160278v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809301v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mi Berlin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Santini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160303v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160286v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160305v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160291v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03795174v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Comoretto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03795209v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597044v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Fanchini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160295v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789178v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785011v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789806v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786044v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786042v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788403v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800421v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978310v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541411v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03856733v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Abou Jaoud&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Charrier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Darcel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Perrin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339375v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cazals" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Collard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chiron" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502463v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4069-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942221v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lhuissier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157879v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plessz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine R&#233;gnier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497265v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pernelle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rouveirol" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502484v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Djavadi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.rfx4dyq3q" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965544v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541087v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roucous" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Garnier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790294v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100644v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bellicha" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Dehove" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Charreire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar El Karmouni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Marty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.05.004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160271v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Verdeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Darcel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/132q5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03961164v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marchand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Communier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Njantou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vilder" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.221.0009" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965530v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kersuzan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Comoretto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tichit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2020.09.006" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180396v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lecuelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dellinger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/tpe/2020009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KXS5NLQV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02548008v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy de Jesus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JMHTEP-06-2019-0031" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180442v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2018.3321" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05451208v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mendez Barreto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Chartofylaka" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rallou Thomopoulos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160306v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160298v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jaunet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delaroche-Houot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de Andrade" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160278v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771871v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Scutti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Bri&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160286v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160303v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809301v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mi Berlin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Santini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160305v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03795174v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Comoretto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160291v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597044v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Fanchini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03795209v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160295v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788403v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786044v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789806v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789178v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785011v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01786042v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800421v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978310v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541411v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03856733v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Abou Jaoud&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Charrier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Darcel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Perrin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339375v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cazals" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Collard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chiron" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502463v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4069-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942221v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lhuissier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05563370v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157879v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plessz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine R&#233;gnier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497265v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pernelle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rouveirol" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502484v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Djavadi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.rfx4dyq3q" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02965544v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541087v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roucous" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Garnier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790294v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>