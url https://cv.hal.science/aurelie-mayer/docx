--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -484,314 +484,314 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR &amp;quot;Evolution du terroir de Tremblay-en-France (Seine-Saint-Denis) du Ve au XIIe siècle&amp;quot;. Rapport d'activités 2022 et bilan de triennale</w:t>
+                <w:t xml:space="preserve">Colombes (92), Vieux Clocher, Église Saint-Pierre Saint-Paul.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Gonçalves-Buissart</w:t>
+                <w:t xml:space="preserve">Isabelle Caillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Bruley-Chabot</w:t>
+                <w:t xml:space="preserve">Valentina Bellavia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Lefèvre</w:t>
+                <w:t xml:space="preserve">Marion Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Frère</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Jouanin</w:t>
+                <w:t xml:space="preserve">Amélie-Aude Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Département de la Seine-Saint-Denis; INRAP; Archeodunum; Eveha; DHAAP; CRAVO; SRA - Île-de-France. 2023, pp.346</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service régional d'archéologie d'Île-de-France. 2023, pp.394 (Vol.1) ; 570 (Vol. 2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006999v1</w:t>
+                <w:t xml:space="preserve">hal-05210666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colombes (92), Vieux Clocher, Église Saint-Pierre Saint-Paul.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PCR &amp;quot;Evolution du terroir de Tremblay-en-France (Seine-Saint-Denis) du Ve au XIIe siècle&amp;quot;. Rapport d'activités 2022 et bilan de triennale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Gonçalves-Buissart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Caillot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Mayer</w:t>
+                <w:t xml:space="preserve">Gaëlle Bruley-Chabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Bellavia</w:t>
+                <w:t xml:space="preserve">Annie Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Bernard</w:t>
+                <w:t xml:space="preserve">Stéphane Frère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie-Aude Berthon</w:t>
+                <w:t xml:space="preserve">Gaëtan Jouanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Service régional d'archéologie d'Île-de-France. 2023, pp.394 (Vol.1) ; 570 (Vol. 2)</w:t>
+              <w:t xml:space="preserve">Département de la Seine-Saint-Denis; INRAP; Archeodunum; Eveha; DHAAP; CRAVO; SRA - Île-de-France. 2023, pp.346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05210666v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR &amp;quot; Evolution du terroir de Tremblay-en-France (Seine-Saint-Denis) du Ve au XIIe siècle&amp;quot;. Rapport d'activités 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Gonçalves-Buissart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Bruley-Chabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Deschamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1257,51 +1257,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520432v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Berthon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mayer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459872v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fossurier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Maestracci" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/monographies-instrumentum/346-le-petit-mobilier-dans-les-sepultures-depoque-moderne-9782355181436.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216794v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Martin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle-Anne Denat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006999v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gon&#231;alves-Buissart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bruley-Chabot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lef&#232;vre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouanin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210666v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Caillot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bernard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie-Aude Berthon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020416v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deschamp" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Poirot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barri&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203461v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051555v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamadou Oumarou Hama" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbieri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Guirou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24138" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520432v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Berthon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mayer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459872v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fossurier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Maestracci" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/monographies-instrumentum/346-le-petit-mobilier-dans-les-sepultures-depoque-moderne-9782355181436.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216794v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Martin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle-Anne Denat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Favrel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210666v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Caillot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bernard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie-Aude Berthon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006999v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gon&#231;alves-Buissart" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bruley-Chabot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lef&#232;vre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouanin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020416v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deschamp" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Poirot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barri&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203461v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051555v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamadou Oumarou Hama" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbieri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Guirou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24138" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>