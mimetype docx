--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,4645 +66,4772 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels ingrédients pour construire de nouveaux récits désirables ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Ochs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Consommer sans détruire. Entre messianisme et apocalypse, la voie étroite d’une consommation raisonnable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions EMS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 978-2-38630-310-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05570139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of Super-X divertor exhaust control for transient heat load management in compact fusion reactors</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Divertor shaping with neutral baffling as a solution to the tokamak power exhaust challenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Koenders</w:t>
+                <w:t xml:space="preserve">Kevin Verhaegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Harrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Moulton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce Lipschultz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Lonigro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41560-025-01824-7⟩</w:t>
+              <w:t xml:space="preserve">Communications Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (1), pp.215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42005-025-02121-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05282776v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divertor shaping with neutral baffling as a solution to the tokamak power exhaust challenge</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Demonstration of Super-X divertor exhaust control for transient heat load management in compact fusion reactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Lonigro</w:t>
+                <w:t xml:space="preserve">B. Kool</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Verhaegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Derks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Wijkamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Koenders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42005-025-02121-1⟩</w:t>
+              <w:t xml:space="preserve">Nature Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41560-025-01824-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05282872v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commentary on “Look up! Five research proposals for rethinking marketing in a post-growth society”: Marketing must reflect on its own evolution in the Anthropocene epoch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Dekhili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Ochs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 39 (2), pp.113-127. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/20515707241253369⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marketing durable : accélérons les transformations !</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Sustainable marketing: Let’s accelerate transformations!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Dekhili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (3), pp.2-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/20515707231180395⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/07673701231177803⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04612210v1</w:t>
+                <w:t xml:space="preserve">hal-04752661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable marketing: Let’s accelerate transformations!</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Marketing durable : accélérons les transformations !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Dekhili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/20515707231180395⟩</w:t>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (3), pp.3-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/07673701231177803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04752661v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04612210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress from ASDEX Upgrade experiments in preparing the physics basis of ITER operation and DEMO scenario development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Stroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aguiam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Alessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Angioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Arden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 62 (4), pp.042006. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1741-4326/ac207f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03683395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does it pay to be honest? The effect of retailer-provided negative feedback on consumers’ product choice and shopping experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anik St-Onge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Sénécal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Business Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 147, pp.532-543. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jbusres.2022.03.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approaching detachment in I-mode—response of core confinement and the edge pedestal in the ASDEX Upgrade tokamak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Happel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Reinke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Silvagni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Grover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 61 (3), pp.036026. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1741-4326/abd7b7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03242583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing consumer value of the co-design experience in mass customization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frances Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gotteland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Business Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 117, pp.473-483. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jbusres.2020.05.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics research on the TCV tokamak facility: from conventional to alternative scenarios and beyond</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Agostini</w:t>
+                <w:t xml:space="preserve">Stationarity of I-mode operation and I-mode divertor heat fluxes on the ASDEX Upgrade tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Happel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Albanese</w:t>
+                <w:t xml:space="preserve">M. Griener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Silvagni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Alberti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Alessi</w:t>
+                <w:t xml:space="preserve">S. J. Freethy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Hennequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab25cb⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18, pp.159 - 165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2018.12.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02572049v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dependence on plasma shape and plasma fueling for small edge-localized mode regimes in TCV and ASDEX Upgrade</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physics research on the TCV tokamak facility: from conventional to alternative scenarios and beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Eich</w:t>
+                <w:t xml:space="preserve">S. Coda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G.F. Harrer</w:t>
+                <w:t xml:space="preserve">M. Agostini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Wolfrum</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Bernert</w:t>
+                <w:t xml:space="preserve">R. Albanese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alberti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Alessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 59 (8), pp.086020. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab2211⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 59 (11), pp.112023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab25cb⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271432v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02572049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of physics studies on ASDEX Upgrade</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dependence on plasma shape and plasma fueling for small edge-localized mode regimes in TCV and ASDEX Upgrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.G. Albert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Arden</w:t>
+                <w:t xml:space="preserve">B. Labit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Arredondo Parra</w:t>
+                <w:t xml:space="preserve">T. Eich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.F. Harrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Wolfrum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 59 (11), pp.112014. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab18b8⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 59 (8), pp.086020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab2211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">obspm-03908136v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of the JET preparation for deuterium–tritium operation with the ITER like-wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Joffrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Abduallev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Abhangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Afanasev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 59 (11), pp.112021. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1741-4326/ab2276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02882296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stationarity of I-mode operation and I-mode divertor heat fluxes on the ASDEX Upgrade tokamak</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Overview of physics studies on ASDEX Upgrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Hennequin</w:t>
+                <w:t xml:space="preserve">H. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Angioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.G. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Arden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Arredondo Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2018.12.022⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (11), pp.112014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ab18b8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271829v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">obspm-03908136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miroir, mon beau miroir, facilite mes choix ! L’influence de l’essayage virtuel dans un contexte omnicanal</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Science with e-ASTROGAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. de Angelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Tatischeff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mcenery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mallamaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Décisions Marketing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7193/DM.091.79.95⟩</w:t>
+              <w:t xml:space="preserve">Journal of High Energy Astrophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19, pp.1-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jheap.2018.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02308006v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01864552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stimuler la créativité du consommateur par la pensée analogique : comment adapter distance et contenu du transfert ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gotteland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Trendel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 33 (1), pp.78-93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0767370117701416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Science with e-ASTROGAM</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Miroir, mon beau miroir, facilite mes choix ! L’influence de l’essayage virtuel dans un contexte omnicanal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Grenier</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aurelie Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Senecal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anik St-Onge</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Astrophysics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 91, pp.79-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7193/DM.091.79.95⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jheap.2018.07.001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-01864552v1</w:t>
+                <w:t xml:space="preserve">hal-02308006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fundamental Physics with the Hubble Frontier Fields: Constraining Dark Matter Models with the Abundance of Extremely Faint and Distant Galaxies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Merle</w:t>
+                <w:t xml:space="preserve">Overview of progress in European medium sized tokamaks towards an integrated plasma-edge/wall solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Eich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Totzauer</w:t>
+                <w:t xml:space="preserve">M. Beurskens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Coda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Schneider</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Grazian</w:t>
+                <w:t xml:space="preserve">A. Hakola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/836/1/61⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa6084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">obspm-02542509v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03803885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the TCV tokamak program: scientific progress and facility upgrades</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Coda</w:t>
+                <w:t xml:space="preserve">Overview of ASDEX Upgrade results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kallenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Aguiam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ahn</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">E. Alessi</w:t>
+                <w:t xml:space="preserve">L. Aho-Mantila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Angioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Arden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 57 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa6412⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa64f6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01785568v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01785571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of ASDEX Upgrade results</w:t>
+                <w:t xml:space="preserve">Fundamental Physics with the Hubble Frontier Fields: Constraining Dark Matter Models with the Abundance of Extremely Faint and Distant Galaxies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Kallenbach</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Aguiam</w:t>
+                <w:t xml:space="preserve">N. Menci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Aho-Mantila</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Arden</w:t>
+                <w:t xml:space="preserve">A. Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Totzauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Grazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa64f6⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 836 (1), pp.61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/836/1/61⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01785571v1</w:t>
+                <w:t xml:space="preserve">obspm-02542509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of progress in European medium sized tokamaks towards an integrated plasma-edge/wall solution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Overview of the TCV tokamak program: scientific progress and facility upgrades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Eich</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S. Coda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Hakola</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Albanese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alberti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Alessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 57, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 57 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa6412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/aa6084⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03803885v1</w:t>
+                <w:t xml:space="preserve">hal-01785568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les effets de la mention d’origine géographique locale sur les perceptions alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Herault-Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline O. C. Werle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 31 (1), pp.28-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0767370115602851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02055833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostiquer la proximité perçue en vente directe de produits alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hérault-Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Prigent-Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 73, pp.89-108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02629995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science and technology research and development in support to ITER and the Broader Approach at CEA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bécoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.T. Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Abiteboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Alarcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 53 (10, SI), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0029-5515/53/10/104023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01287089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-linear magnetohydrodynamic simulations of density evolution in Tore Supra sawtoothing plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Sabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Garbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lütjens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Luciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 19 (11), pp.112305. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4766893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03319030v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02387209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-linear magnetohydrodynamic simulations of density evolution in Tore Supra sawtoothing plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Sabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Garbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lütjens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Luciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 19 (11), pp.112305. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4766893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02387209v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les consommateurs perçoivent-ils la proximité à l'égard d'un circuit court alimentaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hérault-Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Prigent-Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 53 (3), pp.16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/mav.053.0016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceived Value of the Mass-Customized Product and Mass Customization Experience for Individual Consumers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elyette Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Alizon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Production and Operations Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 19 (5), pp.503-514. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1937-5956.2010.01131.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00585292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre et gérer un programme de Customisation de Masse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 59, pp.39-48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7193/DM.059.39.48⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02913219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre la valeur percue de la customisation de masse. Une distinction entre la valeur du produit et la valeur de l'experience de co-design</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+                <w:t xml:space="preserve">Understanding the Perceived Value of Mass Customization: The Distinction between Product Value and Experiential Value of Co-Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elyette Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 23 (3), pp.27 - 50. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/076737010802300301⟩</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/205157070802300303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01795729v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01795698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the Perceived Value of Mass Customization: The Distinction between Product Value and Experiential Value of Co-Design</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+                <w:t xml:space="preserve">Comprendre la valeur percue de la customisation de masse. Une distinction entre la valeur du produit et la valeur de l'experience de co-design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elyette Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 23 (3), pp.27 - 50. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/205157070802300303⟩</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/076737010802300301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01795698v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01795729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marketing Durable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Marketing durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Dekhili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Ochs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">PEARSON, 2021</w:t>
+              <w:t xml:space="preserve">Pearson, pp.216, 2021, 978-2-326-00265-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03267974v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04752665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marketing durable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Marketing Durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Dekhili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Ochs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Pearson, pp.216, 2021, 978-2-326-00265-4</w:t>
+              <w:t xml:space="preserve">PEARSON, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04752665v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03267974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le marketing durable : identifier et réduire les contradictions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Dekhili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Ochs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l'Association Francaise du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le marketing durable : identifier et réduire les contradictions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Dekhili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Ochs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international de l'association française du marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03267971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Structure for Backside Protection Against Physical Attacks on Secure Chips or SiP</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Duperrex</w:t>
+                <w:t xml:space="preserve">Plasma shape and fueling dependence on the small ELMs regime in TCV and AUG IAEA Fusion Energy Conference 2018 (IAEA FEC 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Labit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Eich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Deschaseaux</w:t>
+                <w:t xml:space="preserve">G. Harrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Charbonnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Clédière</w:t>
+                <w:t xml:space="preserve">H. de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE 68th Electronic Components and Technology Conference (ECTC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IAEA Fusion Energy Conference 2018 (IAEA FEC 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Ahmenabad, India. pp.EX 2-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02185285v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma shape and fueling dependence on the small ELMs regime in TCV and AUG IAEA Fusion Energy Conference 2018 (IAEA FEC 2018)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Eich</w:t>
+                <w:t xml:space="preserve">A Novel Structure for Backside Protection Against Physical Attacks on Secure Chips or SiP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Borel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Duperrex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Harrer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Bernert</w:t>
+                <w:t xml:space="preserve">E. Deschaseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. de Oliveira</w:t>
+                <w:t xml:space="preserve">J. Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Clédière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAEA Fusion Energy Conference 2018 (IAEA FEC 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE 68th Electronic Components and Technology Conference (ECTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, San Diego, United States. pp.515-520, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECTC.2018.00081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02368505v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02185285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faut-il faire vendre un produit local par le producteur ? L’influence de sa présence sur la valeur perçue du produit et les intentions à l’égard du lieu de vente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hérault-Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées de Recherches en Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). Paris, FRA., Dec 2013, Angers, France. 19 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Assess and Increase the Value of a Co-Design Experience: a Synthesis of the Extant Literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frances Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Fatien Diochon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mass Customization, Personalization, and Co-Creation: Bridging Mass Customization and Open Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00649498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4714,218 +4841,218 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les circuits courts alimentaires : des outils pour mieux agir. Guide pratique à destination des agents de développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Prigent-Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Romeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Montet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Miehé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01074137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LA MARANDE : un magasin de producteurs à la conquête du e-commerce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotrowski Mathilde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00609388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4935,206 +5062,206 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostiquer la proximité perçue en vente directe de produits alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Prigent-Simonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00815506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consommer des produits alimentaires locaux : comment et pourquoi ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotrowski Mathilde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00607840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId176"/>
+      <w:footerReference w:type="default" r:id="rId178"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5281,51 +5408,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282776v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kool" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Verhaegh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derks" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wijkamp" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koenders" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-025-01824-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282872v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Verhaegh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Harrison" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moulton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Lipschultz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Lonigro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02121-1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752658v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Dekhili" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Merle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ochs" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20515707241253369" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612210v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Durif" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07673701231177803" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752661v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20515707231180395" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683395v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Stroth" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aguiam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alessi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Angioni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arden" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac207f" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612187v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anik St-Onge" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S&#233;n&#233;cal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2022.03.031" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242583v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Happel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Reinke" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Silvagni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grover" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/abd7b7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752663v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Turner" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gotteland" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.05.052" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572049v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coda" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Agostini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Albanese" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alberti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab25cb" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271432v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Labit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Eich" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Harrer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wolfrum" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab2211" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03908136v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.G. Albert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arredondo Parra" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab18b8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02882296v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joffrin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abduallev" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abhangi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Abreu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Afanasev" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab2276" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271829v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griener" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Freethy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Hennequin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2018.12.022" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308006v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Merle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Senecal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.091.79.95" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056506v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Trendel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370117701416" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01864552v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Angelis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tatischeff" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Grenier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mcenery" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallamaci" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jheap.2018.07.001" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-02542509v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Menci" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Merle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Totzauer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schneider" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grazian" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/836/1/61" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ahn" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa6412" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785571v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kallenbach" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aho-Mantila" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa64f6" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803885v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beurskens" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakola" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa6084" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055833v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herault-Fournier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline O. C. Werle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370115602851" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629995v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;rault-Fournier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Prigent-Simonin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287089v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#233;coulet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.T. Hoang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abiteboul" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Achard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alarcon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/53/10/104023" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319030v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nicolas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sabot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garbet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L&#252;tjens" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Luciani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4766893" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387209v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392454v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.053.0016" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00585292v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chandon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyette Roux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alizon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1937-5956.2010.01131.x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SB8PJFXK-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913219v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.059.39.48" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01795729v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737010802300301" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01795698v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/205157070802300303" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267974v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752665v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752669v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267971v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02185285v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duperrex" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deschaseaux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charbonnier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cl&#233;di&#232;re" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2018.00081" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368505v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Harrer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Oliveira" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748629v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00649498v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fatien Diochon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-01074137v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Romeyer" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Montet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mieh&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00609388v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotrowski Mathilde" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00815506v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herault" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00607840v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05570139v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ochs" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Merle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-ems.fr/boutique/consommer-sans-detruire/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282872v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Verhaegh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Harrison" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moulton" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Lipschultz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Lonigro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02121-1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282776v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kool" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Verhaegh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derks" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wijkamp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koenders" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-025-01824-7" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752658v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Dekhili" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20515707241253369" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752661v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Durif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20515707231180395" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612210v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07673701231177803" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683395v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Stroth" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aguiam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Alessi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Angioni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arden" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac207f" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612187v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anik St-Onge" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S&#233;n&#233;cal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2022.03.031" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242583v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Happel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Reinke" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Silvagni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grover" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/abd7b7" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752663v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Turner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gotteland" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.05.052" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271829v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griener" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Freethy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Hennequin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2018.12.022" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572049v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coda" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Agostini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Albanese" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alberti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab25cb" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271432v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Labit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Eich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Harrer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wolfrum" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab2211" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02882296v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joffrin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abduallev" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abhangi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Abreu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Afanasev" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab2276" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03908136v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meyer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.G. Albert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arredondo Parra" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ab18b8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01864552v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Angelis" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tatischeff" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Grenier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mcenery" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mallamaci" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jheap.2018.07.001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056506v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Merle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Trendel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370117701416" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308006v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Senecal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.091.79.95" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803885v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beurskens" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakola" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa6084" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785571v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kallenbach" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aho-Mantila" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa64f6" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-02542509v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Menci" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Merle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Totzauer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schneider" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grazian" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/836/1/61" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785568v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ahn" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa6412" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055833v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herault-Fournier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline O. C. Werle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370115602851" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629995v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;rault-Fournier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Prigent-Simonin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287089v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#233;coulet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.T. Hoang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abiteboul" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Achard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alarcon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/53/10/104023" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387209v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nicolas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sabot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garbet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L&#252;tjens" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Luciani" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4766893" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319030v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392454v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.053.0016" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00585292v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chandon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyette Roux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alizon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1937-5956.2010.01131.x" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SB8PJFXK-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02913219v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.059.39.48" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01795698v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/205157070802300303" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01795729v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737010802300301" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752665v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267974v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752669v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267971v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368505v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Harrer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. de Oliveira" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02185285v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duperrex" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deschaseaux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charbonnier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cl&#233;di&#232;re" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2018.00081" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748629v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00649498v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fatien Diochon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-01074137v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Romeyer" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Montet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mieh&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00609388v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotrowski Mathilde" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00815506v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herault" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00607840v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>