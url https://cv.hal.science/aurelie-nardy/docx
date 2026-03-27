--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -303,191 +303,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05049005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approches quantitatives en sociophonétique développementale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le projet DyLNet : Dynamiques langagières, apprentissages linguistiques et sociabilité à l’école maternelle : Apport des capteurs de proximité pour le recueil de données massives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Sociophonétique des langues romane : domaine en émergence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sorbonne Nouvelle, Université Grenoble Alpes, Labex Empirical Foundations of Linguistics, Jun 2024, PARIS, France</w:t>
+              <w:t xml:space="preserve">Conférence sur invitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cergy Paris Université, Jun 2024, A distance, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04815279v1</w:t>
+                <w:t xml:space="preserve">hal-04815617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet DyLNet : Dynamiques langagières, apprentissages linguistiques et sociabilité à l’école maternelle : Apport des capteurs de proximité pour le recueil de données massives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approches quantitatives en sociophonétique développementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence sur invitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cergy Paris Université, Jun 2024, A distance, France</w:t>
+              <w:t xml:space="preserve">Journée Sociophonétique des langues romane : domaine en émergence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Nouvelle, Université Grenoble Alpes, Labex Empirical Foundations of Linguistics, Jun 2024, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04815617v1</w:t>
+                <w:t xml:space="preserve">hal-04815279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wearable sensors in the DyLNet project: a methodology to study social interactions and language produced by children and adults at preschool</w:t>
               </w:r>
@@ -886,191 +886,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04817433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observer les interactions à l’école maternelle et leurs effets sur l’acquisition des variétés sociolinguistiques : le projet DyLNet et son contexte</w:t>
+                <w:t xml:space="preserve">Méthodes pour un recueil non-supervisé et continu des interactions verbales à l’école maternelle : le projet DyLNet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence sur invitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Séminaire TransCoG - Transdisciplinary training in cognition in Grenoble, Laboratoire de Psychologie et Neurocognition, Oct 2023, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Colloque IPFC (Interphonologie du Français Contemporain)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04815638v1</w:t>
+                <w:t xml:space="preserve">hal-04815399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes pour un recueil non-supervisé et continu des interactions verbales à l’école maternelle : le projet DyLNet</w:t>
+                <w:t xml:space="preserve">Observer les interactions à l’école maternelle et leurs effets sur l’acquisition des variétés sociolinguistiques : le projet DyLNet et son contexte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque IPFC (Interphonologie du Français Contemporain)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, PARIS, France</w:t>
+              <w:t xml:space="preserve">Conférence sur invitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Séminaire TransCoG - Transdisciplinary training in cognition in Grenoble, Laboratoire de Psychologie et Neurocognition, Oct 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04815399v1</w:t>
+                <w:t xml:space="preserve">hal-04815638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal data collection to follow social network and language development dynamics at preschool</w:t>
               </w:r>
@@ -1654,234 +1654,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03512648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'entrée à l'école maternelle : quel français scolaire, face à quels usages enfantins ?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Interaction reconstruction methods for large-scale RFID social experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sicheng Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Màrton Karsai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes Journées Internationale de la Linguistique de Corpus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Grenoble, France</w:t>
+              <w:t xml:space="preserve">IC2S2 2019 - 5th International Conference on Computational Social Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02476257v1</w:t>
+                <w:t xml:space="preserve">hal-02476480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction reconstruction methods for large-scale RFID social experiments</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'entrée à l'école maternelle : quel français scolaire, face à quels usages enfantins ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Buson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC2S2 2019 - 5th International Conference on Computational Social Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">10èmes Journées Internationale de la Linguistique de Corpus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02476480v1</w:t>
+                <w:t xml:space="preserve">hal-02476257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recueil non supervisé et traitement d’un corpus oral dense et massif dans une école maternelle : un exemple avec le projet DyLNet</w:t>
               </w:r>
@@ -2538,256 +2538,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01826302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcription automatique et mesure de confiance : vers une aide à l’annotation de corpus oraux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Liaison development in both verbal and nominal contexts in children aged 2 to 6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dugua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solange Rossato</w:t>
+                <w:t xml:space="preserve">Loic Liegeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maryse Bianco</w:t>
+                <w:t xml:space="preserve">Damien Chabanal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Rencontres du Pôle Grenoble Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t>
+              <w:t xml:space="preserve">14th International Congress for the Study of Child Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01941163v1</w:t>
+                <w:t xml:space="preserve">hal-01941161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liaison development in both verbal and nominal contexts in children aged 2 to 6</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Dugua</w:t>
+                <w:t xml:space="preserve">Transcription automatique et mesure de confiance : vers une aide à l’annotation de corpus oraux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Rossato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Damien Chabanal</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Bianco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Congress for the Study of Child Language</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">8èmes Rencontres du Pôle Grenoble Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01941161v1</w:t>
+                <w:t xml:space="preserve">hal-01941163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet DyLNet : développement du langage oral et sociabilité à l'école maternelle</w:t>
               </w:r>
@@ -2983,256 +2983,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social interactions and language development at preschool: benefits from interdisciplinarity and big data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acquisition of sociolinguistic style – Exploring how children process variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Buson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Souque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Màrton Karsai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Many Paths to Language (MPaL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2017, Nimègue, Netherlands</w:t>
+              <w:t xml:space="preserve">, Oct 2017, Nijmegen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01676764v1</w:t>
+                <w:t xml:space="preserve">hal-01675950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquisition of sociolinguistic style – Exploring how children process variation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Social interactions and language development at preschool: benefits from interdisciplinarity and big data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Màrton Karsai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Many Paths to Language (MPaL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2017, Nijmegen, Netherlands</w:t>
+              <w:t xml:space="preserve">, Oct 2017, Nimègue, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01675950v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optional realization of the French negative particule (ne) on Twitter: Can big data reveal new sociolinguistic patterns?</w:t>
               </w:r>
@@ -3406,256 +3406,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01941146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociolinguistique et sciences cognitives: l’individu, le collectif et le réseau</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Catégorisation cognitive des styles sociolinguistiques : mise en évidence du phénomène de restauration stylistique par une tâche de répétition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Buson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Magué</w:t>
+                <w:t xml:space="preserve">Myriam Abouzaid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées FLORaL-PFC 2015 : la base de données Phonologie du Français Contemporain dans le champ phonologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Sixième Colloque International de l’Association Française de Linguistique Cognitive (AFLiCo VI) : Langage, Cognition et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01242405v1</w:t>
+                <w:t xml:space="preserve">hal-01941178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catégorisation cognitive des styles sociolinguistiques : mise en évidence du phénomène de restauration stylistique par une tâche de répétition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sociolinguistique et sciences cognitives: l’individu, le collectif et le réseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Màrton Karsai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Abouzaid</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Magué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixième Colloque International de l’Association Française de Linguistique Cognitive (AFLiCo VI) : Langage, Cognition et Société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journées FLORaL-PFC 2015 : la base de données Phonologie du Français Contemporain dans le champ phonologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01941178v1</w:t>
+                <w:t xml:space="preserve">hal-01242405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auto-explaining while reading in 8 to 11 years old French children</w:t>
               </w:r>
@@ -4450,282 +4450,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01335560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ReaderBench, o platformă integrată pentru analiza complexității textuale și a strategiilor de lectură</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ReaderBench, an Environment for Analyzing Text Complexity and Reading Strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ștefan Trăușan-Matu</w:t>
+                <w:t xml:space="preserve">Mihai Dascalu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Trausan-Matu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Bianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. 10-a Conf. Nat. de Interactiune Om-Calculator (RoCHI 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIED 13 - 16th International Conference on Artificial Intelligence in Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Memphis, TN, United States. pp.379-388, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-39112-5_39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01412573v1</w:t>
+                <w:t xml:space="preserve">hal-00871568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ReaderBench, an Environment for Analyzing Text Complexity and Reading Strategies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mihai Dascalu</w:t>
+                <w:t xml:space="preserve">ReaderBench, o platformă integrată pentru analiza complexității textuale și a strategiilor de lectură</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihai Dascălu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ștefan Trăușan-Matu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Bianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIED 13 - 16th International Conference on Artificial Intelligence in Education</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proc. 10-a Conf. Nat. de Interactiune Om-Calculator (RoCHI 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, T. Stefanut; C. Rusu, 2013, Cluj, Romania. pp.39-46</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00871568v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01412573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des zombrils et des nânes : quand le milieu socio-économique a un impact différent sur le développement langagier des filles et des garçons</w:t>
               </w:r>
@@ -4983,51 +4983,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Toffa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihai Dascalu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting of the EARLI SIG 2 "Comprehension of Text and Graphics"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Valencia, Spain. pp.52-54</w:t>
@@ -5934,206 +5934,1295 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque ‘Children’s cultures : universality and diversity’ [Cultures enfantines: universalité et diversité]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre International des Langues, Université de Nantes, Mar 2007, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01357272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquisition of syntactic variation. Production of interrogatives in French preschool children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Buson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laura Rosseel and Eline Zenner (Eds). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Variation in Language Acquisition: Unity in diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 34, John Benjamins Publishing Company, pp.125-140, 2025, Trends in Language Acquisition Research, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/tilar.34.06bus⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05390643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociophonetics and French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Candea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christopher Strelluf. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Routledge Handbook of Sociophonetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.540-558, 2023, 9781003034636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003034636⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04710867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Ghimenton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociolinguistic Variation and Language Acquisition across the Lifespan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 26, John Benjamins Publishing Company, pp.2-8, 2021, Studies in Language Variation, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/silv.26.int⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04754225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociolinguistique et sciences cognitives : promesses d’une rencontre inattendue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-Hélène Côté; Jacques Durand; Chantal Lyche; Julie Peuvergne. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dynamiques linguistiques : variation, évolution et cognition : études en hommage à Bernard Laks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Paris Nanterre, pp.49-72, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01941123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bridging the gap between language acquisition and sociolinguistics: introduction to an interdisciplinary topic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gunther de Vogelaer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Katerbow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gunther De Vogelaer; Matthias Katerbow. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acquiring Sociolinguistic Variation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, John Benjamins, pp.1-41, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01941137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La liaison facultative dans les formes récitées du folklore enfantin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Chauvin-Payan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chritianne Soum-Favaro, Annelise Coquillon, Jean-Pierre Chevrot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La liaison: approches contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.239-262, 2014, 978-3-0343-1437-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Outils de Scientext Au Service de l'expertise de La Proposition de Communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Rinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Grossmann, Francis and Tutin, Agnès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Écrit Scientifique : Du Lexique Au Discours. Autour de Scientext</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presse universitaire de Rennes, pp.183--198, 2014, Rivages linguistiques</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mining texts, learners productions and strategies with ReaderBench</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihai Dascalu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Bianco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Trausan-Matu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alejandro Pena-Ayala. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Educational Data Mining: Applications and Trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.345-377, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-02738-8_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The evaluation of conference paper proposals in linguistics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Rinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Charles Bazerman. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Advances in Writing Research: Cultures, Places, Measures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The International Society for the Advancement of Writing Research, WAC Clearinghouse, and Parlor Press, pp.467-484, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00745344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production and judgment in childhood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Barbu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frans L. Hinskens. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language variation – European perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, John Benjamins Ed, pp.143-152, 2006, 9789027234810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/silv.1.10nar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01354048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-Supervised Learning for Transcribing Spontaneous Speech of Children (3-6 Years Old)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Ghennai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Rossato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres des Jeunes Chercheurs en Parole 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex differences in child-directed speech at preschool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Peuzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6162,323 +7251,323 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIth International Congress for the Study of Child Language</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Prague (République Tchèque), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04869537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The optional realization of the French negative particle (ne) on Twitter: Space, status and time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacobo Levy Abitbol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Màrton Karsai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Magué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Léo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Ways of Analyzing Variation 46</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Madison, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01832374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The study of optional realization of the French negative particle (ne) on Twitter: Is Sociolinguistics compatible with the Big Data?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacobo Levy Abitbol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Màrton Karsai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Magué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Léo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Ways of Analyzing Variation 46 (NWAV46)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Madison, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01676770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Family socioeconomic status and gender influences on children’s verbal skills and sociolinguistic uses: A developmental perspective across the preschool years</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Barbu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6537,73 +7626,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Congress for the Study of Child Language (IASCL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Family socioeconomic status and gender differences in early language acquisition: SES does not impact equally upon boys and girls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Barbu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6662,73 +7751,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Child Language Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Language acquisition and sociolinguistic variation: A review and future directions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6757,73 +7846,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Child Language Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gender and language : Family socio-economic status does not impact equally upon boys and girls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Barbu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6882,73 +7971,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Gender Development Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmission of linguistic variables during childhood : Mutual influences in the peer group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6977,73 +8066,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Congress of the International Association for the Study of Child Language (IASCL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations sociolinguistiques, convergences des usages et interactions dans le groupe de pairs : suivi longitudinal d’enfants de 4-5 ans scolarisés en maternelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7072,73 +8161,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference of the French Cognitive Linguistics Association (AFLiCoIV), ‘Cognitive linguistics and typology: language diversity, variation and change’</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01344233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocal sharing in children’s peer groups: when sociolinguistics meets ethology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7167,1146 +8256,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavior 2009 - 31st International Ethological Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354826v1</w:t>
-              </w:r>
-[...1087 lines deleted...]
-                <w:t xml:space="preserve">hal-01354048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9666,51 +9666,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Liégeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Chabanal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of French Language Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, La liaison en français contemporain: normes, usages, acquisitions, 27 (01), pp.73 - 86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9976,226 +9976,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01244841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catégorisations et représentations sociolinguistiques : les variétés stylistiques existent-elles ?</w:t>
+                <w:t xml:space="preserve">Repenser l’enseignement/apprentissage des registres de langue en français : quelles articulations entre acquisition, sociolinguistique et didactique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Buson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Myriam Abouzaïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 67-68, pp.147-163</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03550969v1</w:t>
+                <w:t xml:space="preserve">hal-01941107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repenser l’enseignement/apprentissage des registres de langue en français : quelles articulations entre acquisition, sociolinguistique et didactique ?</w:t>
+                <w:t xml:space="preserve">Catégorisations et représentations sociolinguistiques : les variétés stylistiques existent-elles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Buson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Abouzaïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, 1407-1418. https://www.shs-conferences.org/articles/shsconf/pdf/2014/05/shsconf_cmlf14_01149.pdf. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/shsconf/20140801149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01941107v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociolinguistic convergence and social interactions within a group of preschoolers: A longitudinal study</w:t>
               </w:r>
@@ -11696,289 +11696,289 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02462321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquisition des variables sociolinguistiques entre 2 et 6 ans : facteurs sociologiques et influences des interactions au sein du réseau social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Linguistique. Université Stendhal - Grenoble III, 2008. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-00466276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour des langues et du langage : perspective pluridisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Abouzaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Buson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vannina Goossens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Surcouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international - Autour des langues et du langage : perspective pluridisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Grenoble, 472 p., 2008, 978-2-7061-1427-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00452115v2</w:t>
-              </w:r>
-[...101 lines deleted...]
-                <w:t xml:space="preserve">tel-00466276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId211"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -12133,51 +12133,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332841v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Buson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vannina Goossens" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chevrot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nardy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049005v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rousset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Gaubil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815279v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815617v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815391v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#224;rton Karsai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815364v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barbu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Nathael" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815381v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouchet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sicheng Dai" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marton Karsai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817433v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815638v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815399v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949754v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858362v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512436v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Peuzin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514368v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512483v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512648v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476257v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476480v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462341v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Li&#233;geois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815587v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Charles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514387v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941157v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Bianco" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lima" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Col&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Megherbi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941151v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dugua" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01826302v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941163v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rossato" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941161v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Liegeois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chabanal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983993v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01456304v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ghimenton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Karsai" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01676764v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01675950v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Souque" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01456302v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mangold" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L&#233;o" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941146v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01242405v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Magu&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941178v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Abouzaid" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941167v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672094v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Dasc&#259;lu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958789v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Joet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332645v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Glas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970920v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guellai" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941184v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Seigneuric" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Bueno" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335560v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412573v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#536;tefan Tr&#259;u&#537;an-Matu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871568v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Dascalu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Trausan-Matu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39112-5_39" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332640v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335557v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906940v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Toffa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335532v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natha&#235;l Martin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335536v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332309v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lemasson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00495970v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boch" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rinck" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335517v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357226v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483791v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354053v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357272v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05477475v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Ghennai" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869537v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832374v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Levy Abitbol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01676770v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344250v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344249v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344245v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344242v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344237v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344233v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354826v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390643v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/tilar.34.06bus" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710867v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Candea" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781003034636-28/sociophonetics-french-aur%C3%A9lie-nardy-maria-candea" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003034636" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754225v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/silv.26.int" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941123v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941137v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther de Vogelaer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Katerbow" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979702v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02738-8_13" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016780v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chauvin-Payan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701039v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745344v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354048v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/silv.1.10nar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105934v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dc.15849" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002019v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenxi Zhang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josl.12611" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390754v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gef.1248" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230245v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213801002" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702897v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Abouza&#239;d" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213812008" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933702v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01756-x" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702887v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213806018" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148217v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.5561" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476629v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.208.0093" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03117988v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjds/s13688-020-00237-8" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674578v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tops.12380" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674595v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269516000387" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130053v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.151.0027" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01244841v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01874" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03550969v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20140801149" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941107v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241715v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954394514000131" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159944v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine R&#233;mond" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717998v4" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Juhel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2013-0015" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706704v3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2013-0011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965186v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718025v2" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.langsci.2010.08.007" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01357263v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01327274v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754228v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/silv.26" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934048v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Veloso" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4fb775a865c101dcf40bd3688c30ea9b2f19f8e4;origin=https://hal.archives-ouvertes.fr/hal-04934048;visit=swh:1:snp:faf3197e26ffd73b37415aed5a4a9d21c3fd6d25;anchor=swh:1:rel:f844fe254308bc97bab0c0c88af96fb3b10528c6;path=/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604589v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bey" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fagot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hatier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7b42b9e7daa66d212e1eaa6a72256d9cb8c91d45;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/nardya/DyLNet;visit=swh:1:snp:25c9b8ea2f595703dd0c4be13c2249308e66bb49;anchor=swh:1:rev:2bec9f82b5f79a20c3cbea3eccef27fbe5b7cd17" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396652v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462321v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452115v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Loiseau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Surcouf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00466276v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332841v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Buson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vannina Goossens" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chevrot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nardy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049005v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rousset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Gaubil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815617v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815279v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815391v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#224;rton Karsai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815364v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barbu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Nathael" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815381v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouchet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sicheng Dai" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marton Karsai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817433v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815399v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815638v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949754v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858362v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512436v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Peuzin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514368v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512483v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512648v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476480v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476257v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462341v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Li&#233;geois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815587v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Charles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514387v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941157v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Bianco" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lima" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Col&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Megherbi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941151v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dugua" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01826302v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941161v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Liegeois" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chabanal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941163v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rossato" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983993v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01456304v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ghimenton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Karsai" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01675950v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Souque" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01676764v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01456302v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mangold" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L&#233;o" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941146v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941178v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Abouzaid" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01242405v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Magu&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941167v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672094v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Dasc&#259;lu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958789v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Joet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332645v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Glas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970920v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guellai" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941184v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Seigneuric" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Bueno" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335560v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871568v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Dascalu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Trausan-Matu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39112-5_39" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412573v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#536;tefan Tr&#259;u&#537;an-Matu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332640v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335557v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906940v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Toffa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335532v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natha&#235;l Martin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335536v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332309v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lemasson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00495970v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boch" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rinck" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01335517v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357226v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483791v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354053v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357272v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390643v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/tilar.34.06bus" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710867v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Candea" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781003034636-28/sociophonetics-french-aur%C3%A9lie-nardy-maria-candea" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003034636" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754225v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/silv.26.int" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941123v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941137v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther de Vogelaer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Katerbow" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016780v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chauvin-Payan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701039v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979702v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02738-8_13" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745344v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354048v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/silv.1.10nar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05477475v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Ghennai" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869537v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832374v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Levy Abitbol" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01676770v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344250v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344249v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344245v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344242v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344237v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344233v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354826v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105934v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dc.15849" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002019v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenxi Zhang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josl.12611" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390754v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gef.1248" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230245v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213801002" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702897v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Abouza&#239;d" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213812008" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933702v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01756-x" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702887v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213806018" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148217v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.5561" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476629v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.208.0093" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03117988v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjds/s13688-020-00237-8" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674578v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tops.12380" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674595v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269516000387" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130053v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.151.0027" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01244841v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01874" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01941107v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03550969v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20140801149" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241715v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954394514000131" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159944v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine R&#233;mond" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717998v4" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Juhel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2013-0015" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706704v3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2013-0011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965186v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718025v2" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.langsci.2010.08.007" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01357263v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01327274v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754228v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/silv.26" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934048v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Veloso" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4fb775a865c101dcf40bd3688c30ea9b2f19f8e4;origin=https://hal.archives-ouvertes.fr/hal-04934048;visit=swh:1:snp:faf3197e26ffd73b37415aed5a4a9d21c3fd6d25;anchor=swh:1:rel:f844fe254308bc97bab0c0c88af96fb3b10528c6;path=/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604589v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bey" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fagot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hatier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7b42b9e7daa66d212e1eaa6a72256d9cb8c91d45;origin=https://gricad-gitlab.univ-grenoble-alpes.fr/nardya/DyLNet;visit=swh:1:snp:25c9b8ea2f595703dd0c4be13c2249308e66bb49;anchor=swh:1:rev:2bec9f82b5f79a20c3cbea3eccef27fbe5b7cd17" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396652v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462321v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00466276v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452115v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Loiseau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Surcouf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>