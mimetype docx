--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1915,507 +1915,117 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
-[...388 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiting the genetic diversity of cultivated strawberry for powdery mildew resistance: from GWAS to genomic prediction and crosses simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Prohaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pol Rey-Serra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Bénéjam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2434,113 +2044,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th ROSACEAE GENOMICS CONFERENCE RGC12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Costa Brava, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling the balance between sexual and asexual plant reproduction in an herbaceous perennial, the strawberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Gaston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Perrotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracey Tenreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2559,734 +2169,734 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Rosaceae Genomics Conference (RGC8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined genetic, genomic and physiological approaches to characterize flowering in Fragaria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Gaston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Perrotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracey Tenreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Demene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genomes XXIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2015, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and molecular control of sexual and asexual reproduction in strawberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amèlia Gaston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Perrotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hibrand-Saint Oyant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genome XXI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementary strategies for the breeding of cultivated strawberry resistant to powdery mildew</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Courtial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bourgeais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Denoyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International strawberry symposium 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2012, Beijing, China. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02810787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to flower continuously in strawberry and rosa?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Gaston-Dauzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hikaru Iwata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Perrotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hibrand-Saint Oyant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International strawberry symposium 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2012, Beijing, China. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of resistance to powdery mildew (Podosphaera aphanis) in the cultivated strawberry (Fragaria xananassa) : screening of genetic ressources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Courtial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Assézat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28. International Horticultural Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Lisbonne, Portugal. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02818212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variation of genetic dissection of seasonal vs recurrent flowering according to year in the cultivated strawberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Gaston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lerceteau-Köhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3305,839 +2915,1111 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on "Berry production in changing climate conditions and cultivation systems"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Geisenheim, Germany. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02820953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The genetic architecture of fruit colour in strawberry ( Fragaria × ananassa ) uncovers the predominant contribution of the F. vesca subgenome to anthocyanins and reveals underlying genetic variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Labadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Vallin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludwig Ring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02904097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-02820953v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metabolite Quantitative Trait Loci for flavonoids provide new insights into the genetic architecture of strawberry ( Fragaria x ananassa ) fruit quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Labadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Vallin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludwig Ring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03347053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QualiFraise: An Ambitious Research Project To Improve The Stability Of Strawberry Fruit Quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Carmagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Perrotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Demene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Strawberry Symposium 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Quebec, Canada. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antioxidants and health benefits of strawberry: a review of current research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Baldet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rothan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Denoyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Health Food Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Toulouse, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02804097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementary strategies for breeding cultivated strawberry for high level of antioxydants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Tallès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Jousseaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Denoyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Rosaceous genomics conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Trento, Italy. 1 p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02805310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of MYB factor in fruit strawberry color</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Denoyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rothan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Vignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Rosaceous genomics conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Trento, Italy. 1 p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02808359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How strawberry can initiate continuous flowering: the genetic dissection of an agronomical interest trait, continuously-flowering in Fragaria x ananassa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Gaston-Dauzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Lerceteau-Köhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Rousseau-Gueutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INternational conference on molecular aspect of plant development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2010, Vienne, Austria. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02822724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic dissection of seasonal vs recurrent flowering for better management of the production of fruits in the cultivated strawberry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amèlia Gaston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Lerceteau-Köhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sadia Schafleitner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. European plant science organisation (EPSO) conference "Plant for life"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Toulon, France. 1 p., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02815726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId130"/>
+      <w:footerReference w:type="default" r:id="rId128"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4205,51 +4087,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D4B3D6B3"/>
+    <w:nsid w:val="5D22CFB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4436,51 +4318,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1577-9072" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495685v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pacheco-Ruiz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Senger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine M Pott" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freya M.R. Ziegler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Jim&#233;nez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2026.148161" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05354141v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiran Wang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Trinkl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Wulanjati" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Haugeneder" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Olbricht" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70485" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612454v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Prohaska" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Rey-Serra" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Petit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Petit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Perrotte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhae137/7672963" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685616v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Lesemann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mazzoni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae279/7700919" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03858017v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Kr&#252;ger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz L Woznicki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ola M Heide" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Kusnierek" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodmar Rivero" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/horticulturae8100933" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626030v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labadie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vallin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Potier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Ring" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.869655" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747351v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoffmann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c01855" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637036v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Gaston" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12574" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208622v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Legrand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Marque" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blassiau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Umar Faruk" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Canoy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2013.03.014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W0FL2V6Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646133v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lerceteau-K&#246;hler" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rousseau-Gueutin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert047" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659649v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bardet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sombardier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blancard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Corio-Costet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Denoyes-Rothan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665676v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Willocquet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Savary" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660994v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hanocq" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Bethencourt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fontaine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Delbreil" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-008-0739-x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KP7XFM8Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05486122v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freya M R Ziegler" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904097v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03347053v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05402631v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette B&#233;n&#233;jam" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743884v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracey Tenreira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738807v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Demene" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745211v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#232;lia Gaston" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hibrand-Saint Oyant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810787v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Courtial" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourgeais" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chartier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Denoyes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209897v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Gaston-Dauzon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hikaru Iwata" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818212v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Courtial" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ass&#233;zat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Chartier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonnet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820953v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lerceteau-K&#246;hler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barrot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739716v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Carmagnat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804097v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805310v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tall&#232;s" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jousseaume" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808359v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fouch&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Mangin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822724v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815726v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barreau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Schafleitner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1577-9072" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495685v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pacheco-Ruiz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Senger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine M Pott" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freya M.R. Ziegler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Jim&#233;nez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2026.148161" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05354141v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiran Wang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Trinkl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Wulanjati" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Haugeneder" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Olbricht" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70485" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612454v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Prohaska" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Rey-Serra" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Petit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Petit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Perrotte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhae137/7672963" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685616v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Lesemann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mazzoni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae279/7700919" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03858017v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Kr&#252;ger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz L Woznicki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ola M Heide" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Kusnierek" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodmar Rivero" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/horticulturae8100933" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626030v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labadie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vallin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Potier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Ring" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.869655" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747351v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoffmann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c01855" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637036v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Gaston" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12574" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208622v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Legrand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Marque" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blassiau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Umar Faruk" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Canoy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2013.03.014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W0FL2V6Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646133v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lerceteau-K&#246;hler" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rousseau-Gueutin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert047" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659649v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bardet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sombardier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Blancard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Corio-Costet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Denoyes-Rothan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665676v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Willocquet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Savary" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660994v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hanocq" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Bethencourt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fontaine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Delbreil" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-008-0739-x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KP7XFM8Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05402631v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette B&#233;n&#233;jam" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743884v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracey Tenreira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738807v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Demene" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745211v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#232;lia Gaston" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hibrand-Saint Oyant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810787v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Courtial" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourgeais" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chartier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Denoyes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209897v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Gaston-Dauzon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hikaru Iwata" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818212v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Courtial" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ass&#233;zat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Chartier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonnet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820953v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lerceteau-K&#246;hler" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barrot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904097v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03347053v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739716v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Carmagnat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804097v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805310v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tall&#232;s" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jousseaume" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808359v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fouch&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignes" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Mangin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822724v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815726v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barreau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Schafleitner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>