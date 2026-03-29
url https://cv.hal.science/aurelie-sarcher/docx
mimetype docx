--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2706,503 +2706,628 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle volume quantification: guiding transformers with anatomical priors</w:t>
+                <w:t xml:space="preserve">Deep learning-based lower-limb muscles segmentation for volume quantification with transformers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Piecuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Gonzales Duque</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Sarcher</w:t>
+                <w:t xml:space="preserve">Vanessa Gonzalez Duque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Nordez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzo Hollville</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Nordez</w:t>
+                <w:t xml:space="preserve">Gaël Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Lacourpaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Shape in Medical Imaging (ShapeMI) workshop from MICCAI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale (IABM) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04354149v2</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validity and reliability of 3D ultrasound imaging to m hamstring muscle and tendon volumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Frouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Guenanten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Le Sant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Lacourpaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Liebard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27th Annual Congress of the European College of Sport Science (ECSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Sevilla, Spain. https://fis-db.dshs-koeln.de/ws/portalfiles/portal/8760865/BOA_WEB.pdf</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity and reliability of 3D ultrasound imaging to m hamstring muscle and tendon volumes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Martin Liebard</w:t>
+                <w:t xml:space="preserve">Muscle volume quantification: guiding transformers with anatomical priors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Piecuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Gonzales Duque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Sarcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Hollville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Nordez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th Annual Congress of the European College of Sport Science (ECSS)</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">Shape in Medical Imaging (ShapeMI) workshop from MICCAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Vancouver (BC), Canada. pp.173-187, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-46914-5_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04580097v1</w:t>
+                <w:t xml:space="preserve">hal-04354149v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODERATO : MOdélisation et Décomposition des EMG pour la Reconnaissance et l'Assistance aux Troubles neurOmusculaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Le Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Akhmadeev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianyi Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Pereon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre innovation dispositifs médicaux de l'université de Nantes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02594470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3212,114 +3337,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement méthodologique pour l'analyse des troubles de la commande du membre supérieur des enfants avec une paralysie cérébrale unilatérale spastique : implications pour les thérapies et traitements associés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Sarcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université de Bretagne occidentale - Brest, 2018. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018BRES0078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02131492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId117"/>
+      <w:footerReference w:type="default" r:id="rId120"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3387,51 +3512,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C331984C"/>
+    <w:nsid w:val="B198AFCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3618,51 +3743,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-sarcher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6408-6291" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mip.univ-nantes.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurelie.sarcher@univ-nantes.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-nantes.fr/aurelie-sarcher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfrsante.univ-nantes.fr/fr/plateformes-technologiques/plateforme-pepse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02131492" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.polymtl.ca/1438/1/2014_AurelieSarcher.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511122v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dochez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Sevestre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sarcher" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Souron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-026-08756-0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983853v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bizet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nordez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Tallio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Lacourpaille" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cattagni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00859.2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114989v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s Hegyi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Varenne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Mornet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cadu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/jhk/194851" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736544v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Carcreff" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Moissenet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hug" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2023.09.001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04772871v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Varesco" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Doron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12176" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04430527v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Guenanten" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Retailleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dorel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren Colloud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-023-03436-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04327078v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Huet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Boureau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sarcher" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2023.111878" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200880v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14466" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188700v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Aeles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00587.2022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075502v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Frouin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Sant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Liebard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2023.02.012" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04204727v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577805v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Avrillon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro del Vecchio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Farina" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP283040" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192362v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brochard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Perrouin-Verbe" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Raison" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Letellier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2019.08.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192368v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Touchais" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gadbled" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gahier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.09.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352484v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2018.09.005" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857918v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Raouafi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Achiche" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-017-1678-y" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raison" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leboeuf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Perrouin-Verbe" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brochard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2016.10.086" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192346v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ballaz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemay" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2014.10.009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354149v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Piecuch" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gonzales Duque" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Hollville" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-46914-5_14" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580097v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594470v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Carpentier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Aoustin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Akhmadeev" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Yu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pereon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02131492v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BRES0078" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-sarcher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6408-6291" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mip.univ-nantes.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurelie.sarcher@univ-nantes.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-nantes.fr/aurelie-sarcher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfrsante.univ-nantes.fr/fr/plateformes-technologiques/plateforme-pepse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02131492" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.polymtl.ca/1438/1/2014_AurelieSarcher.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511122v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dochez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Sevestre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sarcher" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Souron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-026-08756-0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983853v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bizet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nordez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Tallio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Lacourpaille" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cattagni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00859.2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114989v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s Hegyi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Varenne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Mornet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cadu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/jhk/194851" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736544v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Carcreff" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Moissenet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hug" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2023.09.001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04772871v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Varesco" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Doron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12176" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04430527v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Guenanten" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Retailleau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dorel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren Colloud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-023-03436-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04327078v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Huet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Boureau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sarcher" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2023.111878" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200880v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14466" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188700v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Aeles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00587.2022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075502v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Frouin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Sant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Liebard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2023.02.012" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04204727v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577805v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Avrillon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro del Vecchio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Farina" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP283040" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192362v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brochard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Perrouin-Verbe" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Raison" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Letellier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2019.08.001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192368v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Touchais" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gadbled" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gahier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.09.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352484v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2018.09.005" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857918v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Raouafi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Achiche" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-017-1678-y" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raison" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leboeuf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Perrouin-Verbe" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brochard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2016.10.086" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192346v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ballaz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemay" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2014.10.009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561077v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Piecuch" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gonzalez Duque" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Guilhem" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580097v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354149v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gonzales Duque" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Hollville" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-46914-5_14" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02594470v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Carpentier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Aoustin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Akhmadeev" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Yu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pereon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02131492v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BRES0078" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>