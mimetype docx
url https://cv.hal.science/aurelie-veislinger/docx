--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -238,2737 +238,2737 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05501498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At-admission prediction of mortality and pulmonary embolism in an international cohort of hospitalised patients with COVID-19 using statistical and machine learning methods</w:t>
+                <w:t xml:space="preserve">Characteristics and outcomes of COVID-19 patients admitted to hospital with and without respiratory symptoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Munib Mesinovic</w:t>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xin Ci Wong</w:t>
+                <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giri Shan Rajahram</w:t>
+                <w:t xml:space="preserve">Elsa D Ibáñez-Prada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+                <w:t xml:space="preserve">Bronner P Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kalaiarasu Peariasamy</w:t>
+                <w:t xml:space="preserve">Joaquin Baruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (1), pp.16387. </w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.e29591. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-63212-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04831133v2</w:t>
+                <w:t xml:space="preserve">hal-04702019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex differences in post-acute neurological sequelae of SARS-CoV-2 and symptom resolution in adults after coronavirus disease 2019 hospitalization: an international multi-centre prospective observational study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics and outcomes of COVID-19 patients admitted to hospital with and without respiratory symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sung-Min Cho</w:t>
+                <w:t xml:space="preserve">Elsa Ibáñez-Prada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lavienraj Premraj</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jacky Suen</w:t>
+                <w:t xml:space="preserve">Bronner Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquin Baruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/braincomms/fcae036⟩</w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (10), pp.e29591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04831170v1</w:t>
+                <w:t xml:space="preserve">hal-04831141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and outcomes of COVID-19 patients admitted to hospital with and without respiratory symptoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+                <w:t xml:space="preserve">Sex differences in post-acute neurological sequelae of SARS-CoV-2 and symptom resolution in adults after coronavirus disease 2019 hospitalization: an international multi-centre prospective observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sung-Min Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lavienraj Premraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Battaglini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathon Paul Fanning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Joaquin Baruch</w:t>
+                <w:t xml:space="preserve">Jacky Suen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29591⟩</w:t>
+              <w:t xml:space="preserve">Brain Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (2), pp.44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/braincomms/fcae036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04702019v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04831170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and outcomes of COVID-19 patients admitted to hospital with and without respiratory symptoms</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
+                <w:t xml:space="preserve">Correction: Rare predicted loss-of-function variants of type I IFN immunity genes are associated with life-threatening COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Matuozzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Talouarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Ibáñez-Prada</w:t>
+                <w:t xml:space="preserve">Peng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bronner Gonçalves</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joaquin Baruch</w:t>
+                <w:t xml:space="preserve">Jeremy Manry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29591⟩</w:t>
+              <w:t xml:space="preserve">Genome Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13073-023-01278-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04831141v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Rare predicted loss-of-function variants of type I IFN immunity genes are associated with life-threatening COVID-19</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">At-admission prediction of mortality and pulmonary embolism in an international cohort of hospitalised patients with COVID-19 using statistical and machine learning methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Talouarn</w:t>
+                <w:t xml:space="preserve">Munib Mesinovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Marchal</w:t>
+                <w:t xml:space="preserve">Xin Ci Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peng Zhang</w:t>
+                <w:t xml:space="preserve">Giri Shan Rajahram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Manry</w:t>
+                <w:t xml:space="preserve">Kalaiarasu Peariasamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (1), pp.6. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.16387. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13073-023-01278-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-63212-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888426v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04831133v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thrombotic and hemorrhagic complications of COVID-19 in adults hospitalized in high-income countries compared with those in adults hospitalized in low- and middle-income countries in an international registry</w:t>
+                <w:t xml:space="preserve">Early detection of Chronic Obstructive Pulmonary Disease in primary care: a randomised controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Griffee</w:t>
+                <w:t xml:space="preserve">Anthony Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Bozza</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luis Felipe Reyes</w:t>
+                <w:t xml:space="preserve">Emilie Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Devin Eddington</w:t>
+                <w:t xml:space="preserve">Laure Fiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothea Rosenberger</w:t>
+                <w:t xml:space="preserve">Fabienne Pelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Allory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research and Practice in Thrombosis and Haemostasis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rpth.2023.102142⟩</w:t>
+              <w:t xml:space="preserve">British Journal of General Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 73 (737), pp.e876-e884. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3399/bjgp.2022.0565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04338492v1</w:t>
+                <w:t xml:space="preserve">hal-04285066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early detection of Chronic Obstructive Pulmonary Disease in primary care: a randomised controlled trial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Chapron</w:t>
+                <w:t xml:space="preserve">Long-term neurological symptoms after acute COVID-19 illness requiring hospitalization in adult patients: insights from the ISARIC-COVID-19 follow-up study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Battaglini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Andres</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Allory</w:t>
+                <w:t xml:space="preserve">Nicole White</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lavienraj Premraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of General Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3399/bjgp.2022.0565⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 271 (1), pp.79-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00415-023-12133-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04285066v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics and outcomes of an international cohort of 600 000 hospitalized patients with COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiana Kartsonaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Kenneth Baillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noelia García Barrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquín Baruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abigail Beane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 52 (2), pp.355-376. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ije/dyad012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term neurological symptoms after acute COVID-19 illness requiring hospitalization in adult patients: insights from the ISARIC-COVID-19 follow-up study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denise Battaglini</w:t>
+                <w:t xml:space="preserve">Association of Country Income Level With the Characteristics and Outcomes of Critically Ill Patients Hospitalized With Acute Kidney Injury and COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Wainstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Spyrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danyang Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole White</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laura Merson</w:t>
+                <w:t xml:space="preserve">Moji Ghadimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chávez-Iñiguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00415-023-12133-y⟩</w:t>
+              <w:t xml:space="preserve">Kidney International Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (8), pp.1514-1530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ekir.2023.05.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399136v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of Country Income Level With the Characteristics and Outcomes of Critically Ill Patients Hospitalized With Acute Kidney Injury and COVID-19</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Implementation of Recommendations on the Use of Corticosteroids in Severe COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Spyrison</w:t>
+                <w:t xml:space="preserve">Félix Camirand-Lemyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danyang Dai</w:t>
+                <w:t xml:space="preserve">Bharath Kumar Tirupakuzhi Vijayaraghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moji Ghadimi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Chávez-Iñiguez</w:t>
+                <w:t xml:space="preserve">Aidan Burrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ekir.2023.05.015⟩</w:t>
+              <w:t xml:space="preserve">JAMA Network Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (12), pp.e2346502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2023.46502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04338529v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04372873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of Recommendations on the Use of Corticosteroids in Severe COVID-19</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Barbara Wanjiru Citarella</w:t>
+                <w:t xml:space="preserve">Rare predicted loss-of-function variants of type I IFN immunity genes are associated with life-threatening COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Matuozzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Talouarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Manry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Network Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2023.46502⟩</w:t>
+              <w:t xml:space="preserve">Genome Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (1), pp.22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13073-023-01173-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04372873v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare predicted loss-of-function variants of type I IFN immunity genes are associated with life-threatening COVID-19</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Manry</w:t>
+                <w:t xml:space="preserve">Thrombotic and hemorrhagic complications of COVID-19 in adults hospitalized in high-income countries compared with those in adults hospitalized in low- and middle-income countries in an international registry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Griffee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Bozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Felipe Reyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devin Eddington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothea Rosenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (1), pp.22. </w:t>
+              <w:t xml:space="preserve">Research and Practice in Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (5), pp.102142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13073-023-01173-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rpth.2023.102142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04425905v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISARIC-COVID-19 dataset: A Prospective, Standardized, Global Dataset of Patients Hospitalized with COVID-19</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Respiratory support in patients with severe COVID-19 in the International Severe Acute Respiratory and Emerging Infection (ISARIC) COVID-19 study: a prospective, multinational, observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Felipe Reyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Abbas</w:t>
+                <w:t xml:space="preserve">Srinivas Murthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sheryl Ann Abdukahil</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Abel</w:t>
+                <w:t xml:space="preserve">Esteban Garcia-Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Merson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Ibáñez-Prada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-022-01534-9⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (1), pp.276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-022-04155-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03830494v1</w:t>
+                <w:t xml:space="preserve">hal-03932306v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The risk of COVID-19 death is much greater and age dependent with type I IFN autoantibodies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HCV eradication does not protect from fibrosis progression in patients with fibrosing cholestatic hepatitis after liver transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Coilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylene Sebagh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fougerou-Leurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Manry</w:t>
+                <w:t xml:space="preserve">Georges-Philippe Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Bastard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Rosain</w:t>
+                <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2200413119⟩</w:t>
+              <w:t xml:space="preserve">Clinics and Research in Hepatology and Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 46 (9), pp.102024. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinre.2022.102024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03856619v2</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03799246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Respiratory support in patients with severe COVID-19 in the International Severe Acute Respiratory and Emerging Infection (ISARIC) COVID-19 study: a prospective, multinational, observational study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luis Felipe Reyes</w:t>
+                <w:t xml:space="preserve">Vaccine breakthrough hypoxemic COVID-19 pneumonia in patients with auto-Abs neutralizing type I IFNs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Vazquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Srinivas Murthy</w:t>
+                <w:t xml:space="preserve">Matthew T Laurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esteban Garcia-Gallo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elsa Ibáñez-Prada</w:t>
+                <w:t xml:space="preserve">Chung Yu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 26 (1), pp.276. </w:t>
+              <w:t xml:space="preserve">Science Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (90), eabp8966. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13054-022-04155-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abp8966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03932306v2</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HCV eradication does not protect from fibrosis progression in patients with fibrosing cholestatic hepatitis after liver transplantation</w:t>
+                <w:t xml:space="preserve">ISARIC-COVID-19 dataset: A Prospective, Standardized, Global Dataset of Patients Hospitalized with COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Coilly</w:t>
+                <w:t xml:space="preserve">Ali Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mylene Sebagh</w:t>
+                <w:t xml:space="preserve">Sheryl Ann Abdukahil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Fougerou-Leurent</w:t>
+                <w:t xml:space="preserve">Nurul Najmee Abdulkadir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges-Philippe Pageaux</w:t>
+                <w:t xml:space="preserve">Ryuzo Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Leroy</w:t>
+                <w:t xml:space="preserve">Laurent Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinics and Research in Hepatology and Gastroenterology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 46 (9), pp.102024. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (1), pp.454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clinre.2022.102024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41597-022-01534-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03799246v1</w:t>
+                <w:t xml:space="preserve">hal-03830494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccine breakthrough hypoxemic COVID-19 pneumonia in patients with auto-Abs neutralizing type I IFNs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">The risk of COVID-19 death is much greater and age dependent with type I IFN autoantibodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Manry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamin Liu</w:t>
+                <w:t xml:space="preserve">Adrian Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew T Laurie</w:t>
+                <w:t xml:space="preserve">Tom Le Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chung Yu Wang</w:t>
+                <w:t xml:space="preserve">Jérémie Rosain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8 (90), eabp8966. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119 (21), pp.349-363. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abp8966⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2200413119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03948899v1</w:t>
+                <w:t xml:space="preserve">hal-03856619v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 symptoms at hospital admission vary with age and sex: results from the ISARIC prospective multinational observational study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact on disease mortality of clinical, biological, and virological characteristics at hospital admission and overtime in COVID‐19 patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Ait Hssain</w:t>
+                <w:t xml:space="preserve">Yazdan Yazdanpanah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Younes Ait Tamlihat</w:t>
+                <w:t xml:space="preserve">Alpha Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kazali Enagnon Alidjnou</w:t>
+                <w:t xml:space="preserve">Christelle Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Alexandre Antunes de Brito</w:t>
+                <w:t xml:space="preserve">Noémie Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soizic Le Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s15010-021-01599-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 93 (4), pp.2149-2159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmv.26601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03273644v1</w:t>
+                <w:t xml:space="preserve">hal-04121463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact on disease mortality of clinical, biological, and virological characteristics at hospital admission and overtime in COVID‐19 patients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Soizic Le Mestre</w:t>
+                <w:t xml:space="preserve">The value of open-source clinical science in pandemic response: lessons from ISARIC [Comment]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheryl Ann Abdukahil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nurul Najmee Abdulkadir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryuzo Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jmv.26601⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (12), pp.1623-1624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(21)00565-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04121463v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04098113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The value of open-source clinical science in pandemic response: lessons from ISARIC [Comment]</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">COVID-19 symptoms at hospital admission vary with age and sex: results from the ISARIC prospective multinational observational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheryl Ann Abdukahil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Abel</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ait Hssain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younes Ait Tamlihat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazali Enagnon Alidjnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Alexandre Antunes de Brito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (12), pp.1623-1624. </w:t>
+              <w:t xml:space="preserve">Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (5), pp.889-905. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S1473-3099(21)00565-X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s15010-021-01599-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04098113v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A survey on French hospital physicians' certification to the Good Clinical Practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fougerou-Leurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3205,51 +3205,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">12 weeks of a Ribavirin-free Sofosbuvir and NS5A inhibitor regimen is enough to treat recurrence of hepatitis C after liver transplantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Houssel-Debry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Coilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fougerou-Leurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3320,402 +3320,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01807755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofosbuvir and NS5A inhibitors without Ribavirin during 12 weeks are efficient to treat hepatitis C recurrence after liver transplantation only in genotype 1. Results from the CO23 ANRS CUPILT study.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Audrey Coilly</w:t>
+                <w:t xml:space="preserve">Achieving SVR Does Not Prevent From Fibrosis Progession In Patients With FCH Results From A Large French Prospective Multicentric ANRS CO23 Cupilt Cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylene Sebagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fougerou-Leurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Duvoux</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges-Philippe Pageaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 63 (1 SUPP), pp.465A--465A</w:t>
+              <w:t xml:space="preserve">, 2017, 66, pp.872A-872A</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01412958v1</w:t>
+                <w:t xml:space="preserve">hal-01769633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achieving SVR Does Not Prevent From Fibrosis Progression In Patients With FCH: Results From A Large French Prospective Multicentric ANRS CO23 Cupilt Cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylene Sebagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fougerou-Leurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges-Philippe Pageaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Dumortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 66, pp.872A-872A</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01684629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achieving SVR Does Not Prevent From Fibrosis Progession In Patients With FCH Results From A Large French Prospective Multicentric ANRS CO23 Cupilt Cohort</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mylene Sebagh</w:t>
+                <w:t xml:space="preserve">Sofosbuvir and NS5A inhibitors without Ribavirin during 12 weeks are efficient to treat hepatitis C recurrence after liver transplantation only in genotype 1. Results from the CO23 ANRS CUPILT study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Houssel-Debry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Coilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fougerou-Leurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jerome Dumortier</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Jezequel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duvoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 66, pp.872A-872A</w:t>
+              <w:t xml:space="preserve">, 2017, 63 (1 SUPP), pp.465A--465A</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01769633v1</w:t>
+                <w:t xml:space="preserve">hal-01412958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId147"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3870,51 +3870,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pedro Cidade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Silvio Taccone" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Reyes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Merson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-026-00864-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831133v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munib Mesinovic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Ci Wong" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giri Shan Rajahram" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Wanjiru Citarella" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalaiarasu Peariasamy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-63212-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831170v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung-Min Cho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavienraj Premraj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Battaglini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon Paul Fanning" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Suen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcae036" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702019v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Kartsonaki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa D Ib&#225;&#241;ez-Prada" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronner P Gon&#231;alves" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Baruch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29591" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831141v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ib&#225;&#241;ez-Prada" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronner Gon&#231;alves" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888426v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Matuozzo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Marchal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Manry" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-023-01278-0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04338492v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Griffee" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bozza" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devin Eddington" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothea Rosenberger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2023.102142" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285066v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chapron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Andres" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fiquet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pel&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allory" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3399/bjgp.2022.0565" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04164628v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kenneth Baillie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Garc&#237;a Barrio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Baruch" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Beane" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyad012" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399136v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole White" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-12133-y" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04338529v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Wainstein" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Spyrison" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danyang Dai" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moji Ghadimi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ch&#225;vez-I&#241;iguez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2023.05.015" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372873v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Camirand-Lemyre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharath Kumar Tirupakuzhi Vijayaraghavan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Burrell" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2023.46502" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04425905v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-023-01173-8" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03830494v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Abbas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheryl Ann Abdukahil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurul Najmee Abdulkadir" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuzo Abe" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Abel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01534-9" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856619v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Manry" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bastard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gervais" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Voyer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Rosain" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2200413119" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03932306v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinivas Murthy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Garcia-Gallo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-04155-1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799246v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Coilly" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Sebagh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fougerou-Leurent" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Philippe Pageaux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinre.2022.102024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03948899v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Vazquez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamin Liu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew T Laurie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Yu Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abp8966" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03273644v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ait Hssain" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Ait Tamlihat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazali Enagnon Alidjnou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alexandre Antunes de Brito" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-021-01599-5" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04121463v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazdan Yazdanpanah" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alpha Diallo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Paul" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mercier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Le Mestre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.26601" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04098113v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(21)00565-X" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02277544v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Chesnais" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nekmouche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Veislinger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Le Saux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2020.04.002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02280495v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fougerou-Leurent" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Laviolle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tual" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Visseiche" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14108" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01807755v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Houssel-Debry" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jezequel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duvoux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.29918" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01412958v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01684629v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dumortier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01769633v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pedro Cidade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Silvio Taccone" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Reyes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Merson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lef&#232;vre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40635-026-00864-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702019v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Wanjiru Citarella" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiana Kartsonaki" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa D Ib&#225;&#241;ez-Prada" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronner P Gon&#231;alves" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Baruch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29591" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831141v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Ib&#225;&#241;ez-Prada" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronner Gon&#231;alves" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831170v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung-Min Cho" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavienraj Premraj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Battaglini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon Paul Fanning" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Suen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcae036" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888426v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Matuozzo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Marchal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Manry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-023-01278-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831133v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munib Mesinovic" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Ci Wong" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giri Shan Rajahram" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalaiarasu Peariasamy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-63212-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285066v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chapron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Andres" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fiquet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pel&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allory" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3399/bjgp.2022.0565" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399136v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole White" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-12133-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04164628v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kenneth Baillie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Garc&#237;a Barrio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Baruch" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Beane" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyad012" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04338529v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Wainstein" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Spyrison" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danyang Dai" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moji Ghadimi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ch&#225;vez-I&#241;iguez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2023.05.015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372873v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Camirand-Lemyre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharath Kumar Tirupakuzhi Vijayaraghavan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Burrell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2023.46502" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04425905v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-023-01173-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04338492v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Griffee" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bozza" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devin Eddington" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothea Rosenberger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2023.102142" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03932306v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinivas Murthy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Garcia-Gallo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-04155-1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799246v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Coilly" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Sebagh" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fougerou-Leurent" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Philippe Pageaux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinre.2022.102024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03948899v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bastard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Vazquez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamin Liu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew T Laurie" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Yu Wang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abp8966" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03830494v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Abbas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheryl Ann Abdukahil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurul Najmee Abdulkadir" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuzo Abe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Abel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01534-9" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856619v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Manry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gervais" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Voyer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Rosain" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2200413119" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04121463v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazdan Yazdanpanah" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alpha Diallo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Paul" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Mercier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Le Mestre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.26601" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04098113v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(21)00565-X" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03273644v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ait Hssain" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Ait Tamlihat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazali Enagnon Alidjnou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alexandre Antunes de Brito" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-021-01599-5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02277544v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Chesnais" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nekmouche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Veislinger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Le Saux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2020.04.002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02280495v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fougerou-Leurent" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Laviolle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tual" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Visseiche" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14108" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01807755v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Houssel-Debry" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jezequel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duvoux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.29918" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01769633v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dumortier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01684629v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01412958v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>