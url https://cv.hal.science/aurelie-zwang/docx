--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -234,221 +234,221 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambiguïtés dans l'écocitoyenneté</w:t>
+                <w:t xml:space="preserve">« Sortir d’une compréhension étroitement nationale et politique de la citoyenneté », propos recueillis par Cécile Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Roelens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 596, pp.60-61</w:t>
+              <w:t xml:space="preserve">, 2024, 596, https://www.cahiers-pedagogiques.com/sortir-dune-comprehension-etroitement-nationale-et-politique-de-la-citoyennete/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04798968v1</w:t>
+                <w:t xml:space="preserve">halshs-04805832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Sortir d’une compréhension étroitement nationale et politique de la citoyenneté », propos recueillis par Cécile Blanchard</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ambiguïtés dans l'écocitoyenneté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 596, https://www.cahiers-pedagogiques.com/sortir-dune-comprehension-etroitement-nationale-et-politique-de-la-citoyennete/</w:t>
+              <w:t xml:space="preserve">, 2024, 596, pp.60-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04805832v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04798968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant-propos : Éduquer aux citoyennetés, au civisme ou aux civilités ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Roelens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, n° 596, p. 17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -473,51 +473,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour en lire plus : Culture Éducation Écologie - Une approche contemporaine de l'enseignement. Note de lecture de l'ouvrage pour la revue ERE.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Volume 19.1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
@@ -564,51 +564,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment peut-on éduquer au politique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hurtig-Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 595, pp.2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -627,813 +627,813 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souvenirs d’école au jardin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’enseignement dehors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Crystèle Ferjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alexiane Spanu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Le Ster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Volume 18-1, </w:t>
+              <w:t xml:space="preserve">Géographie et cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 119, pp.119-136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ere.10049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/gc.20118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04786930v1</w:t>
+                <w:t xml:space="preserve">hal-04786932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Être éco-délégués au collège ou au lycée : Quels moyens d’action ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Souvenirs d’école au jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Zwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexiane Spanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Bois</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mandarine Hugon</w:t>
+                <w:t xml:space="preserve">Gaëlle Le Ster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Volume 18-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ere.10049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04786947v1</w:t>
+                <w:t xml:space="preserve">hal-04786930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux frontières du scolaire</w:t>
+                <w:t xml:space="preserve">Être éco-délégués au collège ou au lycée : Quels moyens d’action ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Besse-Patin</w:t>
+                <w:t xml:space="preserve">Evelyne Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mandarine Hugon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 587, pp.7</w:t>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04365554v1</w:t>
+                <w:t xml:space="preserve">hal-04786947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enseignement dehors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Aux frontières du scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Besse-Patin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexiane Spanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géographie et cultures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 587, pp.7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04786932v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04365554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’école dans et avec la nature : la révolution pédagogique du XXIe siècle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Scolarisation des vidéos YouTube de vulgarisation scientifique en sciences de la vie et de la Terre : une légitimation éducative à l’aune des visées enseignantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Boissières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26, pp.83-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rdst.4424⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793613v1</w:t>
+                <w:t xml:space="preserve">hal-04025322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avec la classe en plein air, l’école change de regard sur les questions d’environnement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La RAP « Grandir avec la nature » : vers un partenariat apprenant d’éducation et de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Cottereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Perreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Technologie et innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2022.0875⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03793653v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scolarisation des vidéos YouTube de vulgarisation scientifique en sciences de la vie et de la Terre : une légitimation éducative à l’aune des visées enseignantes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’école dans et avec la nature : la révolution pédagogique du XXIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Boissières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04025322v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La RAP « Grandir avec la nature » : vers un partenariat apprenant d’éducation et de recherche</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Avec la classe en plein air, l’école change de regard sur les questions d’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Agnès Perreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technologie et innovation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2022.0875⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03788623v1</w:t>
+                <w:t xml:space="preserve">hal-03793653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner dehors : le métier d’enseignant en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1458,51 +1458,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Réseau Scol’air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Muracciole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1540,77 +1540,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour un retour en classe dehors !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Laure Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Perreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1629,286 +1629,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03793625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand le numérique interroge la culture scolaire. Une étude de cas en éducation au développement durable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Musées et aires protégées, à la croisée de multiples enjeux pour l’éducation relative à l’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Girault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, L’éducation à l’environnement au sein des aires protégées et des musées, Education relative à l’environnement,, Volume 15 - (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793602v1</w:t>
+                <w:t xml:space="preserve">hal-02505757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La communication des géoparcs en matière d’éducation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quand le numérique interroge la culture scolaire. Une étude de cas en éducation au développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Lettre de l'OCIM (Office de Coopération et d'Information Muséographique) : Musées, Patrimoine et Culture scientifiques et techniques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, N° 63 (1), pp.79-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spir.063.0079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793630v1</w:t>
+                <w:t xml:space="preserve">hal-03793602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Musées et aires protégées, à la croisée de multiples enjeux pour l’éducation relative à l’environnement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La communication des géoparcs en matière d’éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Girault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, L’éducation à l’environnement au sein des aires protégées et des musées, Education relative à l’environnement,, Volume 15 - (1)</w:t>
+              <w:t xml:space="preserve">La Lettre de l'OCIM (Office de Coopération et d'Information Muséographique) : Musées, Patrimoine et Culture scientifiques et techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 185, pp.47-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02505757v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux de la formation au numérique des communautés scolaires dans une perspective de transformation écosociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1942,51 +1942,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La communication environnementale légitimée pour éduquer au développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 32, pp.105-124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2020,51 +2020,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La légitimation d’expositions itinérantes pour l’éducation au développement durable : des objectifs de l’École à ceux des producteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 13, pp.21-49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2111,51 +2111,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sous la bannière développement durable, quels rapports aux savoirs scientifiques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Alpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2202,64 +2202,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finalités et valeurs de différentes politiques d’éducation à la soutenabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Jeziorski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2306,64 +2306,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle(s) spécificité(s )pour l'Éducation au Développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Girault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 50, pp.181-195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2397,51 +2397,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on évaluer les effets des projets d’EDD ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chamboredon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2511,51 +2511,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapports aux animaux dans les parcs zoologiques : Questionnements historiques et contemporains en muséologie et pédagogie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Urgelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2587,333 +2587,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04786962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fondements et effets d’un partenariat apprenant d’éducation et de recherche</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Zwang</w:t>
+                <w:t xml:space="preserve">Comment la question éthique nous amène à penser et à ajuster la méthodologie auprès de différents publics (notamment mineurs et parfois en situation de handicap) ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe D. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Despois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Didisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Karachontziti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque TRASCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CIRNEF, Nov 2024, Rouen, France</w:t>
+              <w:t xml:space="preserve">Colloque international TRASCE : Concevoir et modéliser la recherche pour quel terrain ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRNEF; Université de Rouen Normandie, Nov 2024, Mont-Saint-Aignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04786981v1</w:t>
+                <w:t xml:space="preserve">hal-04835371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le chercheur comme médiateur : retour sur deux expériences de recherche-action-formation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fondements et effets d’un partenariat apprenant d’éducation et de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Laure Girault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque TRASCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CIRNEF, Nov 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04786977v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04786981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment la question éthique nous amène à penser et à ajuster la méthodologie auprès de différents publics (notamment mineurs et parfois en situation de handicap) ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le chercheur comme médiateur : retour sur deux expériences de recherche-action-formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Zwang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international TRASCE : Concevoir et modéliser la recherche pour quel terrain ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CIRNEF; Université de Rouen Normandie, Nov 2024, Mont-Saint-Aignan, France</w:t>
+              <w:t xml:space="preserve">Colloque TRASCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRNEF, Nov 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04835371v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04786977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’injonction aux Objectifs de développement durable dans le milieu scolaire français : quel cadrage pour l’éducation relative à l’environnement ? | Conférence publique | 26 janvier 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cycle de conférences 2022-2023 du Centr’ERE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centr'ERE, Jan 2023, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2938,51 +2938,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'(éco)citoyenneté selon les textes EDD de l'Éducation nationale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">[Eco-]citoyenneté, éducation au développement durable et rapports à la nature : Quels questionnements des terrains et de la recherche ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RepCité., Oct 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3001,937 +3001,937 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04786970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médiation scientifique envers les scolaires à Universcience : une institution, deux conceptions de l’activité professionnelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La recherche-action participative &amp;quot;Grandir avec la nature&amp;quot; : enjeux épistémologiques et méthodologiques d'un processus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international MENA-Othmane : Les sphères éducatives formelles et non formelles : questions de communication et d’interaction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Rabat, Maroc</w:t>
+              <w:t xml:space="preserve">Colloque doctoral international de l'éducation et de la formation - 6e édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793567v1</w:t>
+                <w:t xml:space="preserve">hal-03825996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table-ronde : La nature comme lieu d’humanité, d’apprentissage scientifique et de citoyenneté</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Entre autoformation et échanges entre pairs : retour sur un dispositif de formation-action de l’école au dehors en milieu urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activons les sciences en classe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fondation la Main à la pâte, Mar 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Les pratiques d’éducation par La «nature» Quels enjeux pour la formation des professionnel.le.s ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Ménestreau-en-Villette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04886313v1</w:t>
+                <w:t xml:space="preserve">hal-03793569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La classe dehors à l'école maternelle : récit d'expériences pour découvrir le monde</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Barrau</w:t>
+                <w:t xml:space="preserve">Table-ronde : La nature comme lieu d’humanité, d’apprentissage scientifique et de citoyenneté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Ameisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Chuine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum national Activons les sciences en classe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association LAMAP, Mar 2022, En ligne, France</w:t>
+              <w:t xml:space="preserve">Activons les sciences en classe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation la Main à la pâte, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03793681v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre autoformation et échanges entre pairs : retour sur un dispositif de formation-action de l’école au dehors en milieu urbain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La médiation scientifique envers les scolaires à Universcience : une institution, deux conceptions de l’activité professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les pratiques d’éducation par La «nature» Quels enjeux pour la formation des professionnel.le.s ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Ménestreau-en-Villette, France</w:t>
+              <w:t xml:space="preserve">Colloque international MENA-Othmane : Les sphères éducatives formelles et non formelles : questions de communication et d’interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03793569v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche-action participative &amp;quot;Grandir avec la nature&amp;quot; : enjeux épistémologiques et méthodologiques d'un processus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La classe dehors à l'école maternelle : récit d'expériences pour découvrir le monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Barrau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque doctoral international de l'éducation et de la formation - 6e édition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">Forum national Activons les sciences en classe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association LAMAP, Mar 2022, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825996v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regard sur différents contextes français d'intégration des objectifs de développement durable pour l'éducation et la formation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Éducation non formelle et développement de la « classe dehors » : une reconfiguration des partenariats dans l’Éducation nationale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crystèle Ferjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexiane Spanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intégration des objectifs de développement durable en milieu scolaire algérien</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Boumerdès, France</w:t>
+              <w:t xml:space="preserve">Colloque "l'école primaire au XXIe siècle"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793572v1</w:t>
+                <w:t xml:space="preserve">hal-03793574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focus sur quelques tendances de la muséologie de l'environnement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Regard sur différents contextes français d'intégration des objectifs de développement durable pour l'éducation et la formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cycle de Rencontres muséo Ile-de-France « Les musées à l’heure de l’urgence environnementale »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Mêtis, Jun 2021, En ligne, France</w:t>
+              <w:t xml:space="preserve">Intégration des objectifs de développement durable en milieu scolaire algérien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Boumerdès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793667v1</w:t>
+                <w:t xml:space="preserve">hal-03793572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éducation non formelle et développement de la « classe dehors » : une reconfiguration des partenariats dans l’Éducation nationale ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Focus sur quelques tendances de la muséologie de l'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexiane Spanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "l'école primaire au XXIe siècle"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Cergy-Pontoise, France</w:t>
+              <w:t xml:space="preserve">Cycle de Rencontres muséo Ile-de-France « Les musées à l’heure de l’urgence environnementale »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Mêtis, Jun 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793574v1</w:t>
+                <w:t xml:space="preserve">hal-03793667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche Action Participative « Grandir avec la nature » - École du dehors et imaginaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">(Re)connexion à la nature : quelle place de l’éducateur à l’environnement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'AGEEM - Association Générale des Enseignants des Ecoles et classes Maternelles publiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Bressuire, France</w:t>
+              <w:t xml:space="preserve">Rencontres du réseau Pyrénées Vivantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793677v1</w:t>
+                <w:t xml:space="preserve">hal-03793664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication au sein de l'atelier &amp;quot;Réinventons les contenus scolaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Recherche Action Participative « Grandir avec la nature » - École du dehors et imaginaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Construire ensemble l’école d’après »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRAP-Cahiers pédagogiques, Oct 2020, En ligne, France</w:t>
+              <w:t xml:space="preserve">Congrès de l'AGEEM - Association Générale des Enseignants des Ecoles et classes Maternelles publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Bressuire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793674v1</w:t>
+                <w:t xml:space="preserve">hal-03793677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Re)connexion à la nature : quelle place de l’éducateur à l’environnement ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Communication au sein de l'atelier &amp;quot;Réinventons les contenus scolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres du réseau Pyrénées Vivantes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, En ligne, France</w:t>
+              <w:t xml:space="preserve">Colloque « Construire ensemble l’école d’après »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRAP-Cahiers pédagogiques, Oct 2020, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793664v1</w:t>
+                <w:t xml:space="preserve">hal-03793674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grandir avec la nature (ECRIN) : études critiques et recherche sur les interactions formatrices avec la nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Cottereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Andreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3986,51 +3986,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question de la représentation graphique des ODD et son incidence possible sur le curriculum de l’EDD ou comment éduquer à monde complexe figuré en pictogrammes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-Y. Léna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4068,51 +4068,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Web communication of French Geoparks about education: an expression of their legitimacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence GEOPARK H2020 - PEOPLE – RISE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Barcelone, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4137,51 +4137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux de la formation au numérique de la communauté scolaire contribuant à une transformation écosociale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Changements et transitions : enjeux pour l’éducation à l’environnement et au développement durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4206,51 +4206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle médiation des sciences dans les expositions « prescrites » pour l’éducation au développement durable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème congrès du B’DEM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4275,64 +4275,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tendances de la mise en exposition des thématiques du développement durable dans les établissements scolaires : le cas des expositions &amp;quot;prescrites &amp;quot; en éducation au développement durable.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Girault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International "Education au développement durable et à la biodiversité : concepts, questions vives, outils et pratiques", Digne les Bains, 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Digne Les Bains, France. pp.179-205</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4357,51 +4357,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Former des citoyens écoresponsables via un projet d’établissement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chamboredon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4497,51 +4497,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Barniaudy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Connac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESF Sciences Humaines. , 2025, 978-2-7101-4786-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4585,462 +4585,462 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’entretien : contours d’une méthode de recherche</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Connac</w:t>
+                <w:t xml:space="preserve">Analyser des corpus qualitatifs avec des logiciels de traitement des données textuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perez-Roux Thérèse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mener des entretiens de recherche en éducation et en formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.13-21, 2025, 978-2-7101-4789-3</w:t>
+              <w:t xml:space="preserve">, pp.149-156, 2025, 978-2-7101-4789-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04936002v1</w:t>
+                <w:t xml:space="preserve">hal-04941607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les parcours d'enfants comme source d'entretiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mener des entretiens de recherche en éducation et en formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESF Sciences Humaines, pp.106-111, 2025, 978-2-7101-4789-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transcription des entretiens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’entretien : contours d’une méthode de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Connac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ESF Sciences Humaines. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mener des entretiens de recherche en éducation et en formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ESF Sciences Humaines, pp.130-136, 2025, 978-2-7101-4789-3</w:t>
+              <w:t xml:space="preserve">, pp.13-21, 2025, 978-2-7101-4789-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04941604v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04936002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyser des corpus qualitatifs avec des logiciels de traitement des données textuelles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La transcription des entretiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mener des entretiens de recherche en éducation et en formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.148-155., 2025</w:t>
+              <w:t xml:space="preserve">, ESF Sciences Humaines, pp.130-136, 2025, 978-2-7101-4789-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05512606v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04941604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser des corpus qualitatifs avec des logiciels de traitement des données textuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Perez-Roux Thérèse</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Perez-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Barniaudy; S. Connac; A. Zwang. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mener des entretiens de recherche en éducation et en formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.149-156, 2025, 978-2-7101-4789-3</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ESF</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.148-155., 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04941607v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05512606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le parcours d'Emma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Michel Zakhartchouk. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Relever le défi écologique à l'école</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESF, pp.195-202, 2024, 2679-8816</w:t>
@@ -5069,51 +5069,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regard sur différents contextes français d'intégration des Objectifs de Développement Durable (ODD) pour l'éducation et la formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intégration des Objectifs de développement durable "ODD" en milieu scolaire algérien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EDITION CALEC, Réseau Algérien d’Economie Circulaire, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5138,64 +5138,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'école dehors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Perreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5267,51 +5267,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La communication web des géoparcs français en matière d’éducation : l’expression de leur légitimité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yves Girault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les géoparcs mondiaux UNESCO : une mise en tension entre développement des territoires et mise en valeur du patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -5353,51 +5353,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Web Communication of French Geoparks in Education: The Expression of Their Legitimacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yves Girault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UNESCO Global Geoparks: Tension Between Territorial Development and Heritage Enhancement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley; ISTE, pp.199-214, 2019, 9781786304858. </w:t>
@@ -5467,51 +5467,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prendre l'air.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5585,51 +5585,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe de réflexion Classe dehors à Paris. Synthèse des travaux. Année 2021 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Pernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5703,51 +5703,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagnement de l’exposition « Mutations urbaines » de la cité des sciences et de l’industrie - Une approche muséologique pour le cycle 4.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5797,51 +5797,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de recherche national sur la classe dehors. Recherche-action participative &amp;quot;Grandir avec la nature&amp;quot;. Regards sur un processus, des pratiques pédagogiques, des espaces de nature et leurs effets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Laure Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5911,51 +5911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrysta Pélissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey de Céglie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5999,64 +5999,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche comparative de l’éducation relative à l’environnement et de l'éducation au au développement durable dans les pays européens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Network of Experts in Social Sciences of Education and Training (Réseau NESSE), Commission Européenne. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6106,51 +6106,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les expositions itinérantes comme médias éducatifs pour l’Éducation au Développement Durable : une légitimation en tension entre cadres prescriptifs et images des concepteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Héritage culturel et muséologie. Muséum National d'Histoire Naturelle, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6209,64 +6209,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dossier &amp;quot;Citoyennetés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Roelens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.17-61, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6291,64 +6291,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scolaire, non scolaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Besse-Patin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 587, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6373,51 +6373,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprendre dehors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Zakhartchouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6455,64 +6455,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’éducation à l’environnement au sein des aires protégées et des musées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Zwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Volume 15 - 1 | 2019 (Volume 15 - 1), 2019, L’éducation à l’environnement au sein des aires protégées et des musées, </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6636,51 +6636,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B90497A5"/>
+    <w:nsid w:val="F41808CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6867,51 +6867,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-zwang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9601-441X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mamot.fr/@auz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798968v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Zwang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04805832v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04784790v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847074v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ws1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798980v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtig-Delattre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786930v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexiane Spanu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Ster" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.10049" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786947v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandarine Hugon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365554v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Besse-Patin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786932v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cryst&#232;le Ferjou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.20118" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793613v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793653v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025322v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fournier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boissi&#232;res" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.4424" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-HBMGR201-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788623v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cottereau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Reynaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Perreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2022.0875" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793612v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793614v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Muracciole" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793625v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Girault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793602v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.063.0079" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793630v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505757v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Girault" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130771v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0367" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130773v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.11448" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130776v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.1304" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130766v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Barthes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Alpe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.815" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130768v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Jeziorski" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.698" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066376v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/spira.2012.1099" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793633v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chamboredon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04786962v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Urgelli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786981v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786977v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04835371v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe D. Brun" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delalande" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Despois" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Didisse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Karachontziti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025336v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04786970v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793567v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886313v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Ameisen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chuine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delforge" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lenne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793681v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793569v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825996v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793572v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793667v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793574v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793677v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793674v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793664v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793645v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andreux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793588v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. L&#233;na" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793586v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793589v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793643v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00958271v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793596v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888014v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barniaudy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Connac" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936002v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941602v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941604v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512606v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Perez-Roux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esf-scienceshumaines.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941607v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perez-Roux Th&#233;r&#232;se" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786940v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788628v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793608v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Girault" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Griffouli&#232;re" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lienhard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324646v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/les-geoparcs-mondiaux-unesco/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324652v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681489.ch11" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941411v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Olivier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Didier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruellan Pascal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouxel Laetitia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793578v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Pernet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Achouche" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Besnard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bidi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793650v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016289v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Huber" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656050v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrysta P&#233;lissier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de C&#233;glie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chollet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barbe-Asensio" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395316v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03161668v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04784823v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263321v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793611v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Zakhartchouk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500361v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.3368" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelie-zwang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9601-441X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mamot.fr/@auz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04805832v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Zwang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798968v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04784790v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847074v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ws1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798980v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtig-Delattre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786932v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cryst&#232;le Ferjou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexiane Spanu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.20118" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786930v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Ster" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.10049" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786947v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandarine Hugon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365554v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Besse-Patin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025322v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fournier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boissi&#232;res" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.4424" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-HBMGR201-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788623v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cottereau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Reynaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Perreau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2022.0875" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793613v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793653v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793612v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793614v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Muracciole" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793625v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Girault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505757v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Girault" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793602v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.063.0079" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793630v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130771v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0367" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130773v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.11448" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130776v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.1304" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130766v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Barthes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Alpe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.815" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130768v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Jeziorski" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.698" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066376v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/spira.2012.1099" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793633v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chamboredon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04786962v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Urgelli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04835371v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe D. Brun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delalande" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Despois" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Didisse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Karachontziti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786981v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786977v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025336v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04786970v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825996v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793569v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04886313v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Ameisen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chuine" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delforge" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lenne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793567v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793681v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793574v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793572v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793667v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793664v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793677v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793674v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793645v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andreux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793588v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. L&#233;na" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793586v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793589v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793643v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00958271v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793596v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888014v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Barniaudy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Connac" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941607v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perez-Roux Th&#233;r&#232;se" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941602v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936002v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941604v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512606v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Perez-Roux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esf-scienceshumaines.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786940v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788628v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793608v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Girault" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Griffouli&#232;re" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lienhard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324646v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/les-geoparcs-mondiaux-unesco/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324652v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119681489.ch11" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941411v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Olivier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Didier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruellan Pascal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouxel Laetitia" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793578v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Pernet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Achouche" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Besnard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bidi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793650v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016289v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Huber" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656050v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrysta P&#233;lissier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de C&#233;glie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chollet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barbe-Asensio" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395316v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03161668v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04784823v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263321v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793611v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Zakhartchouk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500361v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ere.3368" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>