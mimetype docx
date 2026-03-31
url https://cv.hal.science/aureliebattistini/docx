--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -126,193 +126,695 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cross-referencing and examining archaeological and archaeometric data sets New perspectives for the study of La Tène and Gallo-Roman agro-pastoral tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Huitorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Disser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Berson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaspard Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque CORPUS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association CORPUS; INRAP; Eveha; IRAMAT; CRAHAM; ARAR; Ministère de la Culture; Orléans Métropole, Mar 2026, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un établissement antique rural à Vitry-sur-Seine (Val-de-Marne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15e Colloque de l'Association du monde rural gallo-romaine (AGER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGER, Sep 2022, Saverne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivry-sur-Seine (Val-de-Marne) : découverte des vestiges liés au château de Saint-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées archéologiques d'Île-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SRA Ile-de-France, Nov 2021, Paris, France. pp.289-300</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Clos pantin un établissement rural antique à Orly (Val-de-Marne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes des Journées archéologiques d’Île-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SRA Ile-de-France; Conseil départemental du Val-de-Marne, Nov 2018, Créteil (94), France. pp.169 -179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une Guerre méconnue : vestiges de la guerre de 1870 dans le Val-de-Marne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes des Journées archéologiques d’Île-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SRA Ile-de-France; Conseil départemental du Val-de-Marne, Nov 2018, Créteil (94), France. pp.83-96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rungis (Val-de-Marne), un territoire occupé du néolithique jusqu’à l’époque médiévale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes des Journées archéologiques d’Île-de-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SRA Ile-de-France, Dec 2017, Paris, France. pp.83-96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découverte d’une tranchée-abri à Champigny-sur-Marne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Battistini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude du PCR «Archéologie des conflits contemporains en région Île-de-France et Centre-Val de Loire» à Charenton-le-Pont (94). 25 mars 2025. Médiathèque du patrimoine et de la photographie. Archéo-conflit : Journée d’étude sur l’archéologie des conflits contemporains. Les programmes de recherches en cours : questions de méthodes et de lexique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Charenton-le-Pont, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05011286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vestiges de la guerre de 1870 à Villejuif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Battistini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude du PCR «Archéologie des conflits contemporains en région Île-de-France et Centre-Val de Loire» à Charenton-le-Pont (94). 25 mars 2025. Médiathèque du patrimoine et de la photographie. Archéo-conflit : Journée d’étude sur l’archéologie des conflits contemporains. Les programmes de recherches en cours : questions de méthodes et de lexique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Charenton-le-Pont, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05011480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -322,2442 +824,2442 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie des conflits contemporains en régions Île-de-France et Centre-Val de Loire - Programme Collectif de Recherche - Rapport 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Mercé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Ancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Battistini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap; Office national des forêts (ONF); Service régional d'archéologie d'Île-de-France; Service archéologie du département du Val-de-Marne; Département de la Seine-Saint-Denis. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05443879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orly (94), ZAC Chemin des carrières, phase 2, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2024, 80 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie des conflits contemporains en régions Île-de-France et Centre-Val de Loire. Programme Collectif de Recherches. Rapport de 3eme année d’opération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Mercé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Battistini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap; Office National des Forêts (ONF); Drac Île-de-France; Service Archéologie Département du Loiret; Service archéologie du département du Val-de-Marne; Service départemental d'archéologie du Val d'Oise; Pôle d'archéologie, Ville d'Orléans; Paris 1 Panthéon-Sorbonne; Service régional d'archéologie d'Île-de-France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04717504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2024, 80 p</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orly (94), ZAC Chemin des carrières, 64-68 av de la Victoire, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2023, 67 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2023, 67 p</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archéologie des conflits contemporains en régions Île-de-France et Centre-Val de Loire. Programme Collectif de Recherche - Rapport de 2eme année d'opération 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Mercé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Capron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap; ONF; Man; Drac/SRA. 2023, pp.204</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gwénaël Mercé</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04157300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villeneuve-Saint-Georges (94), ZAC multisite, Ilot Dazeville phase 1, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2022, 128 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sucy-en-Brie (94), centre-ville, secteur 6, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA - Île-de-France; Service Archéologie du Val-de-Marne. 2021, 60 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boissy-Saint-Léger (94), ZAC Charmeray, tranche 1 lot 10, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2020, 49 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiais (94), 16 rue des Aubépines, 32 avenue Hoche, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2020, 71 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivry-sur-Seine (94), 6 rue Fouilloux, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2020, 249 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arcueil (94), 18-20 avenue Laplace, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA - Île-de-France; Service Archéologie du Val-de-Marne. 2020, 49 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiais (94), 38 rue Jean-François Marmontel, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2019, 115 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boissy-Saint-Léger (94), Prairie de la Rampe, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2019, 143 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orly (94), Le Clos Pantin, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2018, 236 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rungis (94), Quartier Montjean Est, Chemin des Champs, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Bayard-Maret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bauchet</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Velasquez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2017, 300 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitry-sur-Seine (94), ZAC Rouget de Lisle, Ilot H, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2017, 110 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villejuif (94), ZAC Campus Grand Parc, avenue Paul Vaillant Couturier, rue du Docteur Pinel, Ilot A1, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2017, 46 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04459970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La terre crue du quartier Montjean Est à Rungis, dans: Battistini Aurélie - Rungis, Quartier Montjean Est, Chemin des Champs, rapport final de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Allaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Belarbi</w:t>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Conseil départemental du Val-de-Marne, Direction de la culture; Service archéologie. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03914237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Maur-des-Fossés (94), Collège Pissaro, 6 avenue Pierre Semard, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2016, 45 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villejuif (94), 55 rue Edouard Vaillant, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2016, 54 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villeneuve-Saint-Georges (94), ZAC Multisite du centre-ville, Pont de l’Yerres, Ilot S4, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2016, 42 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04459962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitry-sur-Seine (94), ZAC Rouget de Lisle, Ilot B, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service d'Archéologie du Val-de-Marne. 2016, 41 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Créteil (94), 23 et 27 au 31 rue de Paris, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2016, 40 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fontenay-sous-Bois (94), Ilot Michelet, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2016, 54 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villejuif (94), 23-25 rue Jules Joffrin, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2015, 46 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orly (94), Route Charles Tillon, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2015, 70 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rungis (94), 2 rue du Belvédère, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Inrap; ONF; Man; Drac/SRA. 2023, pp.204</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Maret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2014, 142 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2022, 128 p</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villejuif (94), ZAC Campus Grand Parc, chemin de la Redoute (Lot D1) et 143 rue de la République (lot E1), Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA - Île-de-France; Service Archéologie du Val-de-Marne. 2014, 84 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">SRA - Île-de-France; Service Archéologie du Val-de-Marne. 2021, 60 p</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Plessis-Gassot, département du Val d'Oise (95), L'Arpent aux chevaux, partie sud, phase 1 [OA 109265]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">OA 109265, SRA - Île-de-France; SDAVO. 2013, 191 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2020, 49 p</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04573824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villecresnes (94), « Le Bois d'Auteuil » Rue de Mandres et rue du Bois d'Auteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA - Île-de-France; Service Archéologie du Val-de-Marne. 2013, 52 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2020, 71 p</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neuville-sur-Oise (95), La Garenne de Neuville- Phase 2, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; SDAVO. 2013, 59 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2020, 249 p</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neuville, département du Val d'Oise (95), ZAC Neuville 2 - Phase 2 [OA 109329]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">OA 109329, SRA - Île-de-France; SDAVO. 2013, 59 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">SRA - Île-de-France; Service Archéologie du Val-de-Marne. 2020, 49 p</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04573835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Plessis-Gassot (95), L’Arpent aux chevaux- partie sud, Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Ile-de-France; SDAVO. 2013, 1 vol. (191 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...52 lines deleted...]
-              <w:t xml:space="preserve">SRA Ile-de-France; Service Archéologie du Val-de-Marne. 2019, 115 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louvres - Marly-la-Ville, Secteur du Roncé 2, département du Val d'Oise [95] [OA 108562]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Laporte-Cassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Wabont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA - Île-de-France; SDAVO. 2010, 66 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...1488 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04516949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2767,655 +3269,278 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'archéologie en contexte de friche industrielle, dans Archéologie et fouilles en contexte difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Bayard-Maret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Allaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Battistini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sonia De Andreis; Gwendoline Guillaume; Clément Salviani; Juliette Taieb. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie et fouilles en contexte difficile</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions de la Sorbonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Archéo.doct, 16, 979-10-351-0854-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.psorbonne.111431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04461412v1</w:t>
-              </w:r>
-[...375 lines deleted...]
-                <w:t xml:space="preserve">hal-04461590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un établissement rural de La Tène moyenne/La Tène finale au Mesnil-Aubry « Le Bois Bouchard » (Val d’Oise) : résultats préliminaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...12 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Laporte-Cassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Battistini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Association française pour l'étude de l'âge du Fer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 29, pp.27-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02390689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId70"/>
+      <w:footerReference w:type="default" r:id="rId76"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3483,51 +3608,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DEC22720"/>
+    <w:nsid w:val="AC1CC2B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3714,51 +3839,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aureliebattistini" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/284385387" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011286v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Battistini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011480v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443879v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ancel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717504v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460486v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460477v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157300v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460465v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460455v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460440v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460435v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460416v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460428v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460358v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460403v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460333v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460003v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459970v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914237v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Allaoua" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460313v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bayard-Maret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Velasquez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458352v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459962v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458343v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458382v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458359v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458337v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458327v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458293v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Maret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chauveau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458318v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458258v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458234v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573835v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458190v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573824v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516949v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lefeuvre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Laporte-Cassagne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Robert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Wabont" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461412v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/111045" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.111431" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461701v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461646v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461545v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461562v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461590v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390689v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aureliebattistini" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/284385387" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560438v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Huitorel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Berson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leconte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Pag&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461646v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Battistini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461701v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461545v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461562v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461590v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011286v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011480v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443879v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ancel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460486v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717504v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460477v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157300v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460465v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460455v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460440v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460435v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460416v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460428v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460358v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460403v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460333v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460313v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bayard-Maret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Velasquez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460003v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459970v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914237v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Allaoua" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458359v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458352v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459962v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458395v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458343v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458382v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458327v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458337v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458293v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Maret" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chauveau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458318v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573824v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458258v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458234v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573835v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458190v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516949v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lefeuvre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Laporte-Cassagne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Robert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Wabont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461412v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/111045" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.111431" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390689v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>