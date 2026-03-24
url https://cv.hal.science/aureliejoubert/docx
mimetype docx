--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -16,50 +16,56 @@
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> aurelie joubert </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="641e6e"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Full ProfessorIMT AtlantiqueGEPEA UMR CNRS 6144 laboratory</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -229,823 +235,823 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical modeling of the permeability of filter media exhibiting a bimodal fibre diameter distribution - Beyond empirical models</w:t>
+                <w:t xml:space="preserve">An Engine Load Monitoring Approach for Quantifying Yearly Methane Slip Emissions from an LNG-Powered RoPax Vessel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félicie Theron</w:t>
+                <w:t xml:space="preserve">Benoit Sagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walid Mrad</w:t>
+                <w:t xml:space="preserve">Raphael Defossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ridha Mahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Villot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Chemical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (7), pp.1379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cjce.25664⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jmse13071379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05065789v1</w:t>
+                <w:t xml:space="preserve">hal-05316685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodological Development for Studying the Chemical Composition of Exhaust Particle Emissions: Application to a Passenger Vessel Operating on Marine Gas Oil</w:t>
+                <w:t xml:space="preserve">Analytical modeling of the permeability of filter media exhibiting a bimodal fibre diameter distribution - Beyond empirical models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ridha Mahi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Félicie Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Sagot</w:t>
+                <w:t xml:space="preserve">Fatma Haouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Le Coq</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sonia Woudberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (2), pp.126. </w:t>
+              <w:t xml:space="preserve">Canadian Journal of Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/atmos16020126⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cjce.25664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05075163v1</w:t>
+                <w:t xml:space="preserve">hal-05065789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HVAC filters clogging detection using electrospun sensory membrane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methodological Development for Studying the Chemical Composition of Exhaust Particle Emissions: Application to a Passenger Vessel Operating on Marine Gas Oil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ridha Mahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Villot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Sagot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parian Mohamadi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/adf9a8⟩</w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (2), pp.126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos16020126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316695v1</w:t>
+                <w:t xml:space="preserve">hal-05075163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Engine Load Monitoring Approach for Quantifying Yearly Methane Slip Emissions from an LNG-Powered RoPax Vessel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Sagot</w:t>
+                <w:t xml:space="preserve">HVAC filters clogging detection using electrospun sensory membrane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parian Mohamadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elham Mohsenzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Bouhanguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moeen El Bast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Defossez</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cedric Cochrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (7), pp.1379. </w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (8), pp.085021. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jmse13071379⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/adf9a8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05316685v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiapproach Design Methodology of a Downscaled Wet Scrubber to Study the Collection of Submicronic Particles from Waste Incineration Flue Gas</w:t>
+                <w:t xml:space="preserve">Comparative Analysis and Evaluation of Modeling Methods for Nuclear-Grade HEPA Filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Hoyos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ala Bouhanguel</w:t>
+                <w:t xml:space="preserve">Ali Al Dabbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Henry</w:t>
+                <w:t xml:space="preserve">Mohammed Al-Azba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Durécu</w:t>
+                <w:t xml:space="preserve">Katalin Kopecskó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Fawaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Alshebli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pr12081655⟩</w:t>
+              <w:t xml:space="preserve">Fibers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/fib12090071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05069425v1</w:t>
+                <w:t xml:space="preserve">hal-04753654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Analysis and Evaluation of Modeling Methods for Nuclear-Grade HEPA Filters</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiapproach Design Methodology of a Downscaled Wet Scrubber to Study the Collection of Submicronic Particles from Waste Incineration Flue Gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katalin Kopecskó</w:t>
+                <w:t xml:space="preserve">Angela Hoyos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Bouhanguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Fawaier</w:t>
+                <w:t xml:space="preserve">Marc Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmad Alshebli</w:t>
+                <w:t xml:space="preserve">Sylvain Durécu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fibers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12, </w:t>
+              <w:t xml:space="preserve">Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (8), pp.1655. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/fib12090071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/pr12081655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04753654v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05069425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a methodology for studying microbiological contamination of office indoor air by analyzing air handling unit filters - application to a low-energy building</w:t>
               </w:r>
@@ -1070,51 +1076,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Pavard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1165,90 +1171,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of test Protocol on Filtration Efficiency of Medical Face Mask Material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Bouhanguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerosol and Air Quality Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 24, pp.230180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1295,90 +1301,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of Nanoparticle Collection by a Pilot-Scale Spray Scrubber Operated Under Waste Incineration Conditions: Using Box–Behnken Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Adah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durécu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14 (10), pp.3455-3474. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1406,1125 +1412,1125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05379419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reuse of medical face masks in domestic and community settings without sacrificing safety: Ecological and economical lessons from the Covid-19 pandemic</w:t>
+                <w:t xml:space="preserve">Comparison of bacterial filtration efficiency vs. particle filtration efficiency to assess the performance of non-medical face masks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Alcaraz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+                <w:t xml:space="preserve">Henrietta Essie Whyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Pourchez</w:t>
+                <w:t xml:space="preserve">Yoann Montigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Thomas</w:t>
+                <w:t xml:space="preserve">Estelle Audoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Chazelet</w:t>
+                <w:t xml:space="preserve">Paul Verhoeven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Prier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.132364⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.1188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-05245-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03844375v2</w:t>
+                <w:t xml:space="preserve">hal-03844342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of washing parameters on bacterial filtration efficiency and breathability of community and medical facemasks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Lab-scale characterization of emissions from incineration of halogen- and sulfur-containing nanowastes by use of a tubular furnace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aguerre-Chariol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paul Verhoeven</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Durécu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-20354-w⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (3), pp.1139-1152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13762-021-03227-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04567651v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-03217724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spray scrubber for nanoparticle removal from incineration fumes from the incineration of waste containing nanomaterials: Theoretical and experimental investigations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durécu</w:t>
+                <w:t xml:space="preserve">Reuse of medical face masks in domestic and community settings without sacrificing safety: Ecological and economical lessons from the Covid-19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Alcaraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Pourchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Chazelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02786826.2021.1974332⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 288, pp.132364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.132364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04581871v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844375v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Particulate and Microbiological Filtration Performance of Air Handling Unit Filters in a Low-Energy Office Building over 12 Months</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Spray scrubber for nanoparticle removal from incineration fumes from the incineration of waste containing nanomaterials: Theoretical and experimental investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Adah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durécu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buildings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/buildings12091475⟩</w:t>
+              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 56 (1), pp.75 - 91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02786826.2021.1974332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03799007v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reusability of face masks: Influence of washing and comparison of performance between medical face masks and community face masks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Impact of washing parameters on bacterial filtration efficiency and breathability of community and medical facemasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrietta Essie Whyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Verhoeven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Technology and Innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eti.2022.102710⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.15853. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-20354-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03844335v2</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04567651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Papovit - Particules en élevages de porcs et de volailles et itinéraires techniques : mise au point méthodologique et acquisition de facteurs d’émissions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of Particulate and Microbiological Filtration Performance of Air Handling Unit Filters in a Low-Energy Office Building over 12 Months</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Pavard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Cann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/buildings12091475⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art19⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03764915v1</w:t>
+                <w:t xml:space="preserve">hal-03799007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of bacterial filtration efficiency vs. particle filtration efficiency to assess the performance of non-medical face masks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Reusability of face masks: Influence of washing and comparison of performance between medical face masks and community face masks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrietta Essie Whyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Verhoeven</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Prier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-05245-4⟩</w:t>
+              <w:t xml:space="preserve">Environmental Technology and Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28, pp.102710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eti.2022.102710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03844342v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844335v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lab-scale characterization of emissions from incineration of halogen- and sulfur-containing nanowastes by use of a tubular furnace</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Papovit - Particules en élevages de porcs et de volailles et itinéraires techniques : mise au point méthodologique et acquisition de facteurs d’émissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Dutouquet</w:t>
+                <w:t xml:space="preserve">Vincent Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Aguerre-Chariol</w:t>
+                <w:t xml:space="preserve">A.L. Boulestreau-Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Meunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+                <w:t xml:space="preserve">Nicolas Génot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Durécu</w:t>
+                <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (3), pp.1139-1152. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 85, pp.249-262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13762-021-03227-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol85-art19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-03217724v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03764915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Antimicrobial Effect of Zinc Pyrithione against Airborne Fungi and Bacteria Growth Collected onto New and Loaded HVAC Fibrous Filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaa Abd Zaid Abd Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2571,51 +2577,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dust and microbial filtration performance of regular and antimicrobial HVAC filters in realistic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaa Abd Zaid Abd Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2688,103 +2694,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local variations of air velocity in the vicinity of filter pleats in transitional airflow regime – Experimental and numerical approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicie Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Zgheib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Separation and Purification Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 268, pp.118658. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2831,77 +2837,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élaboration d’un protocole de mesure des émissions de particules en élevage avicole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Lagadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Blazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Genot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chiffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2956,77 +2962,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adenovirus behavior in air handling unit fiberglass filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Bandaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Cann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerobiologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 35 (108), pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3060,103 +3066,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of air humidity on particle filtration performance of a pulse-jet bag filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Boudhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Gueraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 130, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3203,77 +3209,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulse-Jet Bag Filter Performances for Treatment of Submicronic and Nanosized Particles from Waste Incineration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Boudhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Gueraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Durécu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Venditti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3324,103 +3330,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the porous structure of a non-woven fibrous medium for air filtration at local and global scales using porosimetry and X-ray micro-tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicie Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Lys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Powder Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 320, pp.295-303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3467,64 +3473,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The fate of mengovirus on fiberglass filter of air handling units</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Bandaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Cann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3565,248 +3571,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01636427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of the fungal fraction released from various preloaded fibrous filters during a simulated ventilation restart</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Numerical and experimental investigations of the influence of the pleat geometry on the pressure drop and velocity field of a pleated fibrous filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ina.12330⟩</w:t>
+              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 182, pp.69-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.seppur.2017.02.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01381779v1</w:t>
+                <w:t xml:space="preserve">hal-01487561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental investigations of the influence of the pleat geometry on the pressure drop and velocity field of a pleated fibrous filter</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Quantification of the fungal fraction released from various preloaded fibrous filters during a simulated ventilation restart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Morisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 182, pp.69-77. </w:t>
+              <w:t xml:space="preserve">Indoor Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (3), pp.529-538. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.seppur.2017.02.034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ina.12330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01487561v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal disposal of waste containing nanomaterials: first investigations on a methodology for risk management</w:t>
               </w:r>
@@ -3939,51 +3945,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Polymer Waste Containing Nano-fillers Prior its End-of-Life Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh Trinh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4073,51 +4079,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filtration performances of HVAC filters for PM10 and microbial aerosols— Influence of management in a lab-scale air handling unit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa F. González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4194,90 +4200,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical and numerical modeling of nanoparticles transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Boudhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Gueraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Energy for a Clean Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 16 (1-4), pp.13 - 21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4458,51 +4464,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbial aerosol filtration: growth and release of bacteria-fungi consortium collected by fibrous filters in different operating conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Forthomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4617,51 +4623,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Forthomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4725,103 +4731,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the pressure drop across HEPA filters during cake filtration in the presence of humidity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Laborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Chazelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 166 (2), pp.616-623. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4867,51 +4873,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Humidity on Clogging of Flat and Pleated HEPA Filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Laborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4919,51 +4925,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Calle-Chazelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 44, pp.1065-1076. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4989,864 +4995,851 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00533694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (51)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (52)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a photocatalytic treatment device on toluene removal in indoor air</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Etude de la survie des microorganismes collectés par des filtres de centrales de traitement d'air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Deshayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Cann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Natacha Kinadjian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Building Europe Conference 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols (CFA2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française d'Etudes et de Recherches sur les Aérosols (ASFERA), Mar 2026, Paris, France. pp.P11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2026-50163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05460423v1</w:t>
+                <w:t xml:space="preserve">hal-05536994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The PHARAON project: new bases for a transverse standard to assess indoor air mitigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Blondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Bouhanguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthy Buildings 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISIAQ, Jun 2025, Rejkavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05116988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison inter-laboratoires dédiée aux mesures de distributions granulométriques d'aérosols au moyen de compteurs optiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of a photocatalytic treatment device on toluene removal in indoor air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Raillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ridha Mahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Hequet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Bau</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Natacha Kinadjian</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37ème Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Paris, France. pp.1</w:t>
+              <w:t xml:space="preserve">Healthy Building Europe Conference 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Reykjavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-05203662v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05460423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Textile thread piezoresistive transducer for airflow characterization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparaison inter-laboratoires dédiée aux mesures de distributions granulométriques d'aérosols au moyen de compteurs optiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jacquinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Crenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Debert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Khaldi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Ala Bouhanguel</w:t>
+                <w:t xml:space="preserve">D Petitprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-Textiles 2024: International Conference on the Challenges, Opportunities, Innovations and Applications in Electronic Textiles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Berlin (DE), Germany</w:t>
+              <w:t xml:space="preserve">37ème Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paris, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04946774v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05203662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of flow disturbances downstream a pleated air filter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Textile thread piezoresistive transducer for airflow characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cochrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Bouhanguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Conference on Indoor Air Quality and Climate (INDOOR AIR 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISIAQ, Jun 2022, Kuopio, Finland. pp.1089-1090</w:t>
+              <w:t xml:space="preserve">E-Textiles 2024: International Conference on the Challenges, Opportunities, Innovations and Applications in Electronic Textiles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Berlin (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05418778v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Non-uniform Flow Influence on an Air Handling Unit Filters Efficiency and Life Cycle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Investigation of flow disturbances downstream a pleated air filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Bouhanguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Le Cann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Building Energy and Environment (COBEE 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th International Conference on Indoor Air Quality and Climate (INDOOR AIR 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISIAQ, Jun 2022, Kuopio, Finland. pp.1089-1090</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-981-19-9822-5_219⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04250123v1</w:t>
+                <w:t xml:space="preserve">hal-05418778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New methodology to qualify office microbial air quality with air-handling-unit-filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Pavard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Cann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Conference on Indoor Air Quality and Climate (INDOOR AIR 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISIAQ, Jun 2022, Kuopio, Finland. pp.1463-1464</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5865,3326 +5858,3331 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05418802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Study of Particle Filtration Efficiency of a Non-woven Activated Carbon Fabric to Improve Indoor Air Quality</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Assessment of Non-uniform Flow Influence on an Air Handling Unit Filters Efficiency and Life Cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Bouhanguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Pavard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yves Andrès</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Cann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 5th International Conference on Building Energy and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-981-19-9822-5_218⟩</w:t>
+              <w:t xml:space="preserve">5th International Conference on Building Energy and Environment (COBEE 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Montréal (Québec), Canada. pp.2069-2072, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-19-9822-5_219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05363099v1</w:t>
+                <w:t xml:space="preserve">hal-04250123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing of methodology using air handling unit filters to qualify the microbiological quality of indoor air in offices</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Experimental Study of Particle Filtration Efficiency of a Non-woven Activated Carbon Fabric to Improve Indoor Air Quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Bouhanguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Le Cann</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Subrenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andrès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA2022 - 35ème Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française d'Etudes et de Recherches sur les Aérosols (ASFERA), May 2022, Paris, France. </w:t>
+              <w:t xml:space="preserve">The 5th International Conference on Building Energy and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Montreal, Canada. pp.2065-2068, </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2022-28304⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-981-19-9822-5_218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04595354v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05363099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence des moyens de génération et de mesure des aérosols sur l'efficacité de filtration de masques chirurgicaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Testing of methodology using air handling unit filters to qualify the microbiological quality of indoor air in offices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Pavard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Cann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
+              <w:t xml:space="preserve">CFA2022 - 35ème Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française d'Etudes et de Recherches sur les Aérosols (ASFERA), May 2022, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2021-24833⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2022-28304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03245327v1</w:t>
+                <w:t xml:space="preserve">hal-04595354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des variations locales de vitesse de l'air à proximité de filtres plissés par mesures anémométriques et simulations numériques</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Influence des moyens de génération et de mesure des aérosols sur l'efficacité de filtration de masques chirurgicaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Bouhanguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2020 : 33ème Congrès Français sur les Aérosols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2020-19770⟩</w:t>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2021-24833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03245335v1</w:t>
+                <w:t xml:space="preserve">hal-03245327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Airborne microbial contamination in indoor environments - comparison of sampling technologies for enumeration by cultivable method</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Méthodologie de mesure des particules primaires émises par des bâtiments d'élevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Lagadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélynda Hassouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Conference of the International Society of Indoor Air Quality and Climate: Creative and Smart Solutions for Better Built Environments, Indoor Air 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CFA 2020 : 33ème Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Paris (visioconférence), France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2020-19756⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04595370v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03245349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie de mesure des particules primaires émises par des bâtiments d'élevage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude des variations locales de vitesse de l'air à proximité de filtres plissés par mesures anémométriques et simulations numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Lagadec</w:t>
+                <w:t xml:space="preserve">Nadine Allam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Guingand</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Walid Mrad</w:t>
+                <w:t xml:space="preserve">Nancy Zgheib²</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2020 : 33ème Congrès Français sur les Aérosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Paris (visioconférence), France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2020-19756⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2020-19770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03245349v1</w:t>
+                <w:t xml:space="preserve">hal-03245335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoparticle Collection by a Lab-Scale Spray Scrubber Designed for Fume Treatment under Incineration Conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Airborne microbial contamination in indoor environments - comparison of sampling technologies for enumeration by cultivable method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluigi Farru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Pavard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Cann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference (EAC 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">16th Conference of the International Society of Indoor Air Quality and Climate: Creative and Smart Solutions for Better Built Environments, Indoor Air 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Indoor Air Quality and Climate (ISIAQ), Nov 2020, On line, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-03237751v1</w:t>
+                <w:t xml:space="preserve">hal-04595370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de l'émission particulaire de nanodéchets halogénés lors d'une incinération dans un four de laboratoire à 1100°C</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanoparticle Collection by a Lab-Scale Spray Scrubber Designed for Fume Treatment under Incineration Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Dutouquet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">R Boudhan</w:t>
+                <w:t xml:space="preserve">Olivier Le-Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols 2019</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Aerosol Conference (EAC 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Gothenburg, Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03245361v1</w:t>
+                <w:t xml:space="preserve">ineris-03237751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fin de vie des nanomatériaux dans la filière d'incinération. Caractérisation et traitement des émissions de particules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dutouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congrès de la Société Française de Génie des Procédés (SFGP 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-03237778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle emission characterization when incinerating nanowastes using a lab scale tubular furnace operating at 1100°C</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Caractérisation de l'émission particulaire de nanodéchets halogénés lors d'une incinération dans un four de laboratoire à 1100°C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Aguerre-Chariol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Boudhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Conference Nanosafe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2019-16675⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-03239304v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03245361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'humidité sur les performances de collecte de particules submicrométriques d’un filtre à manche</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">NANOWET project : characterization of nanoparticle emission from high temperature incineration of nano-/halogen-/sulfur-containing wastes and performances of wet-scrubber units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Boudhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Venditti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7. International Conference on Engineering for Waste and Biomass Valorisation (WasteEng 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2018-12578⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01937336v1</w:t>
+                <w:t xml:space="preserve">ineris-03239413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtration performance of lab-scale pulse-jet bag filter</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Particle emission characterization when incinerating halogen- and sulfur- containing nanowaste using a lab scale tubular furnace operating at 1100°C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FILTECH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">Aerosol Technology 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01937359v1</w:t>
+                <w:t xml:space="preserve">ineris-03239668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle emission characterization when incinerating halogen- and sulfur- containing nanowaste using a lab scale tubular furnace operating at 1100°C</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Filtration performance of lab-scale pulse-jet bag filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Gueraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Technology 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Bilbao, Spain</w:t>
+              <w:t xml:space="preserve">FILTECH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-03239668v1</w:t>
+                <w:t xml:space="preserve">hal-01937359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of industrial wastes in relation with incineration fumes and residue composition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Influence de l'humidité sur les performances de collecte de particules submicrométriques d’un filtre à manche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Gueraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Conference on Engineering for Waste and Biomass Valorisation (WasteEng 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2018-12578⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-03239412v1</w:t>
+                <w:t xml:space="preserve">hal-01937336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtration performance of a liquid DEHS aerosol by an innovative bi-layered filtering media</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Particle emission characterization when incinerating nanowastes using a lab scale tubular furnace operating at 1100°C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fluid Particle Separation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">6. International Conference Nanosafe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Grenoble, France. pp.35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01936875v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-03239304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of lab-scale spraying scrubber for the study of submicronic and nano-particles collection in flue-gas incineration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Filtration performance of a liquid DEHS aerosol by an innovative bi-layered filtering media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Mrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estefania Ziadé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Theron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fluid particle separation</w:t>
+              <w:t xml:space="preserve">Fluid Particle Separation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01936546v1</w:t>
+                <w:t xml:space="preserve">hal-01936875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison du comportement et caractérisation de deux bioaerosols viraux sur les filtres d'une centrale de traitement de l'air (CTA)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Design of lab-scale spraying scrubber for the study of submicronic and nano-particles collection in flue-gas incineration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français sur les Aérosols 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fluid particle separation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2018-12562⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03245377v1</w:t>
+                <w:t xml:space="preserve">hal-01936546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NANOWET project : characterization of nanoparticle emission from high temperature incineration of nano-/halogen-/sulfur-containing wastes and performances of wet-scrubber units</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Characterization of industrial wastes in relation with incineration fumes and residue composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Boudhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dutouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Conference on Engineering for Waste and Biomass Valorisation (WasteEng 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-03239413v1</w:t>
+                <w:t xml:space="preserve">ineris-03239412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Nanowet : Influence de l’incinération haute température sur l’émission de nanoparticules contenues dans les déchets halogénés/soufrés - Efficacité de l’élimination des nanoparticules par les tours de lavage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Comparaison du comportement et caractérisation de deux bioaerosols viraux sur les filtres d'une centrale de traitement de l'air (CTA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Bandaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Le Cann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international FRANCOFILT 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français sur les Aérosols 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASFERA, Jan 2018, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2018-12562⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-01853116v1</w:t>
+                <w:t xml:space="preserve">hal-03245377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances de traitement d’un filtre à manche de laboratoire en condition de filière d’incinération</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Projet Nanowet : Influence de l’incinération haute température sur l’émission de nanoparticules contenues dans les déchets halogénés/soufrés - Efficacité de l’élimination des nanoparticules par les tours de lavage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Venditti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FRANCOFILT</w:t>
+              <w:t xml:space="preserve">Congrès international FRANCOFILT 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01937322v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01853116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of silicon polymer-containing by-product prior to waste treatment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Performances de traitement d’un filtre à manche de laboratoire en condition de filière d’incinération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Gueraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Conference on Engineering for Waste and Biomass Valorisation (WasteEng 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Albi, France</w:t>
+              <w:t xml:space="preserve">FRANCOFILT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01853034v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01937322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal disposal of waste containing nano-objects : first investigations on a methodology for risk management</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Debray</w:t>
+                <w:t xml:space="preserve">Influence of humidity and temperature on bag filter performances for incineration fumes treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Gueraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Venditti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Conference Nanosafe "Health and safety issues related to nanomaterials for a socially responsible approach"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Grenoble, France. pp.245</w:t>
+              <w:t xml:space="preserve">European Aerosol Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-01854347v1</w:t>
+                <w:t xml:space="preserve">hal-01936896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of pleats geometry on fibrous filter performances</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Influence of filtration velocity and filter implementation on bag filter performances for the treatment of incineration raw fumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Boudhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Venditti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Gueraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Filtration Congress 12, WFC12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Taipei, Taiwan</w:t>
+              <w:t xml:space="preserve">WasteEng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01383787v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01936933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of operating conditions on bag filter performances for incineration fumes treatment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Methodology for the evaluation of HVAC combined filter performances regarding multipollutants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Morisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Filtration Congress</w:t>
+              <w:t xml:space="preserve">World Filtration Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Taipei, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01937312v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01936889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fate of nanoparticles in fumes exhaust during incineration of nanocomposites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Motzkus</w:t>
+                <w:t xml:space="preserve">Characterization of silicon polymer-containing by-product prior to waste treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh-Trinh Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Venditti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Conference on Engineering for Waste and Biomass Valorisation (WasteEng 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01853035v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01853034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology for the evaluation of HVAC combined filter performances regarding multipollutants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal disposal of waste containing nano-objects : first investigations on a methodology for risk management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Ounoughene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Chivas-Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Morisseau</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claire Longuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Debray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Filtration Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Taipei, Taiwan</w:t>
+              <w:t xml:space="preserve">5. International Conference Nanosafe "Health and safety issues related to nanomaterials for a socially responsible approach"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Grenoble, France. pp.245</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01936889v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01854347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of humidity and temperature on bag filter performances for incineration fumes treatment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Influence of pleats geometry on fibrous filter performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Tours, France</w:t>
+              <w:t xml:space="preserve">World Filtration Congress 12, WFC12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Taipei, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01936896v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01383787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of filtration velocity and filter implementation on bag filter performances for the treatment of incineration raw fumes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Influence of operating conditions on bag filter performances for incineration fumes treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Boudhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9200,2046 +9198,2171 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Gueraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WasteEng</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Albi, France</w:t>
+              <w:t xml:space="preserve">12th World Filtration Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Taipei, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01936933v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01937312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavior and fate of halloysite nanotubes (HNTs) when incinerating PA6 / HNTs nanocomposite</w:t>
+                <w:t xml:space="preserve">Fate of nanoparticles in fumes exhaust during incineration of nanocomposites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghania Ounoughene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Chivas-Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Longuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Motzkus</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Longuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Conference on Safe Production and Use of Nanomaterials (Nanosafe 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Grenoble, France</w:t>
+              <w:t xml:space="preserve">6. International Conference on Engineering for Waste and Biomass Valorisation (WasteEng 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855609v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01853035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations of thermal treatment of loaded HVAC filters for combined microbial inhibition and VOC partial desorption.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Combustion of a polysiloxane nanocomposite : study of two scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Ounoughene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Longuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Chivas-Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Motzkus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Building 2015 Europe - Conference Proceedings. International Society of Indoor Air Quality and Climate.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Eindhoven, Netherlands</w:t>
+              <w:t xml:space="preserve">Eurofillers Polymer Blends 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427281v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01852932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combustion of a polysiloxane nanocomposite : study of two scenarios</w:t>
+                <w:t xml:space="preserve">Comportement et devenir des nanotubes d’halloysite (HNTS) lors de l’incinération du nanocomposite PA6/HNTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghania Ounoughene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Chivas-Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Motzkus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Longuet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Motzkus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurofillers Polymer Blends 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">30. Congrès Français sur les Aérosols (CFA 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01852932v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01852911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement et devenir des nanotubes d’halloysite (HNTS) lors de l’incinération du nanocomposite PA6/HNTS</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigations of thermal treatment of loaded HVAC filters for combined microbial inhibition and VOC partial desorption.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Morisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30. Congrès Français sur les Aérosols (CFA 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Healthy Building 2015 Europe - Conference Proceedings. International Society of Indoor Air Quality and Climate.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Eindhoven, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01852911v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerosol of silica nanoparticles generated during the combustion of a polysiloxane nanocomposite</w:t>
+                <w:t xml:space="preserve">Behavior and fate of halloysite nanotubes (HNTs) when incinerating PA6 / HNTs nanocomposite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghania Ounoughene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Chivas-Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Motzkus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Longuet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Motzkus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Tampere, Finland</w:t>
+              <w:t xml:space="preserve">4. International Conference on Safe Production and Use of Nanomaterials (Nanosafe 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855061v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of nanoparticulate emissions from the incineration of wastes containing manufactured nanomaterials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aerosol of silica nanoparticles generated during the combustion of a polysiloxane nanocomposite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Ounoughene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Chivas-Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Longuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Motzkus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Conference on Safe Production and Use of Nanomaterials (Nanosafe 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Aerosol Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855599v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtration performances of a lab bag-filter unit under specifications of incineration fluegas treatment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Nanowaste incineration: performances of a bag filter in a pilot scale device under real operating conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh-Trinh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Aerosol Technology 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Karlsruhe, Germany. pp.Abstract T290A2</w:t>
+              <w:t xml:space="preserve">5. International Conference on Engineering for Waste and Biomass Valorisation (WasteEng 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855530v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation des performances d’un filtre à manche en conditions de laboratoire représentatives du traitement des fumées d’incinération - Application aux déchets contenant des nanomatériaux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
+                <w:t xml:space="preserve">Characterization of nanoparticulate emissions from the incineration of wastes containing manufactured nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh-Trinh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Le Bihan</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Ounoughene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. Congrès Français sur les Aérosols (CFA 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">4. International Conference on Safe Production and Use of Nanomaterials (Nanosafe 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01852333v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanowaste incineration: performances of a bag filter in a pilot scale device under real operating conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Filtration performances of a lab bag-filter unit under specifications of incineration fluegas treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh-Trinh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Debray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Conference on Engineering for Waste and Biomass Valorisation (WasteEng 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">Conference on Aerosol Technology 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Karlsruhe, Germany. pp.Abstract T290A2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-01855621v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01855530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the raw gases emitted during the thermal treatment of nanocomposites, and potential impacts on flue gas cleaning systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carine Chivas-Joly</w:t>
+                <w:t xml:space="preserve">Evaluation des performances d’un filtre à manche en conditions de laboratoire représentatives du traitement des fumées d’incinération - Application aux déchets contenant des nanomatériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh-Trinh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dominique Fleury</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Venditti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. European meeting on Fire Retardancy and Protection of Materials (FRPM 13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">29. Congrès Français sur les Aérosols (CFA 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00971228v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-01852333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of aerosols emitted during the incineration of nanocomposites</w:t>
+                <w:t xml:space="preserve">Characterization of the raw gases emitted during the thermal treatment of nanocomposites, and potential impacts on flue gas cleaning systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghania Ounoughene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Chivas-Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Longuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Motzkus</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Aerosol Conference (EAC 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">14. European meeting on Fire Retardancy and Protection of Materials (FRPM 13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ineris-00971227v1</w:t>
+                <w:t xml:space="preserve">ineris-00971228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet NANOFlueGas : Caractérisation des émissions particulaires lors de l'incinération de déchets contenant des nanomatériaux</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+                <w:t xml:space="preserve">Characterization of aerosols emitted during the incineration of nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Ounoughene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Chivas-Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Longuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Motzkus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28. Congrès Français sur les Aérosols (CFA 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">European Aerosol Conference (EAC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00971120v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00971227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The NANOFlueGas Project : characterization and reduction of particulate emissions from the incineration of wastes containing manufactured nanomaterials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
+                <w:t xml:space="preserve">Projet NANOFlueGas : Caractérisation des émissions particulaires lors de l'incinération de déchets contenant des nanomatériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh-Trinh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Safety of Engineered Nanoparticles and Nanotechnologies (SENN2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">28. Congrès Français sur les Aérosols (CFA 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00971075v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00971120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of nanoparticulate emissions from the incineration of wastes containing manufactured nanomaterials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
+                <w:t xml:space="preserve">The NANOFlueGas Project : characterization and reduction of particulate emissions from the incineration of wastes containing manufactured nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh-Trinh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International Conference on Safe Production and Use of Nanomaterials (Nanosafe 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t>
+              <w:t xml:space="preserve">International Congress on Safety of Engineered Nanoparticles and Nanotechnologies (SENN2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ineris-00971084v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00971075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'humidité sur le colmatage de filtres THE à petits plis par des aérosols hygroscopique et non-hygroscopique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Characterization of nanoparticulate emissions from the incineration of wastes containing manufactured nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh-Trinh Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Venditti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durecu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, Paris, France. pp.Joubert et al</w:t>
+              <w:t xml:space="preserve">3. International Conference on Safe Production and Use of Nanomaterials (Nanosafe 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00873325v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ineris-00971084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Influence de l'humidité sur le colmatage de filtres THE à petits plis par des aérosols hygroscopique et non-hygroscopique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Laborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Callé-Chazelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25ème Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Paris, France. pp.Joubert et al</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00873325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Etude du colmatage des filtres THE à petits plis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Artous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Callé-Chazelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ères Journées Filtration des Aérosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Nancy, France. pp.C2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00874457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11249,216 +11372,216 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particle emission characterization when incinerating halogen- and sulfur- containing nanowaste using a lab scale tubular furnace operating at 1100°C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dutouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Boudhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durecu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">aerosol technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01936521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NANOWET project : characterization of nanoparticle emission from high temperature incineration of nano-/halogen-/sulfur-containing wastes and performances of wet-scrubber units</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Boudhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dutouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11477,542 +11600,542 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WasteEng</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01936564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet NANOWET : influence de l’incinération haute température sur l’émission de nanoparticules contenues dans les déchets halogènes/soufres – efficacité de l’élimination des nanoparticules par les tours de lavage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dutouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Venditti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FrancoFilt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01936478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of combine processes for atmospheric multi-pollutant removal through the HVAC of an individual house</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Antimicrobial Effect Of F7 Polypropylene Fibrous Filter Containing Zinc Pyrithione</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safaa Abd Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Andres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Le Coq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air</w:t>
+              <w:t xml:space="preserve">Indoor Air 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01936884v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01936892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antimicrobial Effect Of F7 Polypropylene Fibrous Filter Containing Zinc Pyrithione</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Investigation of combine processes for atmospheric multi-pollutant removal through the HVAC of an individual house</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Morisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Coq</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Andres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air 2016</w:t>
+              <w:t xml:space="preserve">Indoor Air</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01936892v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01936884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feasibility of gamma or e-beam irradiation as a treatment for reuse of medical masks after a first use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Cortella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Albino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Froment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Cinquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P Alcaraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">International Atomic Energy Agency (IAEA). 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04862577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12022,114 +12145,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performances des filtres plissés à Très Haute Efficacité en fonction de l'humidité relative de l'air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Joubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Institut National Polytechnique de Lorraine, 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2009INPL081N⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01748741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId281"/>
+      <w:footerReference w:type="default" r:id="rId283"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12197,51 +12320,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="596900DA"/>
+    <w:nsid w:val="947EA1BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12428,51 +12551,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aureliejoubert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9034-8737" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140387889" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gepea.fr/aur-lie-joubert-chercheur-laboratoire-gepea-p302.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065789v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Theron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Mrad" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joubert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Haouas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Woudberg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.25664" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05075163v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Mahi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Villot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sagot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Coq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos16020126" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316695v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parian Mohamadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Mohsenzadeh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Bouhanguel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moeen El Bast" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Cochrane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/adf9a8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316685v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Defossez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse13071379" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069425v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Hoyos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Henry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dur&#233;cu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr12081655" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753654v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al Dabbas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al-Azba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Kopecsk&#243;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Fawaier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Alshebli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fib12090071" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717125v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Deshayes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Pavard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne G&#233;rard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andres" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.110578" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521231v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4209/aaqr.230180" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379419v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Adah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-023-02097-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844375v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alcaraz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pourchez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thomas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chazelet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.132364" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567651v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrietta Essie Whyte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Leclerc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Sarry" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Verhoeven" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-20354-w" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04581871v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boudhan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2021.1974332" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799007v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12091475" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844335v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2022.102710" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764915v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Guingand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blazy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Boulestreau-Boulay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G&#233;not" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lynda Hassouna" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art19" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844342v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Montigaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Audoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Prier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05245-4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03217724v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dutouquet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aguerre-Chariol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meunier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dur&#233;cu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-021-03227-z" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328907v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Abd Zaid Abd Ali" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr9091528" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244911v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miora Frossard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-13330-w" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195715v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Zgheib" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2021.118658" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194251v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lagadec" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Genot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chiffe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02062012v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bandaly" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10453-019-09565-3" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268100v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durecu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Gueraoui" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2019.01.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531936v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boudhan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gueraoui" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Venditti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-017-9858-4" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700199v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lys" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2017.07.020" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01636427v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12560-017-9310-8" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01381779v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Morisseau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ina.12330" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487561v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2017.02.034" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700214v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ounoughene" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lebihan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Debray" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chivas-Joly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Longuet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/838/1/012024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423661v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Trinh Tran" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Venditti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meunier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-016-9757-0" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324435v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa F. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Liard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Renner" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2016.1167833" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423689v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/InterJEnerCleanEnv.2016015630" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01201688v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Ounoughene" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bihan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Motzkus" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es505674j" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01098171v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Forthomme" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Simon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duquenne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2014.02.004" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0W46MZF4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-00877780v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Simon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duquenne" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2012.689370" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554735v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Laborde" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouilloux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2010.11.033" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NM1Z56J8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533694v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Calle-Chazelet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2010.510154" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460423v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Raillard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Hequet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Kinadjian" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116988v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thevenet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Blondeau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delaby" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05203662v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jacquinot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Crenn" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Petitprez" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04946774v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Khaldi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cochrane" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418778v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04250123v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-9822-5_219" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418802v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05363099v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Subrenat" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andr&#232;s" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-9822-5_218" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04595354v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2022-28304" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245327v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2021-24833" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245335v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allam" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Zgheib&#178;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2020-19770" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04595370v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Farru" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245349v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lagadec" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guingand" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2020-19756" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03237751v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le-Bihan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245361v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dutouquet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Meunier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Aguerre-Chariol" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Boudhan" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2019-16675" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03237778v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239304v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01937336v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2018-12578" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01937359v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239668v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239412v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936875v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Ziad&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936546v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245377v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2018-12562" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239413v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853116v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01937322v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853034v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh-Trinh Tran" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854347v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chivas-Joly" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Longuet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Debray" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01383787v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01937312v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853035v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936889v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Morisseau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936896v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936933v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855609v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427281v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852932v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852911v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855061v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855599v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855530v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852333v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855621v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971228v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fleury" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971227v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971120v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971075v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971084v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873325v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Call&#233;-Chazelet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874457v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artous" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936521v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936564v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936478v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936884v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936892v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Abd Ali" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862577v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Cortella" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Albino" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Froment" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cinquin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Alcaraz" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748741v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009INPL081N" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aureliejoubert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9034-8737" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140387889" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gepea.fr/aur-lie-joubert-chercheur-laboratoire-gepea-p302.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316685v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sagot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Defossez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Mahi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Villot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joubert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse13071379" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065789v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Theron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Mrad" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Haouas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Woudberg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.25664" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05075163v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Coq" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos16020126" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316695v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parian Mohamadi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Mohsenzadeh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Bouhanguel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moeen El Bast" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Cochrane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/adf9a8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753654v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al Dabbas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al-Azba" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Kopecsk&#243;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Fawaier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Alshebli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fib12090071" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069425v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Hoyos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Henry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dur&#233;cu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr12081655" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717125v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Deshayes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Pavard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne G&#233;rard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andres" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.110578" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521231v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4209/aaqr.230180" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379419v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Adah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-023-02097-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844342v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrietta Essie Whyte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Montigaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Audoux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Verhoeven" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Prier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05245-4" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03217724v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dutouquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aguerre-Chariol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meunier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dur&#233;cu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-021-03227-z" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844375v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Alcaraz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pourchez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thomas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chazelet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.132364" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04581871v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boudhan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2021.1974332" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567651v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Leclerc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Sarry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-20354-w" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799007v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cann" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings12091475" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844335v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2022.102710" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764915v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Guingand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blazy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Boulestreau-Boulay" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G&#233;not" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lynda Hassouna" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol85-art19" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328907v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Abd Zaid Abd Ali" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr9091528" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244911v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miora Frossard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-13330-w" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195715v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Zgheib" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2021.118658" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194251v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lagadec" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Genot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chiffe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02062012v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bandaly" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10453-019-09565-3" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268100v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durecu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Gueraoui" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2019.01.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531936v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boudhan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gueraoui" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Venditti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-017-9858-4" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700199v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lys" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2017.07.020" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01636427v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12560-017-9310-8" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01487561v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2017.02.034" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01381779v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Morisseau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ina.12330" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700214v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ounoughene" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lebihan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Debray" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chivas-Joly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Longuet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/838/1/012024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423661v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Trinh Tran" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Venditti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meunier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-016-9757-0" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324435v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa F. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Liard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Renner" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2016.1167833" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423689v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/InterJEnerCleanEnv.2016015630" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01201688v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Ounoughene" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Bihan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Motzkus" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es505674j" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01098171v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Forthomme" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Simon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duquenne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2014.02.004" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0W46MZF4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-00877780v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Simon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duquenne" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2012.689370" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554735v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Laborde" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouilloux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2010.11.033" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NM1Z56J8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533694v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Calle-Chazelet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2010.510154" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05536994v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2026-50163" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116988v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thevenet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Blondeau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delaby" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460423v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Raillard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Hequet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Kinadjian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05203662v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jacquinot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Crenn" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Petitprez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04946774v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Khaldi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cochrane" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418778v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418802v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04250123v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-9822-5_219" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05363099v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Subrenat" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andr&#232;s" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-9822-5_218" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04595354v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2022-28304" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245327v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2021-24833" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245349v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lagadec" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guingand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2020-19756" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245335v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allam" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Zgheib&#178;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2020-19770" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04595370v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Farru" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03237751v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le-Bihan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03237778v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245361v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dutouquet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Meunier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Aguerre-Chariol" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Boudhan" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2019-16675" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239413v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239668v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01937359v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01937336v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2018-12578" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239304v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936875v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Ziad&#233;" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936546v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03239412v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245377v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2018-12562" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853116v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01937322v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936896v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936933v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936889v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Morisseau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853034v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh-Trinh Tran" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854347v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chivas-Joly" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Longuet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Debray" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01383787v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01937312v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853035v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852932v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852911v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427281v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855609v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855061v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855621v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855599v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855530v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01852333v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971228v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fleury" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971227v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971120v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971075v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-00971084v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873325v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Call&#233;-Chazelet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874457v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artous" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936521v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936564v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936478v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936892v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Abd Ali" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01936884v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862577v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Cortella" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Albino" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Froment" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cinquin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Alcaraz" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748741v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009INPL081N" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>