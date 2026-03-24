--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -168,5759 +168,5893 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum to “Govania unica gen. nov., sp. nov., a rare biosphere bacterium that represents a novel family in the class Alphaproteobacteria” [Syst. Appl. Microbiol. 46(3) (2023) 126405]</w:t>
+                <w:t xml:space="preserve">Paenidepsins are a Family of Lipopeptides from &amp;lt;i&amp;gt;Paenibacillus&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Vandamme</w:t>
+                <w:t xml:space="preserve">Daniel Torres-Püschel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Peeters</w:t>
+                <w:t xml:space="preserve">Lukas Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amanda Hettiarachchi</w:t>
+                <w:t xml:space="preserve">Stefan Kehraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margo Cnockaert</w:t>
+                <w:t xml:space="preserve">Aia Ali Abdelrahman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Carlier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tanja Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 48 (5), pp.126642. </w:t>
+              <w:t xml:space="preserve">Journal of Natural Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.syapm.2025.126642⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jnatprod.5c01579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05284223v1</w:t>
+                <w:t xml:space="preserve">hal-05557273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial symbiont replacement in a vertically transmitted plant symbiosis reveals a role for microbe–microbe interactions in enforcing specificity</w:t>
+                <w:t xml:space="preserve">Hereditary Leaf Symbiosis in Tropical Plants: Evolution and Function of Vertically Transmitted Bacterial Symbionts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Ninzatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault G Sana</w:t>
+                <w:t xml:space="preserve">Marie-Françoise Jardinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tessa Acar</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ismejo/wraf177⟩</w:t>
+              <w:t xml:space="preserve">Phytobiomes Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (3), pp.343 - 353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/pbiomes-11-24-0111-rvw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05514678v1</w:t>
+                <w:t xml:space="preserve">hal-05514735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hereditary Leaf Symbiosis in Tropical Plants: Evolution and Function of Vertically Transmitted Bacterial Symbionts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Corrigendum to “Govania unica gen. nov., sp. nov., a rare biosphere bacterium that represents a novel family in the class Alphaproteobacteria” [Syst. Appl. Microbiol. 46(3) (2023) 126405]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Hettiarachchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margo Cnockaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytobiomes Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/pbiomes-11-24-0111-rvw⟩</w:t>
+              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48 (5), pp.126642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.syapm.2025.126642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05514735v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05284223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structures and roles of BcsD and partner scaffold proteins in proteobacterial cellulose secretion</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Areti Notopoulou</w:t>
+                <w:t xml:space="preserve">Artificial symbiont replacement in a vertically transmitted plant symbiosis reveals a role for microbe–microbe interactions in enforcing specificity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Ninzatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Puygrenier</w:t>
+                <w:t xml:space="preserve">Thibault G Sana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Decossas</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Tessa Acar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Jardinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2023.11.057⟩</w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (1), pp.wraf177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ismejo/wraf177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04474396v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05514678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudomonas fortuita sp. nov., isolated from the endosphere of a wild yam</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structures and roles of BcsD and partner scaffold proteins in proteobacterial cellulose secretion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Beaumel</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Thibault Sana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Areti Notopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Puygrenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Decossas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Moreau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thibault Géry Sana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/ijsem.0.006395⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (1), 6 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2023.11.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04659457v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04474396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The association between Dioscorea sansibarensis and Orrella dioscoreae as a model for hereditary leaf symbiosis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Pseudomonas fortuita sp. nov., isolated from the endosphere of a wild yam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Beaumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tessa Acar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Felicia Maviane-Macia</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Géry Sana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0302377⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 74 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.006395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04670561v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04659457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclitol metabolism is a central feature of Burkholderia leaf symbionts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Marti</w:t>
+                <w:t xml:space="preserve">The association between Dioscorea sansibarensis and Orrella dioscoreae as a model for hereditary leaf symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tessa Acar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Jardinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Sieber</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Peter Vandamme</w:t>
+                <w:t xml:space="preserve">Gabriella Houdinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felicia Maviane-Macia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.16292⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (4), pp.e0302377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0302377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04043115v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecotin: A versatile protease inhibitor of bacteria and eukaryotes</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cyclitol metabolism is a central feature of Burkholderia leaf symbionts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bram Danneels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Blignaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Marti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1114690⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (2), pp.454-472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.16292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04012775v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04043115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Govania unica gen. nov., sp. nov., a rare biosphere bacterium that represents a novel family in the class Alphaproteobacteria</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Ecotin: A versatile protease inhibitor of bacteria and eukaryotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric de Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.syapm.2023.126405⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, 8 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1114690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04095845v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04012775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motility-Independent Vertical Transmission of Bacteria in Leaf Symbiosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Govania unica gen. nov., sp. nov., a rare biosphere bacterium that represents a novel family in the class Alphaproteobacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Hettiarachchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margo Cnockaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tessa Acar</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mbio.01033-22⟩</w:t>
+              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (3), pp.126405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.syapm.2023.126405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03778794v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhizobium leguminosarum symbiovar viciae strains are natural wheat endophytes that can stimulate root development</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marta Marchetti</w:t>
+                <w:t xml:space="preserve">Motility-Independent Vertical Transmission of Bacteria in Leaf Symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tessa Acar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Gris</w:t>
+                <w:t xml:space="preserve">Olivier Coen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric de Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Gasciolli</w:t>
+                <w:t xml:space="preserve">Olivier Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 24 (11), pp.5509-5523. </w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.16148⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mbio.01033-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04204399v2</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03778794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paenibacillus foliorum sp. nov., Paenibacillus phytohabitans sp. nov., Paenibacillus plantarum sp. nov., Paenibacillus planticolens sp. nov., Paenibacillus phytorum sp. nov. and Paenibacillus germinis sp. nov., isolated from the Arabidopsis thaliana phyllosphere</w:t>
+                <w:t xml:space="preserve">Rhizobium leguminosarum symbiovar viciae strains are natural wheat endophytes that can stimulate root development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shan Shan Qi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claudia Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Gris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Gasciolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004781⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (11), pp.5509-5523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.16148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03592289v1</w:t>
+                <w:t xml:space="preserve">hal-04204399v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum: Orrella amnicola sp. nov., isolated from a freshwater river, reclassification of Algicoccus marinus as Orrella marina comb. nov., and emended description of the genus Orrella</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Paenibacillus foliorum sp. nov., Paenibacillus phytohabitans sp. nov., Paenibacillus plantarum sp. nov., Paenibacillus planticolens sp. nov., Paenibacillus phytorum sp. nov. and Paenibacillus germinis sp. nov., isolated from the Arabidopsis thaliana phyllosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shan Shan Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margo Cnockaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wen-Ming Chen</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vandamme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 71, pp.004749. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004749⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 71 (4), 15 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05153687v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03592289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedobacter gandavensis sp. nov., Pedobacter foliorum sp. nov. and Pedobacter planticolens sp. nov., isolated from leaves of Arabidopsis thaliana</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Erratum: Orrella amnicola sp. nov., isolated from a freshwater river, reclassification of Algicoccus marinus as Orrella marina comb. nov., and emended description of the genus Orrella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shih-Yi Sheu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li-Chu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Che-Chia Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Peter Vandamme</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wen-Ming Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 71 (3), 8p. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 71, pp.004749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004667⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03255451v1</w:t>
+                <w:t xml:space="preserve">hal-05153687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction of antibiotic specialized metabolism by co‐culturing in a collection of phyllosphere bacteria</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Pedobacter gandavensis sp. nov., Pedobacter foliorum sp. nov. and Pedobacter planticolens sp. nov., isolated from leaves of Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shan Shan Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shan Shan Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margo Cnockaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tessa Acar</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462‐2920.15382⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 71 (3), 8p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03097074v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03255451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patterns of transmission and horizontal gene transfer in the Dioscorea sansibarensis leaf symbiosis revealed by whole-genome sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bram Danneels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Viruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krista Mcgrath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Janssens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Wales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 31 (12), pp.2666-2673.e4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cub.2021.03.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03272495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orrella amnicola sp. nov., isolated from a freshwater river, reclassification of Algicoccus marinus as Orrella marina comb. nov., and emended description of the genus Orrella</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Induction of antibiotic specialized metabolism by co‐culturing in a collection of phyllosphere bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shan Shan Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Bogdanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margo Cnockaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tessa Acar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Ranty‐roby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004538⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (4), pp.2132-2151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462‐2920.15382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03151291v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03097074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PaSiT: a novel approach based on short-oligonucleotide frequencies for efficient bacterial identification and typing</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Orrella amnicola sp. nov., isolated from a freshwater river, reclassification of Algicoccus marinus as Orrella marina comb. nov., and emended description of the genus Orrella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shih-Yi Sheu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li-Chu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Che-Chia Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wen-Ming Chen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 36 (8), pp.2337-2344. </w:t>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 70 (12), pp.6381-6389. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz964⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.004538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961993v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03151291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and Biological Evaluation of the Novel Growth Inhibitor Streptol Glucoside, Isolated from an Obligate Plant Symbiont</w:t>
+                <w:t xml:space="preserve">PaSiT: a novel approach based on short-oligonucleotide frequencies for efficient bacterial identification and typing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chien-Chi Hsiao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Sieber</w:t>
+                <w:t xml:space="preserve">Gleb Goussarov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antri Georgiou</w:t>
+                <w:t xml:space="preserve">Ilse Cleenwerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Bailly</w:t>
+                <w:t xml:space="preserve">Mohamed Mysara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Despina Emmanouilidou</w:t>
+                <w:t xml:space="preserve">Natalie Leys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pieter Monsieurs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201805693⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (8), pp.2337-2344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962208v1</w:t>
+                <w:t xml:space="preserve">hal-02961993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptations and evolution of a heritable leaf nodule symbiosis between Dioscorea sansibarensis and Orrella dioscoreae</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Introducing SPeDE: High-Throughput Dereplication and Accurate Determination of Microbial Diversity from Matrix-Assisted Laser Desorption–Ionization Time of Flight Mass Spectrometry Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mamy Tiana Rajaonah</w:t>
+                <w:t xml:space="preserve">Charles Dumolin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maarten Aerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Verheyde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Schellaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Vandamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41396-019-0398-8⟩</w:t>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (5), pp.e00437-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mSystems.00437-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961999v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing SPeDE: High-Throughput Dereplication and Accurate Determination of Microbial Diversity from Matrix-Assisted Laser Desorption–Ionization Time of Flight Mass Spectrometry Data</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Simon Schellaert</w:t>
+                <w:t xml:space="preserve">Adaptations and evolution of a heritable leaf nodule symbiosis between Dioscorea sansibarensis and Orrella dioscoreae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric de Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bram Danneels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tessa Acar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tim Vandamme</w:t>
+                <w:t xml:space="preserve">Rado Rasolomampianina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamy Tiana Rajaonah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mSystems.00437-19⟩</w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (7), pp.1831-1844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41396-019-0398-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961994v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterologous expression, biosynthetic studies, and ecological function of the selective Gq-signaling inhibitor FR900359</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis and Biological Evaluation of the Novel Growth Inhibitor Streptol Glucoside, Isolated from an Obligate Plant Symbiont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Reher</w:t>
+                <w:t xml:space="preserve">Chien-Chi Hsiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabella Schamari</w:t>
+                <w:t xml:space="preserve">Antri Georgiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander O. Brachmann</w:t>
+                <w:t xml:space="preserve">Aurélien Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tsubasa Ohbayashi</w:t>
+                <w:t xml:space="preserve">Despina Emmanouilidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 57 (3), pp.836-840. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (7), pp.1722-1726. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201707996⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201805693⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02176996v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patterns of Nucleotide Deletion and Insertion Inferred from Bacterial Pseudogenes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Leaf nodule symbiosis: function and transmission of obligate bacterial endophytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Pinto-Carbó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Gademann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Eberl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gbe/evy140⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 44, pp.23-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pbi.2018.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962215v1</w:t>
+                <w:t xml:space="preserve">hal-02962213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterologe Expression, Biosynthese und ökologische Funktion des selektiven Gq‐Signaltransduktionsinhibitors FR900359</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abditibacterium utsteinense sp. nov., the first cultivated member of candidate phylum FBP, isolated from ice-free Antarctic soil samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bjorn Tytgat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liesbeth Lebbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Willems</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ange.201707996⟩</w:t>
+              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41 (4), pp.279-290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.syapm.2018.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962250v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leaf nodule symbiosis: function and transmission of obligate bacterial endophytes</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Heterologous expression, biosynthetic studies, and ecological function of the selective Gq-signaling inhibitor FR900359</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Crüsemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Reher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabella Schamari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander O. Brachmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tsubasa Ohbayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbi.2018.01.001⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (3), pp.836-840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201707996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">hal-02962213v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02176996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abditibacterium utsteinense sp. nov., the first cultivated member of candidate phylum FBP, isolated from ice-free Antarctic soil samples</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Patterns of Nucleotide Deletion and Insertion Inferred from Bacterial Pseudogenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bram Danneels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Pinto-Carbó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Willems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.syapm.2018.01.009⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (7), pp.1792-1802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evy140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962216v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative genomics of Burkholderia multivorans, a ubiquitous pathogen with a highly conserved genomic structure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+                <w:t xml:space="preserve">Heterologe Expression, Biosynthese und ökologische Funktion des selektiven Gq‐Signaltransduktionsinhibitors FR900359</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Crüsemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Reher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabella Schamari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Brachmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tsubasa Ohbayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0176191⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 130 (3), pp.844-849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ange.201707996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962266v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft genome and description of Orrella dioscoreae gen. nov. sp. nov., a new species of Alcaligenaceae isolated from leaf acumens of Dioscorea sansibarensis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The equivalence of two classical list scheduling algorithms for dependent typed tasks with release dates, due dates and precedence delays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Leo Eberl</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire C. Hanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Munier-Kordon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.syapm.2016.10.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Scheduling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10951-016-0507-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02962291v1</w:t>
+                <w:t xml:space="preserve">hal-01472060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Essential Genome of Burkholderia cenocepacia H111</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+                <w:t xml:space="preserve">Comparative Genomics of Burkholderia singularis sp. nov., a Low G+C Content, Free-Living Bacterium That Defies Taxonomic Dissection of the Genus Burkholderia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birgit de Smet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin Price</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derek Sarovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.00260-17⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962261v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Genomics of Burkholderia singularis sp. nov., a Low G+C Content, Free-Living Bacterium That Defies Taxonomic Dissection of the Genus Burkholderia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Derek Sarovich</w:t>
+                <w:t xml:space="preserve">The Essential Genome of Burkholderia cenocepacia H111</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Higgins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Sanchez-Contreras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Gualdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Pinto-Carbó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01679⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 199 (22), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.00260-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962256v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the emerging zoonotic pathogen Arcobacter thereius by whole genome sequencing and comparative genomics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Draft genome and description of Orrella dioscoreae gen. nov. sp. nov., a new species of Alcaligenaceae isolated from leaf acumens of Dioscorea sansibarensis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Koen Illeghems</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margo Cnockaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filip van Nieuwerburgh</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Linda Fehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Eberl</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (7), pp.e0180493. </w:t>
+              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 40 (1), pp.11-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0180493⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.syapm.2016.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962265v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The equivalence of two classical list scheduling algorithms for dependent typed tasks with release dates, due dates and precedence delays</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Comparative genomics of Burkholderia multivorans, a ubiquitous pathogen with a highly conserved genomic structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaughn Cooper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Hatcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Verheyde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Scheduling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10951-016-0507-8⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (4), pp.e0176191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0176191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01472060v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of siderophores in metal homeostasis of members of the genus Burkholderia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of the emerging zoonotic pathogen Arcobacter thereius by whole genome sequencing and comparative genomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Jenul</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Francesca Rovetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie van den Abeele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koen Illeghems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filip van Nieuwerburgh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1758-2229.12357⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (7), pp.e0180493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0180493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02962305v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular mechanisms underlying the close association between soil Burkholderia and fungi</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The genome analysis of C andidatus Burkholderia crenata reveals that secondary metabolism may be a key function of the A rdisia crenata leaf nodule symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Fehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Pinto-Carbó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Barberán</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Noah Fierer</w:t>
+                <w:t xml:space="preserve">Till Schäberle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Reher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (8), pp.2507-2522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.13184⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ismej.2015.73⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02962318v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of horizontal gene transfer between obligate leaf nodule symbionts</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular mechanisms underlying the close association between soil Burkholderia and fungi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven Dessein</w:t>
+                <w:t xml:space="preserve">Nejc Stopnisek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Wicker</w:t>
+                <w:t xml:space="preserve">Daniela Zühlke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brecht Verstraete</w:t>
+                <w:t xml:space="preserve">Albert Barberán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noah Fierer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 10 (9), pp.2092-2105. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ismej.2016.27⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 10 (1), pp.253-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2015.73⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962299v1</w:t>
+                <w:t xml:space="preserve">hal-02962318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genome analysis of C andidatus Burkholderia crenata reveals that secondary metabolism may be a key function of the A rdisia crenata leaf nodule symbiosis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The role of siderophores in metal homeostasis of members of the genus Burkholderia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anugraha Mathew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jenul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Eberl</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.13184⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (1), pp.103-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1758-2229.12357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962301v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical Model for the Study of Relocation Strategies in One-way Carsharing Systems</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evidence of horizontal gene transfer between obligate leaf nodule symbionts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Pinto-Carbó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Sieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Dessein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Wicker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brecht Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Procedia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (9), pp.2092-2105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2016.27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.trpro.2015.09.087⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01294551v1</w:t>
+                <w:t xml:space="preserve">hal-02962299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation and Total Synthesis of Kirkamide, an Aminocyclitol from an Obligate Leaf Nodule Symbiont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Neuburger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giselher Grabenweger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Eberl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 54 (27), pp.7968-7970. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/anie.201502696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02962312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Third Replicon of Members of the Burkholderia cepacia Complex, Plasmid pC3, Plays a Role in Stress Tolerance</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathematical Model for the Study of Relocation Strategies in One-way Carsharing Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Munier-Kordon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Witold Klaudel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.03330-13⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10, pp.374-383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trpro.2015.09.087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02381128v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01294551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Sequence of Burkholderia cenocepacia H111, a Cystic Fibrosis Airway Isolate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
+                <w:t xml:space="preserve">The Third Replicon of Members of the Burkholderia cepacia Complex, Plasmid pC3, Plays a Role in Stress Tolerance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirsty Agnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Frauenknecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Freitag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Schwager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jenul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00298-14⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80 (4), pp.1340-1348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.03330-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962320v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02381128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-hexanoyl-l-homoserine lactone,a mediator of bacterial quorum-sensing regulation,exhibits plant-dependent stability and may be inactivated by germinating Lotus corniculatus seedlings.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Raffoux</w:t>
+                <w:t xml:space="preserve">Genome Sequence of Burkholderia cenocepacia H111, a Cystic Fibrosis Airway Isolate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsty Agnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Uroz</w:t>
+                <w:t xml:space="preserve">Gabriella Pessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathy d'Angelo-Picard</w:t>
+                <w:t xml:space="preserve">Angela Suppiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jenul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 52, pp.13-20. </w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (2), pp.00298-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.femsec.2004.10.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00298-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00019093v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial populations in the rhizosphere of tobacco plants producing the quorum-sensing signals hexanoyl-homoserine lactone and 3-oxo-hexanoyl-homoserine lactone.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">N-hexanoyl-l-homoserine lactone,a mediator of bacterial quorum-sensing regulation,exhibits plant-dependent stability and may be inactivated by germinating Lotus corniculatus seedlings.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Raffoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Uroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy d'Angelo-Picard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Raffoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 51 (1), pp.19-29. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.femsec.2004.07.008⟩</w:t>
+              <w:t xml:space="preserve">, 2005, 52, pp.13-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.femsec.2004.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00122912v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00019093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The assimilation of gamma-butyrolactone in Agrobacterium tumefaciens C58 interferes with the accumulation of the N-acyl-homoserine lactone signal.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Bacterial populations in the rhizosphere of tobacco plants producing the quorum-sensing signals hexanoyl-homoserine lactone and 3-oxo-hexanoyl-homoserine lactone.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy d'Angelo-Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Uroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Raffoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 51 (1), pp.19-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.femsec.2004.07.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00122349v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00122912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The assimilation of gamma-butyrolactone in Agrobacterium tumefaciens C58 interferes with the accumulation of the N-acyl-homoserine lactone signal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dessaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 17 (9), pp.951-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00122349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Novel bacteria degrading N-acylhomoserine lactones and their use as quenchers of quorum-sensing-regulated functions of plant-pathogenic bacteria.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Uroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy d'Angelo-Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miena Elasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Sicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 149 (8), pp.1981-1989. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1099/mic.0.26375-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00135468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5930,501 +6064,501 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial symbiont replacement in a vertically-transmitted plant-bacterium association provides insights into the basis for specificity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Ninzatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Sana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tessa Acar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Jardinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05046391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclitol secondary metabolism is a central feature of Burkholderia leaf symbionts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bram Danneels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Blignaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Sieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Vandamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04685355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinct within-host bacterial populations ensure function, colonization and transmission in leaf symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tessa Acar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04685365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhizobium leguminosarum symbiovar viciae strains are natural wheat endophytes and can stimulate root development and colonization by arbuscular mycorrhizal fungi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Marchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Gris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Gasciolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02967159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6434,113 +6568,113 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CarlierLab/NanoSeq: NanoSeq v0.1.4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Moreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:84aeefcbb005fbfcc57bf34d07e6d3bc7ed94ecf;origin=https://hal.archives-ouvertes.fr/hal-04684858;visit=swh:1:snp:ec1c1768b43b8bb46545635f17f412049c4f22dc;anchor=swh:1:rel:cd2f9e24c57d0106a8571fc9f67f035784ba0f21;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6550,306 +6684,306 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole-Genome Sequencing of Bacterial Endophytes From Fresh and Preserved Plant Specimens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bram Danneels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial Environmental Genomics (MEG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2605, Springer US, pp.133-155, 2023, Methods in Molecular Biology, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-0716-2871-3_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orrella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bergey's Manual of Systematics of Archaea and Bacteria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Wiley and Sons Inc, 2019, 9781118960608. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781118960608.gbm01819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbial Biofilms and Quorum Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Pessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Eberl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ben Lugtenberg. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Principles of Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.45-52, 2015, 978-3-319-08574-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-08575-3_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02962307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6859,353 +6993,353 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The endophyte Candidatus Burkholderia crenata of the TCM plant Ardisia crenata produces the selective Gq-inhibitor FR900359</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Reher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Schamari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Kehraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Annala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Kuschak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Joint Meeting of AFERP, ASP, GA, JSP, PSE &amp; SIF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Copenhague, Denmark. pp.S1-S381, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1055/s-0036-1596736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02962290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation d'un système d'autopartage avec contraintes de relocalisation de véhicules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Munier-Kordon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Klaudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème conférence ROADEF (ROADEF 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01784811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a one-way carsharing system with relocation operations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Munier-Kordon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Klaudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Modeling, Optimization and SIMulation MOSIM 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01294548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7215,114 +7349,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal design of a one-way carsharing system including electric vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Operations Research [math.OC]. Université Pierre et Marie Curie - Paris VI, 2016. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016PA066134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01397234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId241"/>
+      <w:footerReference w:type="default" r:id="rId248"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7390,51 +7524,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="17B87129"/>
+    <w:nsid w:val="D5359C16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7621,51 +7755,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-carlier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7565-1586" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/240121198" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/M-9671-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05284223v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vandamme" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Peeters" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Hettiarachchi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margo Cnockaert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carlier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2025.126642" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514678v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ninzatti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault G Sana" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Acar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Moreau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismejo/wraf177" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514735v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/pbiomes-11-24-0111-rvw" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474396v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sana" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areti Notopoulou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Puygrenier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Decossas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.11.057" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659457v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Carlier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Beaumel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault G&#233;ry Sana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006395" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670561v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Houdinet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Maviane-Macia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0302377" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04043115v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Danneels" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Blignaut" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sieber" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16292" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04012775v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Meyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1114690" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095845v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2023.126405" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778794v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leroux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01033-22" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204399v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bartoli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boivin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marchetti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gris" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gasciolli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16148" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03592289v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Shan Qi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004781" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153687v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Yi Sheu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Chu Chen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Che-Chia Yang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Ming Chen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004749" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03255451v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004667" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03097074v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bogdanov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ranty&#8208;roby" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462&#8208;2920.15382" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03272495v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Viruel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krista Mcgrath" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Janssens" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Wales" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.03.049" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151291v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004538" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961993v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Goussarov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse Cleenwerck" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mysara" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Leys" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Monsieurs" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz964" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962208v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Chi Hsiao" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antri Georgiou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bailly" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Despina Emmanouilidou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201805693" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961999v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rado Rasolomampianina" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamy Tiana Rajaonah" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0398-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961994v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dumolin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Aerts" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Verheyde" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Schellaert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Vandamme" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00437-19" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176996v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Cr&#252;semann" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Reher" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Schamari" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O. Brachmann" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsubasa Ohbayashi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201707996" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962215v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pinto-Carb&#243;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy140" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962250v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Brachmann" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201707996" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962213v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Gademann" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Eberl" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2018.01.001" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VCP9B9X4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962216v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tahon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn Tytgat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liesbeth Lebbe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Willems" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2018.01.009" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962266v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaughn Cooper" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hatcher" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0176191" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962291v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Fehr" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2016.10.002" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-72G9F9XN-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962261v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Higgins" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sanchez-Contreras" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Gualdi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00260-17" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962256v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit de Smet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Price" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Sarovich" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01679" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962265v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Rovetto" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie van den Abeele" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Illeghems" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip van Nieuwerburgh" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180493" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01472060v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Hanen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Munier-Kordon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10951-016-0507-8" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962305v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anugraha Mathew" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jenul" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12357" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MKXGLWN1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962318v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejc Stopnisek" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Z&#252;hlke" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Barber&#225;n" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Fierer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2015.73" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962299v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Dessein" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wicker" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brecht Verstraete" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2016.27" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962301v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Sch&#228;berle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13184" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0CGWS827-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294551v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Klaudel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2015.09.087" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962312v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Neuburger" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giselher Grabenweger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201502696" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381128v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsty Agnoli" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Frauenknecht" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Freitag" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Schwager" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03330-13" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962320v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Pessi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Suppiger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00298-14" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019093v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Delalande" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Faure" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Raffoux" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Uroz" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy d'Angelo-Picard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsec.2004.10.005" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HG09T39M-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122912v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsec.2004.07.008" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SMR4X80C-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122349v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chevrot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dessaux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00135468v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miena Elasri" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Sicot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.26375-0" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046391v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685355v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685365v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967159v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684858v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:84aeefcbb005fbfcc57bf34d07e6d3bc7ed94ecf;origin=https://hal.archives-ouvertes.fr/hal-04684858;visit=swh:1:snp:ec1c1768b43b8bb46545635f17f412049c4f22dc;anchor=swh:1:rel:cd2f9e24c57d0106a8571fc9f67f035784ba0f21;path=/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683453v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2871-3_7" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790875v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118960608.gbm01819" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962307v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08575-3_7" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962290v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Reher" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Schamari" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kehraus" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Annala" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kuschak" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1596736" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784811v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294548v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01397234v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA066134" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-carlier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7565-1586" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/240121198" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/M-9671-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05557273v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Torres-P&#252;schel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Zimmer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kehraus" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aia Ali Abdelrahman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Schneider" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.5c01579" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514735v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ninzatti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carlier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/pbiomes-11-24-0111-rvw" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05284223v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vandamme" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Peeters" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Hettiarachchi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margo Cnockaert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2025.126642" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514678v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault G Sana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Acar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Moreau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismejo/wraf177" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474396v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sana" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areti Notopoulou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Puygrenier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Decossas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.11.057" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659457v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Carlier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Beaumel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault G&#233;ry Sana" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.006395" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670561v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Houdinet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Maviane-Macia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0302377" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04043115v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Danneels" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Blignaut" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sieber" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16292" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04012775v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Meyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1114690" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095845v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2023.126405" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778794v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leroux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01033-22" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204399v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bartoli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boivin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Marchetti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gris" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gasciolli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16148" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03592289v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Shan Qi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004781" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05153687v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Yi Sheu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Chu Chen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Che-Chia Yang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Ming Chen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004749" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03255451v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004667" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03272495v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Viruel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krista Mcgrath" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Janssens" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Wales" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.03.049" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03097074v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bogdanov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ranty&#8208;roby" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462&#8208;2920.15382" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151291v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.004538" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961993v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Goussarov" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse Cleenwerck" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mysara" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Leys" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Monsieurs" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz964" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961994v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dumolin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Aerts" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Verheyde" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Schellaert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Vandamme" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00437-19" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961999v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rado Rasolomampianina" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamy Tiana Rajaonah" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0398-8" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962208v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Chi Hsiao" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antri Georgiou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bailly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Despina Emmanouilidou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201805693" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962213v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pinto-Carb&#243;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Gademann" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Eberl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2018.01.001" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VCP9B9X4-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962216v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tahon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn Tytgat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liesbeth Lebbe" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Willems" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2018.01.009" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176996v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Cr&#252;semann" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Reher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Schamari" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O. Brachmann" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsubasa Ohbayashi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201707996" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962215v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evy140" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962250v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Brachmann" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201707996" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01472060v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Hanen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Munier-Kordon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10951-016-0507-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962256v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit de Smet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Price" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Sarovich" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01679" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962261v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Higgins" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sanchez-Contreras" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Gualdi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00260-17" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962291v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Fehr" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2016.10.002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-72G9F9XN-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962266v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaughn Cooper" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hatcher" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0176191" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962265v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Rovetto" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie van den Abeele" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Illeghems" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip van Nieuwerburgh" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180493" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962301v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Sch&#228;berle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13184" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0CGWS827-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962318v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejc Stopnisek" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Z&#252;hlke" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Barber&#225;n" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Fierer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2015.73" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962305v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anugraha Mathew" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jenul" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12357" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MKXGLWN1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962299v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Dessein" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wicker" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brecht Verstraete" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2016.27" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962312v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Neuburger" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giselher Grabenweger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201502696" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294551v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Klaudel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2015.09.087" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381128v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsty Agnoli" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Frauenknecht" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Freitag" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Schwager" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03330-13" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962320v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Pessi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Suppiger" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00298-14" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019093v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Delalande" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Faure" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Raffoux" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Uroz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy d'Angelo-Picard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsec.2004.10.005" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HG09T39M-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122912v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsec.2004.07.008" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SMR4X80C-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122349v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chevrot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dessaux" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00135468v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miena Elasri" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Sicot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.26375-0" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046391v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685355v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685365v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967159v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684858v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:84aeefcbb005fbfcc57bf34d07e6d3bc7ed94ecf;origin=https://hal.archives-ouvertes.fr/hal-04684858;visit=swh:1:snp:ec1c1768b43b8bb46545635f17f412049c4f22dc;anchor=swh:1:rel:cd2f9e24c57d0106a8571fc9f67f035784ba0f21;path=/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683453v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2871-3_7" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790875v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118960608.gbm01819" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962307v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08575-3_7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962290v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Reher" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Schamari" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kehraus" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Annala" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kuschak" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1596736" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784811v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294548v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01397234v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA066134" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>