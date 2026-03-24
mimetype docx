--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -174,3374 +174,3348 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (62)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (63)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brittle Crack Initiation Seen as a Dynamic Crack Propagation Phenomenon</w:t>
+                <w:t xml:space="preserve">Initiation of Regularized Cracks is Explained by the Coupled Criterion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Estevez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Bonnel</w:t>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2026.106550⟩</w:t>
+              <w:t xml:space="preserve">, 2026, pp.106576. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2026.106576⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05505991v1</w:t>
+                <w:t xml:space="preserve">hal-05539961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V-notch crack initiation by the coupled criterion considering plasticity</w:t>
+                <w:t xml:space="preserve">Brittle Crack Initiation Seen as a Dynamic Crack Propagation Phenomenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+                <w:t xml:space="preserve">François Bonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10704-024-00822-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2026.106550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04865258v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05505991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiber–matrix interface debonding and transverse cracking in macro fiber composites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">V-notch crack initiation by the coupled criterion considering plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behrad Koohbor</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hugo Girard</w:t>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2025.111345⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10704-024-00822-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05115375v1</w:t>
+                <w:t xml:space="preserve">hal-04865258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Review of Characteristic Lengths in the Coupled Criterion Framework and Advanced Fracture Models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fiber–matrix interface debonding and transverse cracking in macro fiber composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behrad Koohbor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaynab Hazaveh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gergely Molnár</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+                <w:t xml:space="preserve">Hugo Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crmeca.280⟩</w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 325, pp.111345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2025.111345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04785401v2</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05115375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of sapphire strength across the scales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan Henry</w:t>
+                <w:t xml:space="preserve">A Review of Characteristic Lengths in the Coupled Criterion Framework and Advanced Fracture Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2025.102439⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 353 (G1), pp.91-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05115386v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04785401v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between 2D and 3D fiber-matrix debonding simulation for inverse identification of interface fracture properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Girard</w:t>
+                <w:t xml:space="preserve">Investigation of sapphire strength across the scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/jtcam.12997⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.102439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2025.102439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04431332v2</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05115386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the determination of optimal 3D initiation crack shapes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Comparison between 2D and 3D fiber-matrix debonding simulation for inverse identification of interface fracture properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behrad Koohbor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Renaud G. Rinaldi</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud G Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crmeca.309⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.12997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05247810v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04431332v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of the matched asymptotic approach of the coupled criterion</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Israel García García</w:t>
+                <w:t xml:space="preserve">Towards the determination of optimal 3D initiation crack shapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Tosti Umemura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behrad Koohbor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud G. Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 353 (G1), pp.339-357. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crmeca.285⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 353, pp.901-922. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04935607v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05247810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explanation of edge defect influence on sapphire bending strength scatter using the coupled criterion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Review of the matched asymptotic approach of the coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Jiménez-Alfaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Israel García García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 45 (4), pp.117052. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 353 (G1), pp.339-357. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2024.117052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706682v2</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04935607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms of transverse cracking induced by adjacent ply matrix cracks in composite laminates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Explanation of edge defect influence on sapphire bending strength scatter using the coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Martin</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crmeca.286⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45 (4), pp.117052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2024.117052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04935596v1</w:t>
+                <w:t xml:space="preserve">hal-04706682v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of fracture properties by coupling digital image correlation and Finite Fracture Mechanics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rafael Estevez</w:t>
+                <w:t xml:space="preserve">Mechanisms of transverse cracking induced by adjacent ply matrix cracks in composite laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10704-025-00885-9⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 353 (G1), pp.359-377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244282v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04935596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding regularized crack initiation through the lens of Finite Fracture Mechanics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of fracture properties by coupling digital image correlation and Finite Fracture Mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Ferrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Sapora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Fracture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 249 (1), pp.12. </w:t>
+              <w:t xml:space="preserve">, 2025, 249 (4), pp.66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10704-024-00837-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10704-025-00885-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04890063v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review of the coupled criterion</w:t>
+                <w:t xml:space="preserve">Understanding regularized crack initiation through the lens of Finite Fracture Mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Xi Chen</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/jtcam.11072⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 249 (1), pp.12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10704-024-00837-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04023438v2</w:t>
+                <w:t xml:space="preserve">hal-04890063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Measurement of Fiber-Matrix Interface Debonding and Tunneling Using a Dual-Vision Experimental Setup</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A review of the coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Duminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Behrad Koohbor</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-024-01111-8⟩</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.11072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707738v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023438v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction in the Sensor Effect on Acoustic Emission Data to Create a Generalizable Library by Data Merging</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Explanation of edge defect influence on sapphire bending strength scatter using the coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claudio Fusco</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s24082421⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.117052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2024.117052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04540901v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explanation of edge defect influence on sapphire bending strength scatter using the coupled criterion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduction in the Sensor Effect on Acoustic Emission Data to Create a Generalizable Library by Data Merging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Fusco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2024.117052⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (8), pp.2421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s24082421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04779228v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04540901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of elastic and toughness anisotropy on crack initiation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Venkat Ayyalasomayajula</w:t>
+                <w:t xml:space="preserve">Simultaneous Measurement of Fiber-Matrix Interface Debonding and Tunneling Using a Dual-Vision Experimental Setup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazi Zahir Uddin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Beau Mennie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behrad Koohbor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2024.112950⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-024-01111-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672852v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-field simulation and coupled criterion link echelon cracks to internal length in antiplane shear</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gergely Molnár</w:t>
+                <w:t xml:space="preserve">Influence of elastic and toughness anisotropy on crack initiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Duminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Venkat Ayyalasomayajula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Véronique Lazarus</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2024.105675⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 302, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2024.112950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611234v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Failure assessment of eccentric circular holes under compressive loading</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phase-field simulation and coupled criterion link echelon cracks to internal length in antiplane shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Estevez</w:t>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 188, pp.105675. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10704-024-00805-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2024.105675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707787v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the importance of the cracking process description for dynamic crack initiation simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xi Chen</w:t>
+                <w:t xml:space="preserve">Failure assessment of eccentric circular holes under compressive loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Ferrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Sapora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudio Fusco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 310, pp.110473. </w:t>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2024.110473⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10704-024-00805-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707753v1</w:t>
+                <w:t xml:space="preserve">hal-04707787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture parameter identification by Digital Image Correlation and Finite Fracture Mechanics for millimeter-scale samples</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Duminy</w:t>
+                <w:t xml:space="preserve">On the importance of the cracking process description for dynamic crack initiation simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Fusco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 295, pp.109770. </w:t>
+              <w:t xml:space="preserve">, 2024, 310, pp.110473. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2023.109770⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2024.110473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04316450v1</w:t>
+                <w:t xml:space="preserve">hal-04707753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of debonding and substrate plasticity on thin film multicracking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fracture parameter identification by Digital Image Correlation and Finite Fracture Mechanics for millimeter-scale samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Duminy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/J.tafmec.2024.104375⟩</w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 295, pp.109770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2023.109770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04511288v1</w:t>
+                <w:t xml:space="preserve">hal-04316450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nacre-like composites with a soft thermoplastic elastomer matrix</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Fournier</w:t>
+                <w:t xml:space="preserve">Influence of debonding and substrate plasticity on thin film multicracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Rubeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Steyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2023.110302⟩</w:t>
+              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 131, pp.104375. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.tafmec.2024.104375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04242282v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Characterization of In-Plane Debonding at Fiber-Matrix Interface Using Single Glass Macro Fiber Samples</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nacre-like composites with a soft thermoplastic elastomer matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Rajinthan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Galkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liuyin Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2023.107573⟩</w:t>
+              <w:t xml:space="preserve">Composites Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.110302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2023.110302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03913976v2</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crack initiation in PMMA plates with circular holes considering kinetic energy and nonlinear elastic material behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xi Chen</w:t>
+                <w:t xml:space="preserve">Experimental Characterization of In-Plane Debonding at Fiber-Matrix Interface Using Single Glass Macro Fiber Samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behrad Koohbor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claudio Fusco</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Livingston</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.103783. </w:t>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 171, pp.107573. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2023.103783⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2023.107573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03955880v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03913976v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of nearby fiber on fiber–matrix debonding: Coupled Criterion prediction and debonding shape determination</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Crack initiation in PMMA plates with circular holes considering kinetic energy and nonlinear elastic material behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Fusco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2023.105498⟩</w:t>
+              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.103783. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2023.103783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04309201v1</w:t>
+                <w:t xml:space="preserve">hal-03955880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting facet nucleation under mixed mode I+III loading with T-stress and mode-dependent fracture properties</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Influence of nearby fiber on fiber–matrix debonding: Coupled Criterion prediction and debonding shape determination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Koohbor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.G. Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10704-023-00703-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.105498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2023.105498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04099410v2</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strength-based regularization length in phase field fracture</w:t>
+                <w:t xml:space="preserve">Revisiting facet nucleation under mixed mode I+III loading with T-stress and mode-dependent fracture properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Estevez</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Lazarus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.103728. </w:t>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2022.103728⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10704-023-00703-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03919622v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099410v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic fracture in nacre-like alumina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Duminy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 123, pp.103710. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3569,3850 +3543,3967 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03885621v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulation of fiber–matrix debonding: Inverse identification of interface properties</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Strength-based regularization length in phase field fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.103728. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2023.109254⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2022.103728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04080578v1</w:t>
+                <w:t xml:space="preserve">hal-03919622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodynamically consistent linear-gradient damage model in Abaqus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gergely Molnár</w:t>
+                <w:t xml:space="preserve">Numerical simulation of fiber–matrix debonding: Inverse identification of interface properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Koohbor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.G. Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 266, pp.108390. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2022.108390⟩</w:t>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2023.109254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03623490v1</w:t>
+                <w:t xml:space="preserve">hal-04080578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transverse Cracking Induced Acoustic Emission in Carbon Fiber-Epoxy Matrix Composite Laminates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermodynamically consistent linear-gradient damage model in Abaqus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Jaccon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Prabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma15010394⟩</w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 266, pp.108390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2022.108390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03512965v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic crack initiation assessment with the coupled criterion</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transverse Cracking Induced Acoustic Emission in Carbon Fiber-Epoxy Matrix Composite Laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Zeina Hamam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Fusco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Carrere</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2021.104483⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma15010394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03955511v2</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03512965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Voids Detection in Bonded Metal/Composite Assemblies Using Acousto-Ultrasonic Method</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic crack initiation assessment with the coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Carrere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app12094153⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 93, pp.104483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2021.104483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763019v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955511v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variability in porous ceramic fracture: influence of apparent density and critical pores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Uhl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2022.05.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03667385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brittle material strength and fracture toughness estimation from four-point bending test</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical Voids Detection in Bonded Metal/Composite Assemblies Using Acousto-Ultrasonic Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jialiang Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Sarr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chataigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (9), pp.4153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/jtcam.6753⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app12094153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02925844v4</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and theoretical characterization of mixed mode brittle failure from square holes</w:t>
+                <w:t xml:space="preserve">Brittle material strength and fracture toughness estimation from four-point bending test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rafael Estevez</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10704-020-00512-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.6753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03336440v1</w:t>
+                <w:t xml:space="preserve">hal-02925844v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study based on 2D assumptions of the influence of small pores on crack initiation in adhesively bonded joints</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Carrère</w:t>
+                <w:t xml:space="preserve">Acoustic Emission Signal Due to Fiber Break and Fiber Matrix Debonding in Model Composite: A Computational Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeina Hamam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Fusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Monnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 111, pp.102979. </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (18), pp.8406. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2021.102979⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app11188406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03336455v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03413442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic Emission Signal Due to Fiber Break and Fiber Matrix Debonding in Model Composite: A Computational Study</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Size effect assessment by Weibull's approach and the coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Monnier</w:t>
+                <w:t xml:space="preserve">Tanja Lube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (18), pp.8406. </w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 256, pp.107979. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app11188406⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2021.107979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03413442v1</w:t>
+                <w:t xml:space="preserve">hal-03394411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size effect assessment by Weibull's approach and the coupled criterion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Theoretical study based on 2D assumptions of the influence of small pores on crack initiation in adhesively bonded joints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Carrère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2021.107979⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 111, pp.102979. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2021.102979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03394411v1</w:t>
+                <w:t xml:space="preserve">hal-03336455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotic analysis of pore crack initiation near a free edge</w:t>
+                <w:t xml:space="preserve">Experimental and theoretical characterization of mixed mode brittle failure from square holes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Cornetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Sapora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 228 (1), pp.33-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2021.103125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10704-020-00512-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03394408v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03336440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical implementation of the coupled criterion: matched asymptotic and full finite element approaches</w:t>
+                <w:t xml:space="preserve">Asymptotic analysis of pore crack initiation near a free edge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 168, pp.103344. </w:t>
+              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.finel.2019.103344⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2021.103125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02344810v1</w:t>
+                <w:t xml:space="preserve">hal-03394408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of interface fracture properties by micro-and macro-scale experiments in nacre-like alumina</w:t>
+                <w:t xml:space="preserve">Fracture and Cohesive Parameter Identification of Refractories by Digital Image Correlation Up to 1200°C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Saad</w:t>
+                <w:t xml:space="preserve">R. Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Deville</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+                <w:t xml:space="preserve">M. Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Leplay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2020.104143⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.577-590. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-020-00584-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02875338v1</w:t>
+                <w:t xml:space="preserve">hal-02780559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture and Cohesive Parameter Identification of Refractories by Digital Image Correlation Up to 1200°C</w:t>
+                <w:t xml:space="preserve">Determination of interface fracture properties by micro-and macro-scale experiments in nacre-like alumina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R. Estevez</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Thibault</w:t>
+                <w:t xml:space="preserve">Hassan Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Leplay</w:t>
+                <w:t xml:space="preserve">Sylvain Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.577-590. </w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 145, pp.104143. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11340-020-00584-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2020.104143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02780559v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02875338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental determination of generalized stress intensity factors from full-field measurements</w:t>
+                <w:t xml:space="preserve">Numerical implementation of the coupled criterion: matched asymptotic and full finite element approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 230, pp.106980. </w:t>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 168, pp.103344. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2020.106980⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2019.103344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02780524v1</w:t>
+                <w:t xml:space="preserve">hal-02344810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the strength of micron‐scale ceramic platelets</w:t>
+                <w:t xml:space="preserve">Experimental determination of generalized stress intensity factors from full-field measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jace.17148⟩</w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 230, pp.106980. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2020.106980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02780475v1</w:t>
+                <w:t xml:space="preserve">hal-02780524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; micron scale specimen fracture: Parameter identification and influence of porosities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toughness or strength? Regularization in phase-field fracture explained by the coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafaël Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 108, pp.102665. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2020.102665⟩</w:t>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2020.102736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02780419v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03004341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toughness or strength? Regularization in phase-field fracture explained by the coupled criterion</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revisiting the strength of micron‐scale ceramic platelets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2020.102736⟩</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.17148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03004341v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02780475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface failure in nacre-like alumina</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">UO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; micron scale specimen fracture: Parameter identification and influence of porosities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Zacharie-Aubrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Gatt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 40 (13), pp.4694-4699. </w:t>
+              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 108, pp.102665. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.05.068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2020.102665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02520891v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02780419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear implementation of Finite Fracture Mechanics: A case study on notched Brazilian disk samples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interface failure in nacre-like alumina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alberto Sapora</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.103245. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (13), pp.4694-4699. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2019.103245⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.05.068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02332900v1</w:t>
+                <w:t xml:space="preserve">hal-02520891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the thermal shock induced cracking in ceramics</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nonlinear implementation of Finite Fracture Mechanics: A case study on notched Brazilian disk samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Sapora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2019.11.071⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Non-Linear Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.103245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijnonlinmec.2019.103245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02418652v1</w:t>
+                <w:t xml:space="preserve">hal-02332900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between cohesive zone and coupled criterion modeling of crack initiation in rhombus hole specimens under quasi-static compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 99, pp.51-59. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tafmec.2018.11.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02173117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and numerical modeling of crack initiation in rhombus hole PMMA specimens under compression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the thermal shock induced cracking in ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Felipe Faria Ricardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 76, pp.290-299. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 40 (4), pp.1513-1521. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2019.04.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2019.11.071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302541v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computation of generalized stress intensity factors of 3D singularities</w:t>
+                <w:t xml:space="preserve">Experimental characterization and numerical modeling of crack initiation in rhombus hole PMMA specimens under compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.271-280. </w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 76, pp.290-299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.11.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2019.04.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02418654v1</w:t>
+                <w:t xml:space="preserve">hal-02302541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D application of the coupled criterion to crack initiation prediction in epoxy/aluminum specimens under four point bending</w:t>
+                <w:t xml:space="preserve">Computation of generalized stress intensity factors of 3D singularities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, 143, </w:t>
+              <w:t xml:space="preserve">, 2019, pp.271-280. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.03.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2019.11.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01741801v1</w:t>
+                <w:t xml:space="preserve">hal-02418654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling of the nucleation of facets ahead of a primary crack under mode I+III loading</w:t>
+                <w:t xml:space="preserve">3D application of the coupled criterion to crack initiation prediction in epoxy/aluminum specimens under four point bending</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 213 (1), pp.37-50. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 143, </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10704-018-0305-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01905990v1</w:t>
+                <w:t xml:space="preserve">hal-01741801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between 2D and 3D applications of the coupled criterion to crack initiation prediction of scarf adhesive joints</w:t>
+                <w:t xml:space="preserve">Numerical modeling of the nucleation of facets ahead of a primary crack under mode I+III loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 85, pp.69-76. </w:t>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 213 (1), pp.37-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2018.05.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10704-018-0305-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01905668v1</w:t>
+                <w:t xml:space="preserve">hal-01905990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoscale analysis of damage growth in woven composites</w:t>
+                <w:t xml:space="preserve">Comparison between 2D and 3D applications of the coupled criterion to crack initiation prediction of scarf adhesive joints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2017.02.018⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 85, pp.69-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2018.05.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01480982v1</w:t>
+                <w:t xml:space="preserve">hal-01905668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damage onset modeling in woven composites based on a coupled stress and energy criterion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fagiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Hirsekorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 169, pp.189-200. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2016.11.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01474372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the influence of fabric layer shifts on the strain distributions in a multi-layer woven composite</w:t>
+                <w:t xml:space="preserve">Mesoscale analysis of damage growth in woven composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fagiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francois-Henri Leroy</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vincent Chiaruttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anne Mavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2016.02.054⟩</w:t>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96, pp.77-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2017.02.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929284v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and numerical modeling of damage at the mesoscopic scale of woven polymer matrix composites under quasi-static tensile loading</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the influence of fabric layer shifts on the strain distributions in a multi-layer woven composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fagiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-Henri Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Hirsekorn</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2015.09.015⟩</w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 145, pp.15-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2016.02.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929287v2</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Experimental characterization and numerical modeling of damage at the mesoscopic scale of woven polymer matrix composites under quasi-static tensile loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fagiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Chiaruttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.H. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Composites Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119, pp.1 - 11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2015.09.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929287v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Comparison between voxel and consistent meso-scale models of woven composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fagiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Irisarri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Hirsekorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 73, pp.143-154. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2015.02.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02332834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7422,100 +7513,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endommagement à l'échelle mésoscopique et son influence sur la tenue mécanique des matériaux composites tissés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génie mécanique [physics.class-ph]. Université de Bretagne occidentale - Brest, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016BRES0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01455235v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7525,1369 +7616,1369 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l'orientation des plis sur les mécanismes de fissuration d'un stratifié : Réamorçage de fissures ou décohésion inter-pli?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Carrere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers l'identification des propriétés à rupture de l'interface fibre-matrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bikard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the node release methods on the acoustic emission signals due to crack initiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Fusco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04822989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FIBER-MATRIX INTERFACE DEBONDING CHARACTERIZATION USING A DUAL-VISION SYSTEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milena Tosti Umemura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R G Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM21 – 21st European Conference on Composite Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Nantes, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.60691/yj56-np80⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l'interaction entre fibres sur la décohésion fibre-matrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behrad Koohbor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNC23 : Journées Nationales sur les Composites 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AMAC, UFC, Supmicrotech-ENSMM, CNRS, Jul 2023, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental-Computational Characterization of Fiber-to-Fiber Interactions in Glass Macro Fiber Composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zaynab Hazaveh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behrad Koohbor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th Technical Conference of the American Society for Composites, ASC 2023 - Boston</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Boston, United States. pp.43-50, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.12783/asc38/36517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04858963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination expérimentale de facteurs d'intensité de contrainte généralisés - caractérisation de l'amorçage d'une fissure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Size effect in phase-field fracture explained by the coupled criterion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Gravouil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auscultation par acousto-ultrasons de renfort de composite collé sur structure métallique : Approche par la modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chataigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04466521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacre-like alumina: past, present, and future (Keynote)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe L. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress and exhibition on Advanced Materials and Processes (EUROMAT 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03485180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled stress and energy analysis of crack onset in textile composites at the mesoscopic scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Hirsekorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fagiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characterization and numerical modeling of damage at the mesoscopic scale of woven composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fagiano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ODAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01132019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId239"/>
+      <w:footerReference w:type="default" r:id="rId241"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8955,51 +9046,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EA57D2A2"/>
+    <w:nsid w:val="54A79731"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9186,51 +9277,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-doitrand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-3507" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199158746" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505991v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Estevez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2026.106550" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865258v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leguillon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-024-00822-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115375v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrad Koohbor" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynab Hazaveh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Girard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2025.111345" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785401v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Moln&#225;r" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gravouil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.280" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115386v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2025.102439" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431332v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud G Rinaldi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.12997" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247810v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Tosti Umemura" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud G. Rinaldi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.309" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935607v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Jim&#233;nez-Alfaro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Garc&#237;a Garc&#237;a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.285" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706682v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.117052" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935596v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carr&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Conan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.286" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244282v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ferrian" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Sapora" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-025-00885-9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890063v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-024-00837-9" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023438v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duminy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Chen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.11072" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707738v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazi Zahir Uddin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Beau Mennie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-024-01111-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540901v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fusco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24082421" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779228v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672852v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkat Ayyalasomayajula" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2024.112950" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611234v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lazarus" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2024.105675" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707787v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-024-00805-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707753v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2024.110473" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316450v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2023.109770" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511288v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Rubeck" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chevalier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steyer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.tafmec.2024.104375" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242282v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rajinthan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fritz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Galkov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liuyin Jiang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2023.110302" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913976v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Livingston" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2023.107573" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955880v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2023.103783" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309201v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Girard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doitrand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Koohbor" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Rinaldi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Godin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2023.105498" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099410v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-023-00703-0" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919622v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103728" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885621v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103710" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080578v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2023.109254" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623490v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jaccon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Prabel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.108390" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512965v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Hamam" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carrere" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15010394" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955511v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Doitrand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2021.104483" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763019v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jialiang Guo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Sarr" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chataigner" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gaillet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12094153" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667385v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Uhl" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.05.020" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925844v4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.6753" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336440v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Cornetti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-020-00512-9" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336455v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2021.102979" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413442v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Monnier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11188406" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394411v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Lube" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2021.107979" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394408v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2021.103125" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02344810v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2019.103344" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875338v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Saad" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2020.104143" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780559v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Estevez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thibault" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leplay" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-020-00584-7" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780524v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.106980" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780475v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.17148" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780419v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Zacharie-Aubrun" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gatt" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2020.102665" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004341v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Estevez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2020.102736" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520891v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.05.068" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332900v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2019.103245" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418652v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Felipe Faria Ricardo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Parry" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.11.071" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02173117v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2018.11.007" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302541v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2019.04.013" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418654v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.11.019" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01741801v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.03.005" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01905990v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-018-0305-8" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01905668v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2018.05.022" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480982v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fagiano" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chiaruttini" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mavel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.02.018" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474372v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hirsekorn" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2016.11.021" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929284v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Henri Leroy" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2016.02.054" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929287v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fagiano" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chiaruttini" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H. Leroy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mavel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2015.09.015" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332834v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Irisarri" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2015.02.022" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01455235v2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016BRES0077" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360132v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360185v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rinaldi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bikard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822989v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835851v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Girard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R G Rinaldi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60691/yj56-np80" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606792v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bert" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858963v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/asc38/36517" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717603v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717718v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Molnar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466521v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485180v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L. Martin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffr&#232;s" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354646v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132019v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-doitrand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1000-3507" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199158746" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539961v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Moln&#225;r" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2026.106576" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505991v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Estevez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2026.106550" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865258v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leguillon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-024-00822-2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115375v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behrad Koohbor" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynab Hazaveh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Girard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2025.111345" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785401v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gravouil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.280" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115386v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Henry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2025.102439" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431332v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud G Rinaldi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.12997" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247810v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Tosti Umemura" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud G. Rinaldi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.309" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935607v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Jim&#233;nez-Alfaro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Garc&#237;a Garc&#237;a" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.285" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706682v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2024.117052" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935596v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carr&#232;re" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Conan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.286" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244282v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ferrian" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Sapora" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-025-00885-9" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890063v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-024-00837-9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023438v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duminy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Chen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.11072" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779228v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540901v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fusco" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24082421" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707738v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazi Zahir Uddin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Beau Mennie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-024-01111-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672852v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkat Ayyalasomayajula" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2024.112950" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611234v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lazarus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2024.105675" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707787v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-024-00805-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707753v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2024.110473" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316450v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2023.109770" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511288v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Rubeck" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chevalier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steyer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.tafmec.2024.104375" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242282v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rajinthan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fritz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Galkov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liuyin Jiang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2023.110302" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913976v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Livingston" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2023.107573" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955880v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2023.103783" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309201v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Girard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doitrand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Koohbor" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Rinaldi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Godin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2023.105498" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099410v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-023-00703-0" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885621v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103710" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919622v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103728" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080578v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2023.109254" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623490v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jaccon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Prabel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.108390" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512965v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Hamam" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carrere" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15010394" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955511v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Doitrand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2021.104483" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667385v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Uhl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.05.020" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763019v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jialiang Guo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Sarr" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chataigner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gaillet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12094153" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925844v4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.6753" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413442v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Monnier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11188406" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394411v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Lube" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2021.107979" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336455v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2021.102979" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336440v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Cornetti" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-020-00512-9" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394408v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2021.103125" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780559v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Estevez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thibault" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leplay" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-020-00584-7" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875338v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Saad" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2020.104143" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02344810v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2019.103344" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780524v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.106980" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004341v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Estevez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2020.102736" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780475v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.17148" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02780419v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Zacharie-Aubrun" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gatt" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2020.102665" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520891v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.05.068" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332900v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijnonlinmec.2019.103245" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02173117v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2018.11.007" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418652v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Felipe Faria Ricardo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Parry" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.11.071" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302541v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2019.04.013" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418654v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2019.11.019" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01741801v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.03.005" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01905990v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-018-0305-8" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01905668v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2018.05.022" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474372v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fagiano" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chiaruttini" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hirsekorn" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2016.11.021" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480982v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mavel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.02.018" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929284v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Henri Leroy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2016.02.054" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929287v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fagiano" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chiaruttini" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H. Leroy" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mavel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2015.09.015" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332834v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Irisarri" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2015.02.022" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01455235v2" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016BRES0077" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360132v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360185v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rinaldi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bikard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822989v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835851v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Girard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R G Rinaldi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60691/yj56-np80" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606792v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858963v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12783/asc38/36517" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717603v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717718v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Molnar" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466521v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485180v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L. Martin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffr&#232;s" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354646v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132019v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>