--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1121,429 +1121,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04233284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observations of the chemistry and concentrations of reactive Hg at locations with different ambient air chemistry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sarrah Dunham-Cheatham</w:t>
+                <w:t xml:space="preserve">Over a decade of atmospheric mercury monitoring at Amsterdam Island in the French Southern and Antarctic Lands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Magand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalie Allen</w:t>
+                <w:t xml:space="preserve">Jeroen E Sonke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Choma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">William Johnson</w:t>
+                <w:t xml:space="preserve">Laure Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166184⟩</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-02740-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04349849v1</w:t>
+                <w:t xml:space="preserve">hal-04349870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Untangling the influence of Antarctic and Southern Ocean life on clouds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Mallet</w:t>
+                <w:t xml:space="preserve">Ruhi Humphries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruhi Humphries</w:t>
+                <w:t xml:space="preserve">Sonya Fiddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonya Fiddes</w:t>
+                <w:t xml:space="preserve">Simon Alexander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katye Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1525/elementa.2022.00130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04244663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Over a decade of atmospheric mercury monitoring at Amsterdam Island in the French Southern and Antarctic Lands</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Bertrand</w:t>
+                <w:t xml:space="preserve">Observations of the chemistry and concentrations of reactive Hg at locations with different ambient air chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mae Sexauer Gustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarrah Dunham-Cheatham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeroen E Sonke</w:t>
+                <w:t xml:space="preserve">Nicole Choma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Laffont</w:t>
+                <w:t xml:space="preserve">William Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10 (1), </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 904, pp.166184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41597-023-02740-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04349870v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observed in-plume gaseous elemental mercury depletion suggests significant mercury scavenging by volcanic aerosols</w:t>
               </w:r>
@@ -1925,295 +1925,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03969022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arctic observations and sustainable development goals – Contributions and examples from ERA-PLANET iCUPE data</w:t>
+                <w:t xml:space="preserve">Probing the limits of sampling gaseous elemental mercury passively in the remote atmosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steffen M. Noe</w:t>
+                <w:t xml:space="preserve">Christopher Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Magand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ksenia Tabakova</w:t>
+                <w:t xml:space="preserve">Jérôme Brioude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Di Muro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Mahura</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Miriam Kosmale</w:t>
+                <w:t xml:space="preserve">Christophe Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science &amp; Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envsci.2022.02.034⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science : Atmospheres </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d2ea00119e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03610314v1</w:t>
+                <w:t xml:space="preserve">hal-03936028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the limits of sampling gaseous elemental mercury passively in the remote atmosphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arctic observations and sustainable development goals – Contributions and examples from ERA-PLANET iCUPE data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen M. Noe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenia Tabakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Hoang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Magand</w:t>
+                <w:t xml:space="preserve">Alexander Mahura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Brioude</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andréa Di Muro</w:t>
+                <w:t xml:space="preserve">Hanna K. Lappalainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Brunet</w:t>
+                <w:t xml:space="preserve">Miriam Kosmale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science : Atmospheres </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Environmental Science &amp; Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 132, pp.323-336. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d2ea00119e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envsci.2022.02.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03936028v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03610314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for Interhemispheric Mercury Exchange in the Pacific Ocean Upper Troposphere</w:t>
               </w:r>
@@ -2595,291 +2595,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03761752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MICROORGANISMS FLOATING THROUGH THE AIR</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A peat core Hg stable isotope reconstruction of Holocene atmospheric Hg deposition at Amsterdam Island (37.8oS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Técher</w:t>
+                <w:t xml:space="preserve">Chuxian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy M. Vogel</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Enrico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Magand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz F Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers for Young Minds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/frym.2022.629355⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 341, pp.62-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2022.11.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04349896v1</w:t>
+                <w:t xml:space="preserve">hal-03906056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A peat core Hg stable isotope reconstruction of Holocene atmospheric Hg deposition at Amsterdam Island (37.8oS)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Oliver Magand</w:t>
+                <w:t xml:space="preserve">MICROORGANISMS FLOATING THROUGH THE AIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romie Tignat-Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz F Araujo</w:t>
+                <w:t xml:space="preserve">N. Técher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Le Roux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Timothy M. Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Larose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Dommergue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 341, pp.62-74. </w:t>
+              <w:t xml:space="preserve">Frontiers for Young Minds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.629355. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2022.11.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/frym.2022.629355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03906056v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04349896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal patterns of atmospheric mercury in tropical South America as inferred by a continuous total gaseous mercury record at Chacaltaya station (5240 m) in Bolivia</w:t>
               </w:r>
@@ -4348,51 +4348,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuukka Petäjä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ella-Maria Duplissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Tabakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Schmale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4629,51 +4629,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorrie Maccario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Dommergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy M. Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4906,51 +4906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus M. Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Bartels-Rausch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katye Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 7 (1), art. 58 (16 p.). </w:t>
@@ -5262,295 +5262,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04382879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A vegetation control on seasonal variations in global atmospheric mercury concentrations</w:t>
+                <w:t xml:space="preserve">Understanding mercury oxidation and air–snow exchange on the East Antarctic Plateau: a modeling study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Jiskra</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jeroen E. Sonke</w:t>
+                <w:t xml:space="preserve">Shaojie E Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Obrist</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ralf Ebinghaus</w:t>
+                <w:t xml:space="preserve">Noelle E Selin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Gallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Sprovieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-018-0078-8⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (21), pp.15825-15840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-18-15825-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01882793v1</w:t>
+                <w:t xml:space="preserve">hal-02350377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding mercury oxidation and air–snow exchange on the East Antarctic Plateau: a modeling study</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A vegetation control on seasonal variations in global atmospheric mercury concentrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Gallée</w:t>
+                <w:t xml:space="preserve">Martin Jiskra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen E. Sonke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Sprovieri</w:t>
+                <w:t xml:space="preserve">Daniel Obrist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Bieser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Ebinghaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 18 (21), pp.15825-15840. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (4), pp.244-250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-18-15825-2018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41561-018-0078-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350377v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01882793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Superstatistical Nature and Interoccurrence Time of Atmospheric Mercury Concentration Fluctuations</w:t>
               </w:r>
@@ -5938,51 +5938,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Five-year records of mercury wet deposition flux at GMOS sites in the Northern and Southern hemispheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Sprovieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Pirrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6336,51 +6336,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric mercury concentrations observed at ground-based monitoring sites globally distributed in the framework of the GMOS network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Sprovieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Pirrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6715,307 +6715,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-year record of atmospheric mercury at Dumont d'Urville, East Antarctic coast: continental outflow and oceanic influences</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antarctic winter mercury and ozone depletion events over sea ice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iris Dion</w:t>
+                <w:t xml:space="preserve">Mn Mastromonaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vogel</w:t>
+                <w:t xml:space="preserve">K. Gårdfeldt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Legrand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Magand</w:t>
+                <w:t xml:space="preserve">Bruno Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abrahamsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Granfors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-16-8265-2016⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 129, pp.125-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2016.01.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01391278v1</w:t>
+                <w:t xml:space="preserve">insu-01351687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antarctic winter mercury and ozone depletion events over sea ice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Jourdain</w:t>
+                <w:t xml:space="preserve">Multi-year record of atmospheric mercury at Dumont d'Urville, East Antarctic coast: continental outflow and oceanic influences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Abrahamsson</w:t>
+                <w:t xml:space="preserve">Iris Dion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Granfors</w:t>
+                <w:t xml:space="preserve">Nicolas Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Magand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2016.01.023⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (13), pp.8265-8279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-16-8265-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">insu-01351687v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01391278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerobiology Over Antarctica – A New Initiative for Atmospheric Ecology</w:t>
               </w:r>
@@ -8190,51 +8190,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Dommergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy M. Vogel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 2 (1), pp.317-330. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8294,51 +8294,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Larose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Dommergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy M. Vogel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (3), pp.5004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11529,51 +11529,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enno Bahlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Fritsche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Obrist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 112 (D21311), 1 à 12 p. </w:t>
@@ -13006,294 +13006,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fate of mercury species in a sub-arctic snowpack during snowmelt</w:t>
+                <w:t xml:space="preserve">Diurnal Cycles of Gaseous Mercury within the Snowpack at Kuujjuarapik/Whapmagoostui, Québec, Canada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Dommergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe P. Ferrari</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurier Poissant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexis Gauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Boutron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 37 (15), pp.3289-3297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/es026242b⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00000529v1</w:t>
+                <w:t xml:space="preserve">hal-04482756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diurnal Cycles of Gaseous Mercury within the Snowpack at Kuujjuarapik/Whapmagoostui, Québec, Canada</w:t>
+                <w:t xml:space="preserve">The fate of mercury species in a sub-arctic snowpack during snowmelt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Dommergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Ferrari</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe P. Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexis Gauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude F. Boutron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurier Poissant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 30, pp.No12, 1621, doi:10.1029/2003GL017308</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-04482756v1</w:t>
+                <w:t xml:space="preserve">hal-00000529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of anthropogenic sources on total gaseous mercury variability in Grenoble suburban air (France)</w:t>
               </w:r>
@@ -13747,51 +13747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Amyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Brooks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Sprovieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Robert Mason and Nicola Pirrone. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mercury Fate and Transport in the Global Atmosphere Emissions, Measurements and Models</w:t>
@@ -14022,51 +14022,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C6CFC72C"/>
+    <w:nsid w:val="33969D73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14253,51 +14253,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-dommergue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8185-9604" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-2829-2009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233585v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koketso M Molepo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Bieser" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkuin M Koenig" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian M Hedgecock" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Ebinghaus" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-9645-2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05501801v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhouqing Xie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fange Yue" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haicong Zhan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Liu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67864-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573105v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Agosta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vimeux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Magand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Solis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-4611-2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377431v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mae Sexauer Gustin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarrah Dunham-Cheatham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Osterwalder" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dommergue" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167895" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377430v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Rossi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duchaine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romie Tignat-Perrier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Joly" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larose" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.169567" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776658v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariantonia Bencardino" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;amore" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Angiuli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertrand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125104" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233284v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaddy Ahmed" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie L. Thomas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen D. Archer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00129" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349849v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Allen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Choma" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Johnson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166184" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244663v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mallet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi Humphries" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonya Fiddes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Alexander" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katye Altieri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00130" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349870v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen E Sonke" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Laffont" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02740-9" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183241v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Di Muro" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuzo Miyazaki" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3EA00063J" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037485v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Tassone" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Naccarato" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Martino" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Amico" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e14608" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969022v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Verreyken" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Brioude" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist Amelynck" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-1309-2023" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03610314v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen M. Noe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Tabakova" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mahura" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna K. Lappalainen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Kosmale" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2022.02.034" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03936028v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hoang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brioude" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brunet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ea00119e" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706371v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkuin M. Koenig" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen E. Sonke" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Andrade" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Moreno" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JD036283" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890812v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rune Dietz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Wilson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Loseto" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.157020" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761752v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Ferreira Araujo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Szponar" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenica Lee" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia V Petrova" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32440-8" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349896v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. T&#233;cher" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy M. Vogel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frym.2022.629355" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03906056v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuxian Li" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Enrico" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Magand" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz F Araujo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Roux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2022.11.024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184369v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkuin Maximilian Koenig" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Laj" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-3447-2021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03266425v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marelle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Tuite" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Stutz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020ms002391" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706450v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren Rl. Cairns" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Turetta" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Maffezzoli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118634" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482777v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie Thomas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.1c00299" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080244v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Thollot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Keuschnig" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59138-5" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377435v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyong Xie" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Wang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140200" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080036v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Vogel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11121296" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481717v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Amato" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.137129" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897103v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Slemr" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynwill Martin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Labuschagne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thumeka Mkololo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Angot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-7683-2020" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042590v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Barbero" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blouzon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Savarino" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caillon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-4317-2020" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079607v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-17-6081-2020" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02910116v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuukka Pet&#228;j&#228;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella-Maria Duplissy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schmale" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Altst&#228;dter" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-8551-2020" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122072v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00243" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415106v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bergk Pinto" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorrie Maccario" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02492" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415112v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51073-4" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02427862v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus M. Frey" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Bartels-Rausch" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.396" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349829v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spolaor" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Barbaro" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cappelletti" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Mazzola" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-13325-2019" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382879v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Roman" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Scarchilli" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.12.180" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XJX5QN17-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01882793v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jiskra" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Obrist" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0078-8" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350377v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaojie E Song" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelle E Selin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sprovieri" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-15825-2018" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706514v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carbone" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Bruno" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Naccarato" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De&#226; Simone" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. N. Gencarelli" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JD027384" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349815v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott D Chambers" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Weller" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Bum Hong" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi S Humphries" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00190" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706530v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Simone" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Artaxo" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Cinnirella" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Carbone" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-1881-2017" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706528v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pirrone" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Amore" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-2689-2017" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706526v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Travnikov" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-5271-2017" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01387203v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Martinerie" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Courteaud" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Witrant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M Etheridge" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.04.012" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01836095v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D 'Amore" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-11915-2016" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01389460v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashu E Dastoor" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco A de Simone" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina E G&#229;rdfeldt" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A Gencarelli" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-10735-2016" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482771v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Nerentorp Mastromonaco" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina G&#229;rdfeldt" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarka Langer" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b02700" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391278v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Dion" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vogel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legrand" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8265-2016" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01351687v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn Mastromonaco" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. G&#229;rdfeldt" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jourdain" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abrahamsson" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Granfors" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.01.023" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMXD1X6C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450530v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pearce" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Alekhina" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleks Terauds" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Wilmotte" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Quesada" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00016" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482775v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391379v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlev Helmig" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ricaud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Quennehen" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8249-2016" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382890v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Slemr" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dommergue" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Magand" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Barret" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-3125-2015" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01203657v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Song." TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne Selin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L Soerensen" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Artz" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-7103-2015" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324850v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andrade" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zaratti" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Forno" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Moreno" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116021v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Angot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barret" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Magand" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramonet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dommergue" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-11461-2014" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925290v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Prestat" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecillon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibel Berger" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Malandain" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079972" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163117v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars-Eric Heimb&#252;rger-Boavida" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2013.05.002" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846152v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology2010317" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925293v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/8/3/035004" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00843620v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cristofanelli" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P. Ferrari" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-11027-2012" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846180v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas A. Douglas" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa L. Loseto" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robie Macdonald" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Outridge" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN11140" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00578858v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marusczak" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Paquet" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Beaulne" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00646729v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Castro" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Renard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrari" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ram&#237;rez-Sol&#237;s" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1CP22154J" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00647117v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Yumvihoze" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lean" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2011.06.040" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HX0T6D0S-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00604947v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marusczak" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cov&#232;s" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrari" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es103016x" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00554305v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sprovieri" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pirrone" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ebinghaus" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brooks" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-10-3309-2010" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00553533v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ahrens" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janne Rubarth" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Nedja&#239;" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN10025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482780v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine de Angelis" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cossa" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Averty" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2010.08.043" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00554374v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kock" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ACP-10-8245-2010" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476986v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fa&#239;n" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clarisse" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Foucher" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es902579m" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476166v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P. Ferrari" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Navarro" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00792-009-0299-2" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JXF221WG-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00497912v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fain" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary R. Albert" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Battle" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0905117106" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00497852v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maron" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2009.07.038" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VT724VC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421229v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Marteel" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Gaspari" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude F. Boutron" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Barbante" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gabrielli" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10584-008-9456-3" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q7QQZVVN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00378364v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albert" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Battle" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-8-3441-2008" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328572v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Steffen" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Douglas" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amyot" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ariya" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aspmo" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00377942v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren R. L. Cairns" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ranaldo" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Hennebelle" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Capodaglio" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2008.05.048" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00379691v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Cozzi" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.05.021" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T58VTW8L-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00378389v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Padova" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexis Gauchard" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.01.064" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TBXS7GMB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00379686v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Delacour-Larose" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200800491" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VHXFGV6F-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328252v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Fa&#239;n" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328220v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00376267v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Grangeon" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enno Bahlmann" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Fritsche" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD008520" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00376234v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-007-1186-2" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CSBM3KK8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00381216v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrine Aspmo" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Temme" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00373731v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Aspmo" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Steffen" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torunn Berg" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.07.065" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BFHC17X3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00374229v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.06.058" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8NVMPS3-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00374351v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurier Poissant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pilote" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2004.05.022" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6QV7FXS-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00374343v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.08.010" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KSLX1K9C-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482765v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ferrari" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boutron" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Jitaru" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Adams" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003gl018961" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VMXN6RWM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482760v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Planchon" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gabrielli" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gauchard" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barbante" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b402711f" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-H274G9SK-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482769v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Skov" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Goodsite" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2004.02.023" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R2T6X4W8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482750v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-002-1643-x" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PJ640CK7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000529v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482756v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es026242b" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-BS67FS47-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001046v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Planchon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482758v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Veysseyre" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0048-9697(01)00999-8" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4BGHD69-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717109v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#232;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashu Dastoor" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#232;lien Dommergue" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811230134_0009" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421564v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Amyot" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Brooks" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-93958-2_10" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000530v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-dommergue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8185-9604" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-2829-2009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233585v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koketso M Molepo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Bieser" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkuin M Koenig" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian M Hedgecock" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Ebinghaus" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-9645-2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05501801v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhouqing Xie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fange Yue" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haicong Zhan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Liu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67864-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573105v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Agosta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vimeux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Magand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Solis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-4611-2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377431v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mae Sexauer Gustin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarrah Dunham-Cheatham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Osterwalder" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dommergue" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167895" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377430v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Rossi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duchaine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romie Tignat-Perrier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Joly" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larose" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.169567" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776658v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariantonia Bencardino" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;amore" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Angiuli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertrand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125104" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233284v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaddy Ahmed" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie L. Thomas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen D. Archer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00129" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349870v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen E Sonke" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Laffont" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02740-9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244663v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mallet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi Humphries" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonya Fiddes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Alexander" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katye Altieri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00130" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349849v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Allen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Choma" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Johnson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166184" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183241v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Di Muro" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuzo Miyazaki" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3EA00063J" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037485v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Tassone" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Naccarato" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Martino" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Amico" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e14608" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969022v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Verreyken" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Brioude" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist Amelynck" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-1309-2023" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03936028v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hoang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brioude" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brunet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ea00119e" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03610314v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen M. Noe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Tabakova" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mahura" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna K. Lappalainen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Kosmale" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2022.02.034" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706371v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkuin M. Koenig" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen E. Sonke" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Andrade" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Moreno" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JD036283" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890812v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rune Dietz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Wilson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Loseto" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.157020" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761752v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Ferreira Araujo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Szponar" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenica Lee" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia V Petrova" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32440-8" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03906056v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuxian Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Enrico" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Magand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz F Araujo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Roux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2022.11.024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349896v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. T&#233;cher" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy M. Vogel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frym.2022.629355" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184369v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkuin Maximilian Koenig" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Laj" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-3447-2021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03266425v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marelle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Tuite" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Stutz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020ms002391" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706450v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren Rl. Cairns" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Turetta" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Maffezzoli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118634" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482777v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie Thomas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.1c00299" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080244v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Thollot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Keuschnig" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-59138-5" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377435v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiyong Xie" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Wang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140200" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080036v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Vogel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11121296" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481717v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Amato" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.137129" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897103v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Slemr" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynwill Martin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Labuschagne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thumeka Mkololo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Angot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-7683-2020" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042590v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Barbero" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blouzon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Savarino" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caillon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-4317-2020" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079607v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-17-6081-2020" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02910116v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuukka Pet&#228;j&#228;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella-Maria Duplissy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schmale" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Altst&#228;dter" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-8551-2020" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122072v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00243" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415106v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bergk Pinto" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorrie Maccario" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.02492" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415112v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51073-4" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02427862v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus M. Frey" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Bartels-Rausch" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.396" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349829v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spolaor" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Barbaro" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cappelletti" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Mazzola" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-13325-2019" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382879v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Roman" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Scarchilli" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.12.180" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XJX5QN17-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350377v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaojie E Song" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelle E Selin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sprovieri" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-15825-2018" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01882793v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jiskra" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Obrist" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0078-8" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706514v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carbone" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Bruno" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Naccarato" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De&#226; Simone" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. N. Gencarelli" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JD027384" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349815v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott D Chambers" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Weller" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Bum Hong" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi S Humphries" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00190" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706530v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Simone" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Artaxo" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Cinnirella" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Carbone" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-1881-2017" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706528v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pirrone" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Amore" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-2689-2017" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706526v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Travnikov" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-5271-2017" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01387203v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Martinerie" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Courteaud" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Witrant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M Etheridge" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.04.012" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01836095v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D 'Amore" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-11915-2016" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01389460v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashu E Dastoor" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco A de Simone" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina E G&#229;rdfeldt" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A Gencarelli" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-10735-2016" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482771v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Nerentorp Mastromonaco" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina G&#229;rdfeldt" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarka Langer" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b02700" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01351687v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mn Mastromonaco" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. G&#229;rdfeldt" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jourdain" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abrahamsson" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Granfors" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2016.01.023" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMXD1X6C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391278v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Dion" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vogel" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legrand" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8265-2016" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450530v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pearce" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Alekhina" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleks Terauds" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Wilmotte" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Quesada" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00016" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482775v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391379v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlev Helmig" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ricaud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Quennehen" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8249-2016" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382890v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Slemr" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dommergue" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Magand" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Barret" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-3125-2015" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01203657v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Song." TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne Selin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L Soerensen" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Artz" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-7103-2015" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324850v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andrade" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zaratti" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Forno" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Moreno" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116021v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Angot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barret" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Magand" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramonet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dommergue" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-11461-2014" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925290v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Prestat" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecillon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibel Berger" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Malandain" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079972" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163117v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars-Eric Heimb&#252;rger-Boavida" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2013.05.002" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846152v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology2010317" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925293v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/8/3/035004" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00843620v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cristofanelli" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P. Ferrari" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-12-11027-2012" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846180v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas A. Douglas" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa L. Loseto" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robie Macdonald" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Outridge" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN11140" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00578858v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marusczak" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Paquet" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Beaulne" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00646729v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Castro" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Renard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrari" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ram&#237;rez-Sol&#237;s" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1CP22154J" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00647117v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Yumvihoze" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lean" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2011.06.040" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HX0T6D0S-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00604947v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marusczak" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cov&#232;s" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrari" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es103016x" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00554305v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sprovieri" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pirrone" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ebinghaus" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brooks" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-10-3309-2010" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00553533v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ahrens" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janne Rubarth" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Nedja&#239;" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN10025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482780v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine de Angelis" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cossa" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Averty" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2010.08.043" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00554374v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kock" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ACP-10-8245-2010" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476986v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fa&#239;n" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clarisse" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Foucher" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es902579m" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476166v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P. Ferrari" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Navarro" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00792-009-0299-2" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JXF221WG-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00497912v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fain" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary R. Albert" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Battle" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0905117106" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00497852v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maron" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2009.07.038" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VT724VC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421229v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Marteel" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Gaspari" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude F. Boutron" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Barbante" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gabrielli" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10584-008-9456-3" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q7QQZVVN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00378364v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albert" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Battle" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-8-3441-2008" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328572v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Steffen" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Douglas" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amyot" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ariya" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aspmo" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00377942v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren R. L. Cairns" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ranaldo" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Hennebelle" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Capodaglio" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2008.05.048" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00379691v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Cozzi" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.05.021" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T58VTW8L-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00378389v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Padova" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexis Gauchard" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.01.064" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TBXS7GMB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00379686v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Delacour-Larose" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200800491" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VHXFGV6F-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328252v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Fa&#239;n" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328220v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00376267v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Grangeon" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enno Bahlmann" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Fritsche" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007JD008520" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00376234v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-007-1186-2" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CSBM3KK8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00381216v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrine Aspmo" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Temme" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00373731v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Aspmo" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Steffen" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torunn Berg" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.07.065" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BFHC17X3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00374229v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.06.058" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8NVMPS3-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00374351v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurier Poissant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pilote" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2004.05.022" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6QV7FXS-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00374343v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2005.08.010" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KSLX1K9C-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482765v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ferrari" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boutron" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petru Jitaru" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Adams" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003gl018961" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VMXN6RWM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482760v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Planchon" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gabrielli" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gauchard" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barbante" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b402711f" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-H274G9SK-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482769v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Skov" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Goodsite" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2004.02.023" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R2T6X4W8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482750v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-002-1643-x" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PJ640CK7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482756v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es026242b" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-BS67FS47-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000529v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001046v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Planchon" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04482758v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Veysseyre" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0048-9697(01)00999-8" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4BGHD69-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717109v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#232;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashu Dastoor" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#232;lien Dommergue" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811230134_0009" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421564v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Amyot" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Brooks" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-93958-2_10" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000530v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>