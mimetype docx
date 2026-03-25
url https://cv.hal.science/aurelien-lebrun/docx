--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -241,814 +241,814 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Flexible 3D Printed Gelatin-Pluronic F127 Scaffolds Seeded with Schwann Cells toward Nerve Regeneration</w:t>
+                <w:t xml:space="preserve">From slag to structure: Formation of novel iron oxalate crystals via Cyrene™-driven microwave chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Barberat</w:t>
+                <w:t xml:space="preserve">Limor Ben Neon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sakthivel Nagarajan</w:t>
+                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Habib</w:t>
+                <w:t xml:space="preserve">Eddy Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Julbe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Biomaterials Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsbiomaterials.5c00479⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 41, pp.102443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2025.102443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05326766v1</w:t>
+                <w:t xml:space="preserve">hal-05090848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the Role of Intramolecular Proton Donation in ATC Foldamer Catalysts for Asymmetric Nitro-Michael Reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Catalyst Selection for Body-Temperature Curable Polyurethane Networks from Poly(δ-Decalactone) and Lysine Diisocyanate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Boursier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Gacogne</w:t>
+                <w:t xml:space="preserve">Karine Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Aguesseau-Kondrotas</w:t>
+                <w:t xml:space="preserve">Sylvain Caillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samantha Chaise</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
+                <w:t xml:space="preserve">Julien Pinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.70156⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17, pp.2548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym17182548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05406145v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05271415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From slag to structure: Formation of novel iron oxalate crystals via Cyrene™-driven microwave chemistry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Third‐Generation CD73 Inhibitors Based on a 4,6‐Disubstituted‐2‐Thiopyridine Scaffold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limor Ben Neon</w:t>
+                <w:t xml:space="preserve">Maria Shaldaeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
+                <w:t xml:space="preserve">Emeline Cros-Perrial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy Petit</w:t>
+                <w:t xml:space="preserve">Céline Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Julbe</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rayane Ghoteimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 41, pp.102443. </w:t>
+              <w:t xml:space="preserve">ChemMedChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2025.102443⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cmdc.202400662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05090848v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalyst Selection for Body-Temperature Curable Polyurethane Networks from Poly(δ-Decalactone) and Lysine Diisocyanate</w:t>
+                <w:t xml:space="preserve">Double Gyroid‐Forming Hybrid Anion Exchange Membranes With Superior Mechanical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Boursier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
+                <w:t xml:space="preserve">Maximilien Coronas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Parra</w:t>
+                <w:t xml:space="preserve">Jason Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Caillol</w:t>
+                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pinaud</w:t>
+                <w:t xml:space="preserve">Camille Bakkali Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17, pp.2548. </w:t>
+              <w:t xml:space="preserve">Journal of Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/polym17182548⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pol.20250675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05271415v1</w:t>
+                <w:t xml:space="preserve">hal-05356958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Third‐Generation CD73 Inhibitors Based on a 4,6‐Disubstituted‐2‐Thiopyridine Scaffold</w:t>
+                <w:t xml:space="preserve">Highly Flexible 3D Printed Gelatin-Pluronic F127 Scaffolds Seeded with Schwann Cells toward Nerve Regeneration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Grosjean</w:t>
+                <w:t xml:space="preserve">Sacha Barberat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Shaldaeva</w:t>
+                <w:t xml:space="preserve">Sakthivel Nagarajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Cros-Perrial</w:t>
+                <w:t xml:space="preserve">Michel Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Rodriguez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rayane Ghoteimi</w:t>
+                <w:t xml:space="preserve">Naomi Nieswic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemMedChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cmdc.202400662⟩</w:t>
+              <w:t xml:space="preserve">ACS Biomaterials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (9), pp.5498-5511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsbiomaterials.5c00479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879866v1</w:t>
+                <w:t xml:space="preserve">hal-05326766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double Gyroid‐Forming Hybrid Anion Exchange Membranes With Superior Mechanical Properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revisiting the Role of Intramolecular Proton Donation in ATC Foldamer Catalysts for Asymmetric Nitro-Michael Reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Gacogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilien Coronas</w:t>
+                <w:t xml:space="preserve">Julie Aguesseau-Kondrotas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jason Richard</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Samantha Chaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐Marc Campagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Bakkali Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Polymer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.e70156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pol.20250675⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adsc.70156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05356958v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective acylation of chitosan oligomers by several cyclic anhydrides as a 13C NMR quantification method</w:t>
               </w:r>
@@ -1073,64 +1073,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Berthalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Polymer Technologies and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 7, pp.100498. </w:t>
@@ -1181,51 +1181,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One‐Pot Synthesis of Bioinspired Peptide‐Decorated Apatite Nanoparticles for Nanomedicine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liisa Kuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1328,77 +1328,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iliass Kadmiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Caillol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Polymer Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 220, pp.113442. </w:t>
@@ -1488,51 +1488,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rishit Yadav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cazals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 29 (10), pp.e202203014. </w:t>
@@ -1596,77 +1596,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor Delavarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Lemouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Caillol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 28 (20), pp.7133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1994,51 +1994,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koceïla Doufène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2275,51 +2275,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Tousch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cazals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Naceri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2409,51 +2409,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Wahiduzzaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cazals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2498,632 +2498,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the Structure and Reactivity of Fatty-Acid Based (Nano)materials Thanks to Efficient and Scalable 17O and 18O-Isotopic Labeling Schemes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inorganic Sol−Gel Polymerization for Hydrogel Bioprinting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Mittelette</w:t>
+                <w:t xml:space="preserve">Titouan Montheil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Gaillard</w:t>
+                <w:t xml:space="preserve">Marie Maumus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chia-Hsin Chen</w:t>
+                <w:t xml:space="preserve">Laurine Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.0c09383⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (6), pp.2640-2647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.9b03100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03117231v1</w:t>
+                <w:t xml:space="preserve">hal-02513894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inorganic Sol−Gel Polymerization for Hydrogel Bioprinting</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular complexes and main-chain organometallic polymers based on Janus bis(carbenes) fused to metalloporphyrins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Maumus</w:t>
+                <w:t xml:space="preserve">Jean-François Longevial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurine Valot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Mamadou Lo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Martínez</w:t>
+                <w:t xml:space="preserve">Danielle Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.9b03100⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 49, pp.7005-7014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0DT00594K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02513894v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02568903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular complexes and main-chain organometallic polymers based on Janus bis(carbenes) fused to metalloporphyrins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DNA‐Based Asymmetric Inverse Electron‐Demand Hetero‐Diels–Alder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mamadou Lo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Justine Mansot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Lauberteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Clément</w:t>
+                <w:t xml:space="preserve">Marc Mauduit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0DT00594K⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (16), pp.3519-3523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202000516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02568903v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02512892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA‐Based Asymmetric Inverse Electron‐Demand Hetero‐Diels–Alder</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Mansot</w:t>
+                <w:t xml:space="preserve">Unveiling the Structure and Reactivity of Fatty-Acid Based (Nano)materials Thanks to Efficient and Scalable 17O and 18O-Isotopic Labeling Schemes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Špačková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlyn Fabra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jimmy Lauberteaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
+                <w:t xml:space="preserve">Sébastien Mittelette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Mauduit</w:t>
+                <w:t xml:space="preserve">Emeline Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Vasseur</w:t>
+                <w:t xml:space="preserve">Chia-Hsin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 26 (16), pp.3519-3523. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 142 (50), pp.21068-21081. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202000516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.0c09383⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02512892v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03117231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron-Catalyzed Enantioselective Intramolecular Inverse Electron-Demand Hetero Diels–Alder Reactions: An Access to Bicyclic Dihydropyran Derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Lauberteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arie van Der Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renata Marcia de Figueiredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3168,529 +3168,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fused Bis-lactams to Spirolactams: A New Member of the Family of Ring- Contraction Reaction</w:t>
+                <w:t xml:space="preserve">Vinyl-aziridines and cyclopropanes in Pd-catalyzed (3+2)-cycloaddition reactions with cyclic N-sulfonyl imines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Chaubet</w:t>
+                <w:t xml:space="preserve">Kim Spielmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathéo Berthet</w:t>
+                <w:t xml:space="preserve">Eleonora Tosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Pasco</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
+                <w:t xml:space="preserve">Gilles Niel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arie van Der Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters in Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 15 (12), pp.1046-1055. </w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 74 (45), pp.6497 - 6511. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/1570178615666180326160131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2018.09.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02388789v1</w:t>
+                <w:t xml:space="preserve">hal-01892430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multinuclear NMR perspective on the complexation between bisboronic acids and bisbenzoxaboroles with cis -diols</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cofacial porphyrin dimers assembled from N-heterocyclic carbene–metal bonds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adèle Larcher</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Danielle Laurencin</w:t>
+                <w:t xml:space="preserve">Sébastien Richeter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7NJ04143H⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 54 (69), pp.9603 - 9606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8CC05707A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01708542v1</w:t>
+                <w:t xml:space="preserve">hal-01862544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vinyl-aziridines and cyclopropanes in Pd-catalyzed (3+2)-cycloaddition reactions with cyclic N-sulfonyl imines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A multinuclear NMR perspective on the complexation between bisboronic acids and bisbenzoxaboroles with cis -diols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Spielmann</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Smietana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2018.09.040⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 42 (4), pp.2815 - 2823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7NJ04143H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01892430v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01708542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cofacial porphyrin dimers assembled from N-heterocyclic carbene–metal bonds</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Clément</w:t>
+                <w:t xml:space="preserve">Fused Bis-lactams to Spirolactams: A New Member of the Family of Ring- Contraction Reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Chaubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathéo Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Richeter</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Morgane Pasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cazals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 54 (69), pp.9603 - 9606. </w:t>
+              <w:t xml:space="preserve">Letters in Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (12), pp.1046-1055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C8CC05707A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/1570178615666180326160131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01862544v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02388789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrophobic alpha,alpha-Disubstituted Disilylated TESDpg Induces Incipient 3 10 -Helix in Short Tripeptide Sequence</w:t>
               </w:r>
@@ -3728,51 +3728,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelatif Doudouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 19 (11), pp.2937 - 2940. </w:t>
@@ -3810,90 +3810,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porphyrins Conjugated with Peripheral Thiolato Gold(I) Complexes for Enhanced Photodynamic Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Longevial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled El cheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dina Aggad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arie Van der lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3944,64 +3944,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxa-diketopiperazines: Access and Conformational Analysis of Potential Turn Inducers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathéo Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4072,705 +4072,705 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02313808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis under moderate pressure of 3-imidazo[1,2- a ]pyridinylidene pyrrol-2-ones</w:t>
+                <w:t xml:space="preserve">A Catalytically Competent Terpene Synthase Inferred Using Ancestral Sequence Reconstruction Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Masurier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
+                <w:t xml:space="preserve">Daniele Guzzetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Canitrot</w:t>
+                <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Chezal</w:t>
+                <w:t xml:space="preserve">Estelle Grousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Moreau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eric Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 57 (24), pp.2583-2586. </w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (8), pp.5345 - 5349. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2016.04.093⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.6b01332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03564389v1</w:t>
+                <w:t xml:space="preserve">hal-01506512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective homodimerization of unprotected peptides using hybrid hydroxydimethylsilane derivatives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">N-Pyrrolidine-based alpha/beta-peptides incorporating ABOC, a constrained bicyclic beta-amino acid, for asymmetric aldol reaction catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Milbeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Echalier</w:t>
+                <w:t xml:space="preserve">Kelly Maurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Kalistratova</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Laure Moulat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c6ra06075g⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72 (13), pp.1706-1715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2016.02.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01345976v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01532027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Catalytically Competent Terpene Synthase Inferred Using Ancestral Sequence Reconstruction Strategy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selenazolidine: a selenium containing proline surrogate in peptide science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Cantel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Guzzetti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
+                <w:t xml:space="preserve">D. Gagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maeva Subileau</w:t>
+                <w:t xml:space="preserve">A. Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Grousseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Dubreucq</w:t>
+                <w:t xml:space="preserve">J. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.6b01332⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (34), pp.8101-8108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6OB01450J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01506512v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03564292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-Pyrrolidine-based alpha/beta-peptides incorporating ABOC, a constrained bicyclic beta-amino acid, for asymmetric aldol reaction catalysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selective homodimerization of unprotected peptides using hybrid hydroxydimethylsilane derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Echalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Milbeo</w:t>
+                <w:t xml:space="preserve">Alexandra Kalistratova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kelly Maurent</w:t>
+                <w:t xml:space="preserve">Jeremie Ciccione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Moulat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Didierjean</w:t>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 72 (13), pp.1706-1715. </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2016.02.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c6ra06075g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01532027v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01345976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selenazolidine: a selenium containing proline surrogate in peptide science</w:t>
+                <w:t xml:space="preserve">Synthesis under moderate pressure of 3-imidazo[1,2- a ]pyridinylidene pyrrol-2-ones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Cordeau</w:t>
+                <w:t xml:space="preserve">Nicolas Masurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Cantel</w:t>
+                <w:t xml:space="preserve">Damien Canitrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Gagne</w:t>
+                <w:t xml:space="preserve">Jean-Michel Chezal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lebrun</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 57 (24), pp.2583-2586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2016.04.093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C6OB01450J⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03564292v1</w:t>
+                <w:t xml:space="preserve">hal-03564389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Straightforward synthesis towards mono and bis-phosphonic acid functionalised β-cyclodextrins</w:t>
               </w:r>
@@ -4782,51 +4782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">April Marquick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Montero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Barragan-Montero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4886,77 +4886,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and structural characterization of monomeric and dimeric peptide nucleic acids prepared by using microwave-promoted multicomponent reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reuben Ovadia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Barvik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Baraguey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5001,492 +5001,492 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01438999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silaproline Helical Mimetics Selectively Form an All-trans PPII Helix</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Diketopiperazines to Hydantoins: An Unprecedented Rearrangement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Chaubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cazals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Martin</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Parrot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 20 (44), pp.1420-14244. </w:t>
+              <w:t xml:space="preserve">SYNLETT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25 (4), pp.574-578. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201404820⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-0033-1340622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01078148v1</w:t>
+                <w:t xml:space="preserve">hal-00951723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Diketopiperazines to Hydantoins: An Unprecedented Rearrangement</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Thiazole-Based γ-Building Blocks as Reverse-Turn Mimetic to Design a Gramicidin S Analogue: Conformational and Biological Evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Parrot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Soahary Andriamanarivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lisowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYNLETT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0033-1340622⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (22), pp.6713-6720. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201402190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00951723v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02912610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiazole-Based γ-Building Blocks as Reverse-Turn Mimetic to Design a Gramicidin S Analogue: Conformational and Biological Evaluation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
+                <w:t xml:space="preserve">Silaproline Helical Mimetics Selectively Form an All-trans PPII Helix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lisowski</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Berthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 20 (22), pp.6713-6720. </w:t>
+              <w:t xml:space="preserve">, 2014, 20 (44), pp.1420-14244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201402190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201404820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02912610v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01078148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Homopolypeptides with PPII Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5558,51 +5558,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereoselective synthesis of original spirolactams displaying promising folded structures.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Chaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Coursindel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5731,51 +5731,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Mor Iriarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Brigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Portella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5988,51 +5988,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porphyrin Cages Assembled from N-heterocyclic Carbene-Metal Bonds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Richeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Poyac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6040,51 +6040,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Wahiduzzaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Functional π-Electron Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Raleigh (NC), United States</w:t>
@@ -6152,51 +6152,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Wahiduzzaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cazals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6322,51 +6322,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rishit Yadav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cazals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6482,51 +6482,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C69C0DA8"/>
+    <w:nsid w:val="802C7A97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6630,51 +6630,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="EBC4FE9C"/>
+    <w:nsid w:val="87A7E640"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6864,51 +6864,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-lebrun" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0801-9684" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076433285" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326766v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Barberat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakthivel Nagarajan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Habib" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lebrun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Nieswic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsbiomaterials.5c00479" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406145v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gacogne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aguesseau-Kondrotas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Chaise" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Marc Campagne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.70156" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090848v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Limor Ben Neon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Lebrun" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Petit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julbe" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2025.102443" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271415v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boursier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Parra" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caillol" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym17182548" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04879866v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Grosjean" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Shaldaeva" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Cros-Perrial" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rodriguez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Ghoteimi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202400662" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356958v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Coronas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bakkali Hassani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20250675" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04990543v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Morandi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Berthalon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain David" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carpta.2024.100498" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295040v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Guerin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa Kuhn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aza&#239;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Laurent" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202306358" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699510v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Savin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliass Kadmiri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gonzalez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2024.113442" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04002744v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica &#352;pa&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Goldberga" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rishit Yadav" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202203014" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246489v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Delavarde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lemouzy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28207133" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03987562v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie For&#234;t Jacquard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guelfi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scarlette Abbou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gonzalez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.2c00411" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03832051v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Kotras" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leclercq" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouillon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Recupido" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27196648" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03110144v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koce&#239;la Douf&#232;ne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Basile" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pirot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Escande" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.120070" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322217v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlyn Fabra" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hubert-Roux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz-Afonso" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CC02165F" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03434251v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis A Idres" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Tousch" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Naceri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10101617" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518954v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Poyac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Wahiduzzaman" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02868" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03117231v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mittelette" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Gaillard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Hsin Chen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c09383" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513894v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Montheil" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maumus" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Valot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mart&#237;nez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b03100" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568903v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Longevial" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Lo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Laurencin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT00594K" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02512892v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mansot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lauberteaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mauduit" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Vasseur" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000516" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429682v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van Der Lee" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Marcia de Figueiredo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.9b03752" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388789v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Chaubet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;o Berthet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pasco" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570178615666180326160131" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708542v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Larcher" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Smietana" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ04143H" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892430v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Spielmann" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Tosi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Niel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2018.09.040" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862544v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Richeter" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CC05707A" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552320v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fanelli" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Berthomieu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didierjean" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelatif Doudouh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b01172" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613027v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled El&#8197;cheikh" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Aggad" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Van&#8197;der&#8197;lee" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702975" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02313808v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Martel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cheviet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201701393" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03564389v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Masurier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Canitrot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Chezal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moreau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2016.04.093" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GS4L9VSC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345976v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Echalier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kalistratova" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Ciccione" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Legrand" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra06075g" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506512v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Guzzetti" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Subileau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Grousseau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubreucq" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b01332" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01532027v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Milbeo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Maurent" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Moulat" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.02.027" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03564292v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cordeau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cantel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gagne" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebrun" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martinez" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB01450J" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03592418v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=April Marquick" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Montero" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barragan-Montero" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2014.12.019" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438999v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reuben Ovadia" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Barvik" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Baraguey" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob01604e" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078148v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404820" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z27WWMHM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951723v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Parrot" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1340622" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912610v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Mathieu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soahary Andriamanarivo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lisowski" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201402190" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FV8MSZL1-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838581v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Cavelier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.26705" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XS7S8CRC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871067v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Coursindel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morelli" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Betzi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roche" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ob40643a" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03561540v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Massicot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Mor Iriarte" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brigaud" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Portella" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ob00518e" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020223v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Jahjah" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Gassama" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinisa Marinkovi C" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Richert" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo201080m" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751522v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762731v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846579v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-lebrun" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0801-9684" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076433285" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090848v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Limor Ben Neon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Lebrun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Petit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Julbe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2025.102443" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271415v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boursier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Parra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caillol" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym17182548" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04879866v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Grosjean" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Shaldaeva" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Cros-Perrial" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rodriguez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Ghoteimi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202400662" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356958v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Coronas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lebrun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bakkali Hassani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20250675" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326766v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Barberat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakthivel Nagarajan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Habib" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Nieswic" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsbiomaterials.5c00479" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406145v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gacogne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aguesseau-Kondrotas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Chaise" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Marc Campagne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.70156" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04990543v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Morandi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Berthalon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain David" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carpta.2024.100498" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295040v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Guerin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa Kuhn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aza&#239;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Laurent" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202306358" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699510v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Savin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliass Kadmiri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gonzalez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2024.113442" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04002744v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica &#352;pa&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Goldberga" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rishit Yadav" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202203014" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246489v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Delavarde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lemouzy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28207133" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03987562v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie For&#234;t Jacquard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guelfi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scarlette Abbou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gonzalez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.2c00411" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03832051v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Kotras" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leclercq" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bouillon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Recupido" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27196648" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03110144v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koce&#239;la Douf&#232;ne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Basile" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pirot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Escande" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.120070" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322217v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlyn Fabra" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hubert-Roux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz-Afonso" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CC02165F" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03434251v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis A Idres" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Tousch" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Naceri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox10101617" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518954v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Poyac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Wahiduzzaman" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02868" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513894v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Montheil" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maumus" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Valot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mart&#237;nez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b03100" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568903v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Longevial" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Lo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Laurencin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT00594K" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02512892v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mansot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lauberteaux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mauduit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Vasseur" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000516" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03117231v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mittelette" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Gaillard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Hsin Chen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c09383" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429682v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van Der Lee" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Marcia de Figueiredo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.9b03752" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892430v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Spielmann" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Tosi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Niel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2018.09.040" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862544v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Richeter" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CC05707A" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708542v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Larcher" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Smietana" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ04143H" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388789v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Chaubet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;o Berthet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pasco" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570178615666180326160131" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552320v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fanelli" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Berthomieu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didierjean" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelatif Doudouh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b01172" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613027v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled El&#8197;cheikh" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Aggad" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Van&#8197;der&#8197;lee" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702975" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02313808v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Martel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cheviet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201701393" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506512v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Guzzetti" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Subileau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Grousseau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubreucq" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b01332" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01532027v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Milbeo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Maurent" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Moulat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.02.027" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03564292v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cordeau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cantel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gagne" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebrun" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martinez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB01450J" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345976v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Echalier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kalistratova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Ciccione" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Legrand" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra06075g" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03564389v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Masurier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Canitrot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Chezal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moreau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2016.04.093" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GS4L9VSC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03592418v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=April Marquick" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Montero" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barragan-Montero" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2014.12.019" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438999v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reuben Ovadia" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Barvik" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Baraguey" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob01604e" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951723v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Parrot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1340622" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912610v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Mathieu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soahary Andriamanarivo" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lisowski" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201402190" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FV8MSZL1-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078148v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404820" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z27WWMHM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838581v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Cavelier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.26705" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XS7S8CRC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871067v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Coursindel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morelli" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Betzi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roche" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ob40643a" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03561540v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Massicot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Mor Iriarte" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brigaud" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Portella" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ob00518e" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020223v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Jahjah" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Gassama" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinisa Marinkovi C" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Richert" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo201080m" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751522v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762731v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846579v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>