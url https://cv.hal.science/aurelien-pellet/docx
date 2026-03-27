--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -815,351 +815,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04153368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet AGODA. Annoter et publier les débats parlementaires français de la fin du XIXe siècle : défis et solutions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Traitement et analyse des débats parlementaires à la Chambre des députés (1881-1899)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Pellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Puren</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fanny Lebreton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Humanistica 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Res(t)ituer les adresses des almanachs et annuaires commerciaux parisiens du XIXe siècle. Un corpus de localisations urbaines à grande échelle. 2e Journée de l'atelier SoDUCo-BnF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03674919v1</w:t>
+                <w:t xml:space="preserve">hal-03849522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet AGODA. Annoter et publier les débats parlementaires français de la fin du XIX e siècle : défis et solutions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le projet AGODA. Annoter et publier les débats parlementaires français de la fin du XIXe siècle : défis et solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Puren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vernus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Pellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lebreton</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Vernus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Présentation des projets AGODA et Gallicorpora, Bibliothèque nationale de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Humanistica 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03762957v1</w:t>
+                <w:t xml:space="preserve">hal-03674919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement et analyse des débats parlementaires à la Chambre des députés (1881-1899)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le projet AGODA. Annoter et publier les débats parlementaires français de la fin du XIX e siècle : défis et solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Pellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Puren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vernus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Res(t)ituer les adresses des almanachs et annuaires commerciaux parisiens du XIXe siècle. Un corpus de localisations urbaines à grande échelle. 2e Journée de l'atelier SoDUCo-BnF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Présentation des projets AGODA et Gallicorpora, Bibliothèque nationale de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03849522v1</w:t>
+                <w:t xml:space="preserve">hal-03762957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracting and providing online access to annotated and semantically enriched historical data. The AGODA project</w:t>
               </w:r>
@@ -2506,51 +2506,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104205v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Puren" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lebreton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pellet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vernus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqae071" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028724v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Richard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourgeois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.10704" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05329778v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193494v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832663v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128262v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153368v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674919v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762957v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849522v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683018v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682991v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623351v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651146v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739774v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193505v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526254v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5617/dhnbpub.11259" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762935v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438255v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460105v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donghan Bian" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cafiero" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104205v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Puren" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lebreton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pellet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vernus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqae071" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028724v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Richard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourgeois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.10704" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05329778v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193494v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832663v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128262v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153368v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849522v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674919v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762957v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683018v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682991v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623351v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651146v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739774v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193505v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526254v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5617/dhnbpub.11259" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762935v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438255v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460105v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donghan Bian" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Cafiero" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>