--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -72,51 +72,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -448,295 +448,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05125759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pictograms to aid laypeople in identifying the addictiveness of gambling products (PictoGRRed study)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julie Giustiniani</w:t>
+                <w:t xml:space="preserve">Impulsivity as a Risk Factor for Addictive Disorder Severity during the COVID-19 Lockdown: Results from a Mixed Quantitative and Qualitative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Pautrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Le Guen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servane Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julie Caillon</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Ribadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-26963-9⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (1), pp.705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph20010705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03949624v1</w:t>
+                <w:t xml:space="preserve">hal-05125783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impulsivity as a Risk Factor for Addictive Disorder Severity during the COVID-19 Lockdown: Results from a Mixed Quantitative and Qualitative Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Le Guen</w:t>
+                <w:t xml:space="preserve">Pictograms to aid laypeople in identifying the addictiveness of gambling products (PictoGRRed study)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Luquiens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Giustiniani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servane Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ballon</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 20 (1), pp.705. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.22510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph20010705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-26963-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05125783v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-occurrence of Adult ADHD Symptoms and Problematic Internet Use and Its Links With Impulsivity, Emotion Regulation, Anxiety, and Depression</w:t>
               </w:r>
@@ -937,655 +937,646 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03174654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anxiety and depression in alcohol use disorder individuals: the role of personality and coping strategies</w:t>
+                <w:t xml:space="preserve">Étude des styles défensifs, des défenses et des stratégies de coping au sein d’une population alcoolodépendante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Substance Use and Misuse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10826084.2019.1586950⟩</w:t>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 43 (3), pp.223-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2016.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04128715v1</w:t>
+                <w:t xml:space="preserve">hal-04129485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des styles défensifs, des défenses et des stratégies de coping au sein d’une population alcoolodépendante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Varescon</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ribadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Encéphale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 43 (3), pp.223-228. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2016.06.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2016.06.003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04129485v1</w:t>
+                <w:t xml:space="preserve">hal-03174649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des styles défensifs, des défenses et des stratégies de coping au sein d’une population alcoolodépendante</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">I. Varescon</w:t>
+                <w:t xml:space="preserve">Personality and Defense Styles: Clinical Specificities and Predictive Factors of Alcohol Use Disorder in Women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Ribadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Dorard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2016.06.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychoactive Drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (5), pp.384-392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02791072.2016.1234089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03174649v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03174643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personality and Defense Styles: Clinical Specificities and Predictive Factors of Alcohol Use Disorder in Women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Psychoactive Drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 48 (5), pp.384-392. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02791072.2016.1234089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04129903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personality and Defense Styles: Clinical Specificities and Predictive Factors of Alcohol Use Disorder in Women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Psychoactive Drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 48 (5), pp.384-392. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/02791072.2016.1234089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03174643v1</w:t>
+                <w:t xml:space="preserve">hal-04141238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personality and Defense Styles: Clinical Specificities and Predictive Factors of Alcohol Use Disorder in Women</w:t>
+                <w:t xml:space="preserve">Alcoolo-dépendance, personnalité et symptomatologie anxio-dépressive : une question de genre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychoactive Drugs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 37 (4), pp.309-317</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141238v1</w:t>
+                <w:t xml:space="preserve">hal-04129994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alcoolo-dépendance, personnalité et symptomatologie anxio-dépressive : la question du genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1657,525 +1648,443 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 37 (4), pp.309-317</w:t>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04129994v1</w:t>
+                <w:t xml:space="preserve">hal-03180774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alcoolo-dépendance, personnalité et symptomatologie anxio-dépressive : une question de genre ?</w:t>
+                <w:t xml:space="preserve">Étude de la dépression, des événements de vie, de l’impulsivité et du lieu de contrôle au sein d’une population nouvellement incarcérée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Roustit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 172 (5), pp.345-351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2012.10.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03180774v1</w:t>
+                <w:t xml:space="preserve">hal-03174636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la dépression, des événements de vie, de l’impulsivité et du lieu de contrôle au sein d’une population nouvellement incarcérée</w:t>
+                <w:t xml:space="preserve">Points de vue croisés de professionnels du soin autour du toucher – Psychomotricité et toucher dans le soin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2012.10.016⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03174636v1</w:t>
+                <w:t xml:space="preserve">hal-03180511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Points de vue croisés de professionnels du soin autour du toucher – Psychomotricité et toucher dans le soin</w:t>
+                <w:t xml:space="preserve">L’homme debout : se relever de sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Outouphone Bart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Le Mestreallan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louisette Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soins</w:t>
+              <w:t xml:space="preserve">Kinésithérapie Scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03180511v1</w:t>
+                <w:t xml:space="preserve">hal-03180524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’homme debout : se relever de sol</w:t>
+                <w:t xml:space="preserve">Chute, schéma corporel et dessins des personnes âgées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...96 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sainjeon-Caillet, Sophie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutions Psychomotrices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2185,384 +2094,384 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mental health prevention and unemployment: What demands emerge from the main stakeholders?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastianne Blanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servane Barrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychological Applications and Trends 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Psychological applications conference and trends, Apr 2025, Budapest (Hungary), France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.36315/2025inpact107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05469812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Articulations entre les demandes émergeant des populations, les recommandations de la littérature en matière de prévention et les programmes existants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastianne Blanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servane Barrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Ribadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des écoles doctorales H&amp;L et SSTED</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05469938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse qualitative des leviers et freins psychologiques des chômeurs en France pour retrouver un emploi : analyse à l’aide du modèle 2PAP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastianne Blanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servane Barrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIPTLF 2025 - Qualité de Vie : Du Travail aux Autres Sphères de l'Existence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Internationale de Psychologie du Travail en Langue Française, Jul 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05469904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le poker et les femmes : spécificités des joueuses problématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2578,100 +2487,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Jeux de Hasard et d'Argent : Actualités, de la recherche à la clinique »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nantes université, Jun 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05125963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addiction à l’alimentation (AA), symptomatologie anxio-dépressive et dysrégulation émotionnelle au sein d’une population étudiante pendant le 1er confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Brunault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2686,237 +2595,237 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61e CONGRÈS DE LA SOCIÉTÉ FRANÇAISE DE PSYCHOLOGIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Psychologie, Jun 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05127829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personnalité et symptomatologie anxio-dépressive chez les personnes alcoolo-dépendantes : rôle médiateur des stratégies de coping.</w:t>
+                <w:t xml:space="preserve">Rôle médiateur des stratégies de coping dans la relation entre les dimensions de personnalité et les symptômes anxio-dépressifs dans une population de personnes alcoolo-dépendantes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Congrès International d’Addictologie de l’ALBATROS – L’enjeu des comorbidités dans les addictions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Les journées de la SFA – Les déterminants de l’efficacité thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03180689v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03180699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle médiateur des stratégies de coping dans la relation entre les dimensions de personnalité et les symptômes anxio-dépressifs dans une population de personnes alcoolo-dépendantes.</w:t>
+                <w:t xml:space="preserve">Personnalité et symptomatologie anxio-dépressive chez les personnes alcoolo-dépendantes : rôle médiateur des stratégies de coping.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Varescon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les journées de la SFA – Les déterminants de l’efficacité thérapeutique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">11ème Congrès International d’Addictologie de l’ALBATROS – L’enjeu des comorbidités dans les addictions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03180699v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03180689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la personnalité et des mécanismes de défense chez les femmes alcoolodépendantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2932,73 +2841,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57ème Congrès de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personality and defense styles in alcohol-dependent women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3014,73 +2923,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Tours et Détours sur les Cinq Grandes Dimensions de la Personnalité autour du Big Five Inventory » – AFERTP (Association Francophone d’Études et de Recherche sur les Troubles de la Personnalité)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gender differences in defenses, defense styles and personality in alcohol-dependent.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3096,73 +3005,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Applied Psychology (ICAP) – 28th</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alcool, personnalité et stratégies d’adaptation (coping) selon le genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3178,73 +3087,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les journées de la Société Française d’Alcoologie – De la Prévention au Soin. Pragmatisme et efficience en Alcoologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations entre styles défensifs et dimensions de personnalité au sein d’un échantillon d’alcoolodépendants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3260,133 +3169,133 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55ème Congrès de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le choc carcéral : Étude du rôle des facteurs psychiques, sociaux et judiciaires dans les troubles dépressifs consécutifs à l’incarcération.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Roustit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53ème Congrès de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3396,51 +3305,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poker and women: The role of gambling motivations in problem gamblers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3456,51 +3365,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Behavioral Addictions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05211878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3510,111 +3419,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La chute et l’identité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sainjeon-Caillet, Sophie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Protéger et construire l’identité de la personne âgée – Psychologie et psychomotricité des accompagnements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3624,130 +3533,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personnes sans emploi et santé mentale : étude des facteurs psychopathologiques et psychologiques, proposition, mise en place et évaluation d'un programme de prévention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastianne Camille Marie-Zélie Blanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servane Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, https://theses.fr/s344010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04947934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3757,114 +3666,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la personnalité, des styles défensifs et des stratégies de coping chez les personnes alcoolo-dépendantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Ribadier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université Paris Descartes (Paris 5), 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03180671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId85"/>
+      <w:footerReference w:type="default" r:id="rId84"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4011,51 +3920,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500109v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Romano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fierdepied" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ribadier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2025.12.001" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270293v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Luquiens" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Giustiniani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Barrault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caillon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-30530-1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125759v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fierdepied" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Romano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psyt.291.0025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949624v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26963-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125783v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pautrat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Guen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20010705" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692115v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Archi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Varescon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.792206" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174654v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10826084.2019.1586950" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04128715v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04129485v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2016.06.003" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174649v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ribadier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Varescon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04129903v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dorard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02791072.2016.1234089" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174643v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141238v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04150342v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04129994v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180774v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174636v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Roustit" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2012.10.016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180511v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180524v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Outouphone Bart" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dufour" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Mestreallan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Servin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180503v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sainjeon-Caillet, Sophie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469812v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastianne Blanche" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevalier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36315/2025inpact107" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469938v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469904v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125963v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127829v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Robinet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180689v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180699v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180705v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180716v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180725v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180729v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180736v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180746v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211878v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180529v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947934v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastianne Camille Marie-Z&#233;lie Blanche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03180671v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500109v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Romano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fierdepied" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ribadier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2025.12.001" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270293v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Luquiens" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Giustiniani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Barrault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caillon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-30530-1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125759v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fierdepied" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Romano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psyt.291.0025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125783v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pautrat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Guen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20010705" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949624v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26963-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692115v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Archi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Varescon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.792206" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174654v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10826084.2019.1586950" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04129485v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2016.06.003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174649v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ribadier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Varescon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174643v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dorard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02791072.2016.1234089" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04129903v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141238v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04129994v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04150342v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180774v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174636v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Roustit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2012.10.016" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180511v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180524v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Outouphone Bart" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dufour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Mestreallan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Servin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180503v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sainjeon-Caillet, Sophie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469812v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastianne Blanche" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevalier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36315/2025inpact107" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469938v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469904v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125963v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127829v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Robinet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180699v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180689v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180705v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180716v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180725v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180729v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180736v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180746v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211878v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180529v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947934v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastianne Camille Marie-Z&#233;lie Blanche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03180671v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>