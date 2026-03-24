--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -243,51 +243,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Sergi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Economic Dynamics and Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, pp.105224. </w:t>
+              <w:t xml:space="preserve">, 2026, 182, pp.105224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jedc.2025.105224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -441,195 +441,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04923510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Coordination Devices to Coordination Failures: On the Changing Epistemology of Sunspots since the 1970s</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New histories of macroeconomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Cherrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Saïdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Sergi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of the History of Economic Thought</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 31 (4), pp.277-300</w:t>
+              <w:t xml:space="preserve">Royal Economic Society Newsletter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 205, pp.9-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04425384v1</w:t>
+                <w:t xml:space="preserve">hal-04572801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New histories of macroeconomics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From Coordination Devices to Coordination Failures: On the Changing Epistemology of Sunspots since the 1970s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Saïdi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francesco Sergi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Economic Society Newsletter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 205, pp.9-11</w:t>
+              <w:t xml:space="preserve">European Journal of the History of Economic Thought</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (4), pp.277-300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04572801v1</w:t>
+                <w:t xml:space="preserve">hal-04425384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation aux métiers de l’assurance, une priorité pour l’ensemble du secteur</w:t>
               </w:r>
@@ -1202,204 +1202,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03090897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Saline Is the Solow Residual? Debating Real Business Cycles in the 1980s and 1990s</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’enseignement de l’assurance à un tournant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Kullmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Mortera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Saïdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Thourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">History of Political Economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 51, pp.579-599</w:t>
+              <w:t xml:space="preserve">Revue Risques - Les cahiers de l'assurance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 120, pp.143-149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02003232v1</w:t>
+                <w:t xml:space="preserve">hal-04799753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enseignement de l’assurance à un tournant</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How Saline Is the Solow Residual? Debating Real Business Cycles in the 1980s and 1990s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Saïdi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Thourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Risques - Les cahiers de l'assurance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 120, pp.143-149</w:t>
+              <w:t xml:space="preserve">History of Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 51, pp.579-599</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04799753v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02003232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Indeterminate Fate of Sunspots in Economics</w:t>
               </w:r>
@@ -2314,286 +2314,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04425386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Write Your Model Almost as You Would on Paper and Dynare Will Take Care of the Rest !</w:t>
+                <w:t xml:space="preserve">Write Your Model Almost as YouWould on Paper and Dynare Will Take Care of the Rest !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Saïdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Cherrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Sergi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Computerization of Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Université Paris Est Créteil, Créteil, Unknown Region</w:t>
+              <w:t xml:space="preserve">19e Colloque international de l’Association Charles Gides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Université Paris I Panthéon Sorbonne, Paris, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04425390v1</w:t>
+                <w:t xml:space="preserve">hal-04425391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Write Your Model Almost as YouWould on Paper and Dynare Will Take Care of the Rest !</w:t>
+                <w:t xml:space="preserve">Sunspots as coordination devices or sunspots as coordination failures?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Saïdi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francesco Sergi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19e Colloque international de l’Association Charles Gides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Université Paris I Panthéon Sorbonne, Paris, Unknown Region</w:t>
+              <w:t xml:space="preserve">Coordination Issues in Historial Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Université Côté d’Azur, Nice, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04425391v1</w:t>
+                <w:t xml:space="preserve">hal-04425387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sunspots as coordination devices or sunspots as coordination failures?</w:t>
+                <w:t xml:space="preserve">Write Your Model Almost as You Would on Paper and Dynare Will Take Care of the Rest !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Saïdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Cherrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Sergi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coordination Issues in Historial Perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Université Côté d’Azur, Nice, Unknown Region</w:t>
+              <w:t xml:space="preserve">The Computerization of Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Université Paris Est Créteil, Créteil, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04425387v1</w:t>
+                <w:t xml:space="preserve">hal-04425390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunspot as a coordination device or sunspots as coordination failures?</w:t>
               </w:r>
@@ -3950,51 +3950,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04799758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (2)</w:t>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4084,171 +4084,53 @@
               <w:rPr/>
               <w:t xml:space="preserve">Comité de pilotage DFE : CSIESR / UNIF / GL-CNL. 2023, pp.93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...116 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId88"/>
+      <w:footerReference w:type="default" r:id="rId87"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4316,51 +4198,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F2420299"/>
+    <w:nsid w:val="20B1A2D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4547,51 +4429,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-saidi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5915-0745" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/110052730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402785v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Cherrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sa&#239;di" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Sergi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jedc.2025.105224" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923515v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/147zs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923510v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425384v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572801v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923525v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Ayissi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Essadouni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Meyeret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pigeon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319029v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cherrier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/oeconomia.16123" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108500v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Garcia Duarte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroecorev.2023.104497" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318670v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02750043v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23941/ejpe.v12i2.450" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090897v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00182702-8717936" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003232v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799753v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Kullmann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mortera" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Thourot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721617v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385953v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic A. Julien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Musy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00220485.2014.946545" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385836v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00712-012-0286-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228003v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Julien" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140707v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228021v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799485v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425385v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799821v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schaffar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Serranito" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425386v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425390v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425391v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425387v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425389v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425392v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425395v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425393v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425397v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721624v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425400v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425401v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799792v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dassonville" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chesnais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799482v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318667v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799777v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799779v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799773v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799768v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799761v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799758v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530555v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Augeri" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cousquer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupr&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Flory" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Habert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530700v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aurelien-saidi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5915-0745" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/110052730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402785v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Cherrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sa&#239;di" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Sergi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jedc.2025.105224" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923515v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/147zs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923510v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572801v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425384v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923525v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Ayissi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Essadouni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Meyeret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pigeon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319029v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cherrier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/oeconomia.16123" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108500v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Garcia Duarte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroecorev.2023.104497" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318670v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02750043v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23941/ejpe.v12i2.450" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03090897v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00182702-8717936" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799753v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Kullmann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mortera" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Thourot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003232v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721617v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385953v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic A. Julien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Musy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00220485.2014.946545" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385836v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00712-012-0286-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228003v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Julien" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140707v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228021v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799485v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425385v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799821v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schaffar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Serranito" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425386v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425391v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425387v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425390v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425389v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425392v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425395v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425393v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425397v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721624v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425400v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425401v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799792v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dassonville" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chesnais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799482v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318667v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799777v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799779v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799773v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799768v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799761v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799758v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530555v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Augeri" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cousquer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupr&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Flory" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Habert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>