--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -66,1913 +66,1913 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caught in a bad romance: Microbiota increases glyphosate toxicity in the Asian tiger mosquito Aedes albopictus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Balmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 381, pp.126651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2025.126651⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05220925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmental yeasts differentially impact the development and oviposition behavior of the Asian tiger mosquito Aedes albopictus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Malassigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Laÿs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Meiffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (1), pp.99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40168-025-02099-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05447853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Origin and function of beneficial bacterial symbioses in insects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Kaltenpoth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Flórez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Dirksen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Engl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Reviews Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (9), pp.551-567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41579-025-01164-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05447864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The connections of climate change with microbial ecology and their consequences for ecosystem, human, and plant health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Guigard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Nazaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Almario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bertolla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasna Boubakri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 136 (7), pp.lxaf168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jambio/lxaf168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05258695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immune defenses of a beneficial pest: the mealworm beetle, Tenebrio molitor.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Jehan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Moret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00138⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02078389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What can a weevil teach a fly, and reciprocally? Interaction of host immune systems with endosymbionts in Glossina and Sitophilus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Zaidman-Rémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian L Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Heddi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (S1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12866-018-1278-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weevil endosymbiont dynamics is associated with a clamping of immunity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Moné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (1), pp.819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-015-2048-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01449139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Systemic infection generates a local-like immune response of the bacteriome organ in insect symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Balmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vincent-Monégat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Innate Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (3), pp.290-301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000368928⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01181294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insects recycle endosymbionts when the benefit is over</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Balmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (19), pp.2267-2273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2014.07.065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01449142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Host gene response to endosymbiont and pathogen in the cereal weevil \textitSitophilus oryzae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Charif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vincent-Monégat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick F. Gavory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12, pp.S14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2180-12-S1-S14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antimicrobial peptides keep insect endosymbionts under control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric H. Login</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Balmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vincent-Monégat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 334 (6054), pp.362-365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1209728⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The French touch in entomological biology : synthesis of the &amp;quot;16th Colloque Biologie de l'Insecte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Chardonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Delava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Foray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Multeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 47 (3-4), pp.524-527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00379271.2011.10697745⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00662533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The french touch in entomological biology: synthesis of the &amp;quot;16th Colloque Biologie de l'Insecte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Chardonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Delava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Foray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Multeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 47 (3-4), pp.524 - 527</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling the impact of microbiota xenobiotic interactions on the mosquito metabolome through clustering-based analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antonelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Meiffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Meiffren</w:t>
+                <w:t xml:space="preserve">Laurent Vallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17èmes Journées Scientifiques du RFMF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05137853v1</w:t>
-              </w:r>
-[...1725 lines deleted...]
-                <w:t xml:space="preserve">hal-01018984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2003,90 +2003,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiota influence on mosquito larvae metabolism mediate glyphosate toxicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Antonelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVII International Congress of Entomology (ICE2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Kyoto, Japan</w:t>
@@ -2154,64 +2154,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Vargas-Chávez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Goubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arthropod Genomics Symposium 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Notre Dame, United States</w:t>
@@ -2240,103 +2240,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacteriome local immune response protects endosymbionts against pathogens in insect symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Vincent-Monégat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Masson</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Severine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ImmunInv 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). Dijon, FRA. Université de Bourgogne (UB)., May 2014, Dijon, France</w:t>
@@ -2365,103 +2365,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation immunitaire et contrôle des bactéries endosymbiotiques du charançon Sitophilus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Login</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Vincent-Monégat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Immuninv 2012 - Congrès "Immunologie des Invertébrés"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Perpignan Via Domitia (UPVD). UMR5244 Laboratoire Ecologie et Evolution des Interactions, Perpignan, FRA. Centre National de la Recherche Scientifique (CNRS)., Oct 2012, Perpignan, France. n. p</w:t>
@@ -2490,64 +2490,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular and immune particularities of the weevil's bacteriome.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelaziz Heddi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th meeting GDRE-RA "Comparative genomics"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2572,103 +2572,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COST Action FA0701: Arthropod symbioses: from fundamental studies to pest and disease management - Immunity and Symbiosis Workshop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Vincent-Monégat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Anselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Immunity and Symbiosis Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Aussois, France</w:t>
@@ -2697,64 +2697,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particularités moléculaires du bactériome de Sitophilus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelaziz Heddi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion du GRREMI, Lyon, septembre 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2779,90 +2779,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular and immune particularities of the weevil's bacteriome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Charif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelaziz Heddi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Immuninv 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2958,64 +2958,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Vargas-Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Goubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3206,51 +3206,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137853v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antonelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meiffren" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05447853v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Malassign&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu La&#255;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-025-02099-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05447864v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kaltenpoth" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fl&#243;rez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vigneron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Dirksen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Engl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41579-025-01164-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05258695v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Guigard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Nazaret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Almario" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bertolla" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxaf168" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220925v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guibert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126651" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078389v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Jehan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rigaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Moret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00138" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051649v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Zaidman-R&#233;my" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian L Weiss" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-018-1278-5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449139v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Masson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mon&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vigneron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vallier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Parisot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-2048-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181294v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Masson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vallier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vincent-Mon&#233;gat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000368928" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449142v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.07.065" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02278586v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charif" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vincent-Mon&#233;gat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick F. Gavory" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-12-S1-S14" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643034v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Chardonnet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delava" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foray" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Multeau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662533v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2011.10697745" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018984v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H. Login" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1209728" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810125v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783673v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795614v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811095v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Login" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511606v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498342v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anselme" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497595v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497061v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charif" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706472v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Chavez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220925v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antonelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guibert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2025.126651" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05447853v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Malassign&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu La&#255;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meiffren" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-025-02099-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05447864v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kaltenpoth" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fl&#243;rez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vigneron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Dirksen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Engl" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41579-025-01164-z" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05258695v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Guigard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Nazaret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Almario" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bertolla" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxaf168" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078389v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Jehan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rigaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Moret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00138" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051649v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Zaidman-R&#233;my" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian L Weiss" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-018-1278-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449139v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Masson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mon&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vigneron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vallier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Parisot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-2048-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181294v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Masson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vallier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vincent-Mon&#233;gat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000368928" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449142v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.07.065" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02278586v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charif" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vincent-Mon&#233;gat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick F. Gavory" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-12-S1-S14" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018984v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H. Login" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1209728" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662533v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Chardonnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delava" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foray" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Multeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2011.10697745" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643034v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137853v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810125v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783673v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795614v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811095v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Login" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511606v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498342v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anselme" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497595v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497061v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charif" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706472v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Chavez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>