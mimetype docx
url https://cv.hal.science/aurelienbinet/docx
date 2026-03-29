--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -93,463 +93,463 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pediatric urinary health and school health conditions in France: A political urgency?</w:t>
+                <w:t xml:space="preserve">Unraveling the genetic basis of omphalocele: A systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florine Cros</w:t>
+                <w:t xml:space="preserve">Marie Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Hirschauer</w:t>
+                <w:t xml:space="preserve">Xavier Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Morton-Fauche</w:t>
+                <w:t xml:space="preserve">Médéric Jeanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Thomet</w:t>
+                <w:t xml:space="preserve">Pierre Gazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Albouy</w:t>
+                <w:t xml:space="preserve">Delphine Mitanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pediatric Urology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 21 (6), pp.1820-1828. </w:t>
+              <w:t xml:space="preserve">Journal of Pediatric Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 61 (5), pp.163015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpurol.2025.07.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpedsurg.2026.163015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05528247v1</w:t>
+                <w:t xml:space="preserve">hal-05540686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objective Evaluation of Nasal Obstruction in Cleft Lip and Palate Patients: A Preliminary Study</w:t>
+                <w:t xml:space="preserve">Pediatric urinary health and school health conditions in France: A political urgency?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Pachebat</w:t>
+                <w:t xml:space="preserve">Florine Cros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiad Mcheik</w:t>
+                <w:t xml:space="preserve">Clara Hirschauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Fieux</w:t>
+                <w:t xml:space="preserve">Claire Morton-Fauche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Favier</w:t>
+                <w:t xml:space="preserve">Aude Thomet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Binet</w:t>
+                <w:t xml:space="preserve">Marion Albouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Personalized Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (9), pp.403. </w:t>
+              <w:t xml:space="preserve">Journal of Pediatric Urology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21 (6), pp.1820-1828. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jpm15090403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpurol.2025.07.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05528239v1</w:t>
+                <w:t xml:space="preserve">hal-05528247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Care pathways in childhood neurodevelopmental disorders: Toward greater awareness of KBG syndrome among pediatricians.</w:t>
+                <w:t xml:space="preserve">Objective Evaluation of Nasal Obstruction in Cleft Lip and Palate Patients: A Preliminary Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Adamo-Croux</w:t>
+                <w:t xml:space="preserve">Nicolas Pachebat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriane Auger-Gilli</w:t>
+                <w:t xml:space="preserve">Jiad Mcheik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaël Le Guyader</w:t>
+                <w:t xml:space="preserve">Maxime Fieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Aubin-Courjault</w:t>
+                <w:t xml:space="preserve">Valentin Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Margot</w:t>
+                <w:t xml:space="preserve">Aurélien Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 31 (5), pp.320-325. </w:t>
+              <w:t xml:space="preserve">Journal of Personalized Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (9), pp.403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.arcped.2024.02.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jpm15090403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04652243v1</w:t>
+                <w:t xml:space="preserve">hal-05528239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic status is a key factor influencing proteomic changes in ewe granulosa cells induced by chronic BPS exposure</w:t>
               </w:r>
@@ -797,3119 +797,3265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05025775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cumulative and potential synergistic effects of seven different bisphenols on human granulosa cells in vitro?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Care pathways in childhood neurodevelopmental disorders: Toward greater awareness of KBG syndrome among pediatricians.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luyao Wu</w:t>
+                <w:t xml:space="preserve">Marie Adamo-Croux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Gayet</w:t>
+                <w:t xml:space="preserve">Adriane Auger-Gilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Bousquet</w:t>
+                <w:t xml:space="preserve">Gwenaël Le Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Buron</w:t>
+                <w:t xml:space="preserve">Juliette Aubin-Courjault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Margot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121818⟩</w:t>
+              <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (5), pp.320-325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arcped.2024.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04099679v1</w:t>
+                <w:t xml:space="preserve">hal-04652243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bisphenol A and bisphenol S both disrupt ovine granulosa cell steroidogenesis but through different molecular pathways</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
+                <w:t xml:space="preserve">Cumulative and potential synergistic effects of seven different bisphenols on human granulosa cells in vitro?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Emilie Lebachelier de la Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Papillier</w:t>
+                <w:t xml:space="preserve">Luyao Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
+                <w:t xml:space="preserve">Manon Gayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Charlotte Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ovarian Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16 (1), pp.30. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 330, pp.121818. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13048-023-01114-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2023.121818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03972669v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vascular endothelial growth factor, tissue factor, coagulation and fibrinolysis markers in slow-flow vascular malformations: a prospective study of treatment with sirolimus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bisphenol A and bisphenol S both disrupt ovine granulosa cell steroidogenesis but through different molecular pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Téteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabel Maruani</w:t>
+                <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Guillemette Moineau</w:t>
+                <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Boccara</w:t>
+                <w:t xml:space="preserve">Béatrice Mandon-Pepin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Mazereeuw-Hautier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Leducq</w:t>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bjd/ljac028⟩</w:t>
+              <w:t xml:space="preserve">Journal of Ovarian Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (1), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13048-023-01114-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04233650v1</w:t>
+                <w:t xml:space="preserve">hal-03972669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bisphenol S impairs oestradiol secretion during In vitro basal folliculogenesis in a mono-ovulatory species model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vascular endothelial growth factor, tissue factor, coagulation and fibrinolysis markers in slow-flow vascular malformations: a prospective study of treatment with sirolimus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Maruani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Vignault</w:t>
+                <w:t xml:space="preserve">Anne-Guillemette Moineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Cadoret</w:t>
+                <w:t xml:space="preserve">Olivia Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peggy Jarrier-Gaillard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ophélie Téteau</w:t>
+                <w:t xml:space="preserve">Juliette Mazereeuw-Hautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leducq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxics10080437⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 188 (1), pp.152-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bjd/ljac028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03751976v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04233650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic low BPS exposure through diet impairs in vitro embryo production parameters according to metabolic status in the ewe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alice Desmarchais</w:t>
+                <w:t xml:space="preserve">Bisphenol S impairs oestradiol secretion during In vitro basal folliculogenesis in a mono-ovulatory species model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vignault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Jarrier-Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Téteau</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2021.113096⟩</w:t>
+              <w:t xml:space="preserve">Toxics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxics10080437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03500231v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03751976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bisphenol S alters the steroidome in the preovulatory follicle, oviduct fluid and plasma in ewes with contrasted metabolic status</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronic low BPS exposure through diet impairs in vitro embryo production parameters according to metabolic status in the ewe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Desmarchais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Téteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alice Desmarchais</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Cognié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fendo.2022.892213⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 229, 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2021.113096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03681100v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VEGF, facteur tissulaire, marqueurs de la coagulation et de la fibrinolyse dans les malformations vasculaires à flux lent : étude prospective et impact du sirolimus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Maruani</w:t>
+                <w:t xml:space="preserve">Bisphenol S alters the steroidome in the preovulatory follicle, oviduct fluid and plasma in ewes with contrasted metabolic status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Téteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Boccara</w:t>
+                <w:t xml:space="preserve">Philippe Liere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Mazereeuw-Hautier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Leducq</w:t>
+                <w:t xml:space="preserve">Antoine Pianos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Desmarchais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Dermatologie et de Vénéréologie - FMC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fander.2022.09.094⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fendo.2022.892213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04081284v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacrococcygeal Mass in a Newborn: A Quiz</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">VEGF, facteur tissulaire, marqueurs de la coagulation et de la fibrinolyse dans les malformations vasculaires à flux lent : étude prospective et impact du sirolimus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.G. Moineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Mukendi-Nkesu</w:t>
+                <w:t xml:space="preserve">A. Maruani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Machet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Binet</w:t>
+                <w:t xml:space="preserve">O. Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émiliène Édée</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Mazereeuw-Hautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Leducq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Dermato-Venereologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2340/actadv.v102.3934⟩</w:t>
+              <w:t xml:space="preserve">Annales de Dermatologie et de Vénéréologie - FMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2 (8), pp.A85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fander.2022.09.094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04403555v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04081284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bisphenol S is present in culture media used for ART and cell culture</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sacrococcygeal Mass in a Newborn: A Quiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Desmarchais</w:t>
+                <w:t xml:space="preserve">Yannick Mukendi-Nkesu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Téteau</w:t>
+                <w:t xml:space="preserve">Marie-Christine Machet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Vignault</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Émiliène Édée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Maruani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/humrep/deaa365⟩</w:t>
+              <w:t xml:space="preserve">Acta Dermato-Venereologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 102, pp.adv00782. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2340/actadv.v102.3934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03107618v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04403555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robotic Surgery in Pediatric Oncology: Lessons Learned from the First 100 Tumors — A Nationwide Experience</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bisphenol S is present in culture media used for ART and cell culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Togola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Blanc</w:t>
+                <w:t xml:space="preserve">A Desmarchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Meignan</w:t>
+                <w:t xml:space="preserve">O Téteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vinit</w:t>
+                <w:t xml:space="preserve">C Vignault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Ballouhey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luca Pio</w:t>
+                <w:t xml:space="preserve">Virginie Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1245/s10434-021-10777-6⟩</w:t>
+              <w:t xml:space="preserve">Human Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (4), pp.1032-1042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/humrep/deaa365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04403560v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03107618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weight-for-height Z-score improves in half of undernourished children hospitalized in surgical wards</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robotic Surgery in Pediatric Oncology: Lessons Learned from the First 100 Tumors — A Nationwide Experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Wallon</w:t>
+                <w:t xml:space="preserve">Pierre Meignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Binet</w:t>
+                <w:t xml:space="preserve">Nicolas Vinit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Bernardo</w:t>
+                <w:t xml:space="preserve">Quentin Ballouhey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Le Touze</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Lesage</w:t>
+                <w:t xml:space="preserve">Luca Pio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.arcped.2020.09.008⟩</w:t>
+              <w:t xml:space="preserve">Annals of Surgical Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29 (2), pp.1315-1326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1245/s10434-021-10777-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02975392v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04403560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outcomes of laparoscopic and open surgical treatment of intestinal malrotation in children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Scalabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Scalabre</w:t>
+                <w:t xml:space="preserve">Igor Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Duquesne</w:t>
+                <w:t xml:space="preserve">Jérome Deheppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Irtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pediatric Surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 55, pp.2777 - 2782. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jpedsurg.2020.08.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03493005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bisphenol S Impaired Human Granulosa Cell Steroidogenesis In Vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Amar</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ophélie Teteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Desmarchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms21051821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Potential and the Limitations of Esophageal Robotic Surgery in Children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Alexandre Ferrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Alexandre Ferrero</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Binet</w:t>
+                <w:t xml:space="preserve">Alexis Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Abbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Pediatric Surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 32 (02), pp.170-176. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1055/s-0040-1721770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04403540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bisphenol A and S impaired ovine granulosa cell steroidogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Teteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Desmarchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction [Cambridge]. Supplement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 159 (5), pp.571-583. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1530/REP-19-0575⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bisphenol s impaired in vitro ovine early developmental oocyte competence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Desmarchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Teteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Druart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (4), pp.1-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms21041238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel KHDRBS1-NTRK3 Rearrangement in a Congenital Pediatric CD34-Positive Skin Tumor: A Case Report</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Weight-for-height Z-score improves in half of undernourished children hospitalized in surgical wards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Wallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Tallegas</w:t>
+                <w:t xml:space="preserve">A. Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Fraitag</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Binet</w:t>
+                <w:t xml:space="preserve">K. Bernardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Orbach</w:t>
+                <w:t xml:space="preserve">A. Le Touze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Jourdain</w:t>
+                <w:t xml:space="preserve">V. Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virchows Archiv: An International Journal of Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 474 (1), pp.111-115. </w:t>
+              <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (10), pp.2965. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00428-018-2415-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.arcped.2020.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158824v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02975392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experience implication in subjective surgical ergonomics comparison between laparoscopic and robot-assisted surgeries</w:t>
+                <w:t xml:space="preserve">Novel KHDRBS1-NTRK3 Rearrangement in a Congenital Pediatric CD34-Positive Skin Tumor: A Case Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Mendes</w:t>
+                <w:t xml:space="preserve">Matthias Tallegas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Bruyère</w:t>
+                <w:t xml:space="preserve">Sylvie Fraitag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Escoffre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Binet</w:t>
+                <w:t xml:space="preserve">Daniel Orbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Lardy</w:t>
+                <w:t xml:space="preserve">Anne Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Robotic Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Virchows Archiv: An International Journal of Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 474 (1), pp.111-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11701-019-00933-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00428-018-2415-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02438134v1</w:t>
+                <w:t xml:space="preserve">hal-03158824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonography of suspected acute appendicitis in children: Evaluation of the progress in performance of senior residents</w:t>
+                <w:t xml:space="preserve">Experience implication in subjective surgical ergonomics comparison between laparoscopic and robot-assisted surgeries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Gerbier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">V. Mendes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bruyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Escoffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Auger</w:t>
+                <w:t xml:space="preserve">Hubert Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pediatric Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 53 (4), pp.620-624. </w:t>
+              <w:t xml:space="preserve">Journal of Robotic Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpedsurg.2017.05.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11701-019-00933-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03656655v1</w:t>
+                <w:t xml:space="preserve">inserm-02438134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-Year Outcome for Congenital Diaphragmatic Hernia: Results From the French National Register</w:t>
+                <w:t xml:space="preserve">Sonography of suspected acute appendicitis in children: Evaluation of the progress in performance of senior residents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Barrière</w:t>
+                <w:t xml:space="preserve">Pierre Gerbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Michel</w:t>
+                <w:t xml:space="preserve">Mathilde Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anderson Loundou</w:t>
+                <w:t xml:space="preserve">Emmanuel Barteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Fouquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elsa Kermorvant</w:t>
+                <w:t xml:space="preserve">Marie Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Pediatrics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Pediatric Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 53 (4), pp.620-624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpedsurg.2017.05.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpeds.2017.09.074⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01713099v1</w:t>
+                <w:t xml:space="preserve">hal-03656655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-utero aspiration vs expectant management of anechoic fetal ovarian cysts: open randomized controlled trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">One-Year Outcome for Congenital Diaphragmatic Hernia: Results From the French National Register</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Diguisto</w:t>
+                <w:t xml:space="preserve">Fabrice Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norbert Winer</w:t>
+                <w:t xml:space="preserve">Anderson Loundou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Benoist</w:t>
+                <w:t xml:space="preserve">Virginie Fouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Laurichesse-Delmas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Potin</w:t>
+                <w:t xml:space="preserve">Elsa Kermorvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Obstetrics and Gynecology = Ultrasound in Obstetrics &amp; Gynecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Pediatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 193, pp.204 - 210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpeds.2017.09.074⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/uog.18973⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02627370v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fetal median sacral artery anatomy study by micro-CT imaging</w:t>
+                <w:t xml:space="preserve">In-utero aspiration vs expectant management of anechoic fetal ovarian cysts: open randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Meignan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Binet</w:t>
+                <w:t xml:space="preserve">C. Diguisto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Cook</w:t>
+                <w:t xml:space="preserve">Norbert Winer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Lardy</w:t>
+                <w:t xml:space="preserve">G. Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Captier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">H. Laurichesse-Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surgical and Radiologic Anatomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00276-018-2032-2⟩</w:t>
+              <w:t xml:space="preserve">Ultrasound in Obstetrics and Gynecology = Ultrasound in Obstetrics &amp; Gynecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 52 (2), pp.159-164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/uog.18973⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02339299v1</w:t>
+                <w:t xml:space="preserve">hal-02627370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fetal median sacral artery anatomy study by micro-CT imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Meignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cook</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Captier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Surgical and Radiologic Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 40 (7), pp.735-741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00276-018-2032-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02339299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Management of refractory overactive bladder in children by transcutaneous posterior tibial nerve stimulation: A controlled study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boudaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Line</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Chaouadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pediatric Urology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 11 (3), pp.138.e1-138.e10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jpurol.2014.09.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05343595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3919,288 +4065,288 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cocktail effects of endocrine disruptors: bisphenols and human ovarian granulosa cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emilie Lebachelier de la Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Uzbekova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guerif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 RQR Symposium (16th RQR Symposium)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réseau québecois en reproduction (RQR), Oct 2023, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04682529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bisphenols are present in culture media used for ART and cell culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Vignault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Togola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Desmarchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Téteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37. Virtual Annual Meeting of the European Society of Human Reproduction and Embryology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Online, Belgium. pp.217-217, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/humrep/deab130.179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03745633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4210,668 +4356,668 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets des bisphénols sur les cellules de granulosa humaines et effet cocktail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emilie Lebachelier de la Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luyao Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Gayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vignault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées ReproSciences 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bisphenol S Administered to Pregnant Ewes with Contrasted Metabolic Status Impaired the Ovarian Follicular Development of Fetuses and Lambs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Téteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Jarrier-Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Desmarchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. International Congress on Animal Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03715750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bisphenol S impaired human and ovine granulosa cell steroidogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emilie Lebachelier de la Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Desmarchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. International Congress on Animal Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Bologna, Italy. 2022, ICAR2020+2 (Abstract book)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03715737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet cocktail des perturbateurs endocriniens: bisphénols et cellules ovariennes de granulosa humaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emilie Lebachelier de la Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luyao Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Gayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vignault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34. Colloque Biotechnocentre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Nouan le Fuzelier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03715683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bisphenol S impairs in vitro early developmental oocyte competence in ewe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Desmarchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Teteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Druart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32. Colloque Biotechnocentre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Seillac, France. , pp.69-69, Actes du 32èmes colloque Biotechnocentre</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02975301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId185"/>
+      <w:footerReference w:type="default" r:id="rId192"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5018,51 +5164,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528247v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Cros" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Hirschauer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morton-Fauche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Thomet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpurol.2025.07.024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528239v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pachebat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiad Mcheik" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fieux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Favier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Binet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jpm15090403" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652243v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Adamo-Croux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriane Auger-Gilli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Le Guyader" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Aubin-Courjault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Margot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2024.02.007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04790961v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie Lebachelier de la Riviere" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie T&#233;teau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Mah&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lasserre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Desmarchais" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-11034-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025775v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Pradier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Irtan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Ducou Le Pointe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Becmeur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Moog" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-024-16057-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099679v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyao Wu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gayet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousquet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Buron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121818" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972669v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Papillier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13048-023-01114-4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233650v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Maruani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Guillemette Moineau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Boccara" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leducq" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjd/ljac028" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03751976v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vignault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cadoret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier-Gaillard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxics10080437" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03500231v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kasal-Hoc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cogni&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2021.113096" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681100v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Liere" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pianos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2022.892213" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04081284v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Moineau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maruani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boccara" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leducq" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2022.09.094" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403555v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mukendi-Nkesu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Machet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mili&#232;ne &#201;d&#233;e" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/actadv.v102.3934" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03107618v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Togola" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Desmarchais" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O T&#233;teau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vignault" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Maillard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/deaa365" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403560v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meignan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vinit" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ballouhey" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pio" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-021-10777-6" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975392v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wallon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Binet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bernardo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Touze" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lesage" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2020.09.008" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493005v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Scalabre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Duquesne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Deheppe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rossignol" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpedsurg.2020.08.014" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622705v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Amar" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Teteau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051821" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403540v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alexandre Ferrero" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Arnaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Abbo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0040-1721770" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623613v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Jaubert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-19-0575" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624140v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Druart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21041238" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158824v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tallegas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fraitag" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Orbach" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jourdain" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00428-018-2415-0" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438134v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mendes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bruy&#232;re" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoffre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lardy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11701-019-00933-2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656655v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gerbier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Etancelin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barteau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Auger" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpedsurg.2017.05.013" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713099v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barri&#232;re" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Michel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Loundou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fouquet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Kermorvant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpeds.2017.09.074" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MNB12J7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02627370v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Diguisto" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Benoist" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laurichesse-Delmas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Potin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/uog.18973" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02339299v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meignan" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cook" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lardy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Captier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00276-018-2032-2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343595v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boudaoud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Line" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Chaouadi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jolly" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpurol.2014.09.013" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4XCDXPC4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682529v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Uzbekova" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guerif" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745633v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/deab130.179" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180289v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03715750v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03715737v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03715683v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975301v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05540686v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousquet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Guillou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Jeanne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gazel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mitanchez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpedsurg.2026.163015" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528247v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Cros" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Hirschauer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morton-Fauche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Thomet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpurol.2025.07.024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528239v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pachebat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiad Mcheik" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fieux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Favier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Binet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jpm15090403" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04790961v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilie Lebachelier de la Riviere" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie T&#233;teau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Mah&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lasserre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Desmarchais" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-11034-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025775v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Pradier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Irtan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Ducou Le Pointe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Becmeur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Moog" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-024-16057-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652243v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Adamo-Croux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriane Auger-Gilli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Le Guyader" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Aubin-Courjault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Margot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2024.02.007" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099679v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyao Wu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gayet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Buron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2023.121818" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972669v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Papillier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mandon-Pepin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13048-023-01114-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233650v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Maruani" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Guillemette Moineau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Boccara" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leducq" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjd/ljac028" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03751976v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vignault" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cadoret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier-Gaillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxics10080437" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03500231v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kasal-Hoc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cogni&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2021.113096" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681100v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Liere" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pianos" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2022.892213" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04081284v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Moineau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maruani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boccara" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leducq" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fander.2022.09.094" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403555v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mukendi-Nkesu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Machet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mili&#232;ne &#201;d&#233;e" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/actadv.v102.3934" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03107618v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Togola" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Desmarchais" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O T&#233;teau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vignault" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Maillard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/deaa365" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403560v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meignan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vinit" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ballouhey" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pio" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1245/s10434-021-10777-6" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493005v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Scalabre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Duquesne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Deheppe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rossignol" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpedsurg.2020.08.014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622705v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Amar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Teteau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051821" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403540v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alexandre Ferrero" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Arnaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Abbo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0040-1721770" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623613v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Jaubert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-19-0575" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624140v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Druart" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21041238" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975392v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wallon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Binet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bernardo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Touze" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lesage" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2020.09.008" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158824v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Tallegas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fraitag" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Orbach" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jourdain" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00428-018-2415-0" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438134v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mendes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bruy&#232;re" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoffre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lardy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11701-019-00933-2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656655v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gerbier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Etancelin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barteau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Auger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpedsurg.2017.05.013" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T5F4FL2W-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713099v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barri&#232;re" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Michel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Loundou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fouquet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Kermorvant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpeds.2017.09.074" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MNB12J7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02627370v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Diguisto" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Winer" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Benoist" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laurichesse-Delmas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Potin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/uog.18973" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02339299v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meignan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cook" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lardy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Captier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00276-018-2032-2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343595v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boudaoud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Line" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Chaouadi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jolly" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpurol.2014.09.013" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4XCDXPC4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682529v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Uzbekova" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guerif" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745633v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/deab130.179" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180289v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03715750v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03715737v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03715683v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975301v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>